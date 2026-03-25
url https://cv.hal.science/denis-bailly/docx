--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -498,278 +498,278 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04203884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guidance for stakeholder consultation to support national ecosystem services assessment: A case study from French marine assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">How can ports act to reduce underwater noise from shipping? Identifying effective management frameworks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+                <w:t xml:space="preserve">Laura Recuero Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlene Kermagoret</w:t>
+                <w:t xml:space="preserve">Hervé Dumez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Romero</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ecosystem Services</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 54, pp.101408. </w:t>
+              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 174, pp.113136. </w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2022.101408⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113136⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04203717v1</w:t>
+                <w:t xml:space="preserve">hal-03501122v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">How can ports act to reduce underwater noise from shipping? Identifying effective management frameworks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Guidance for stakeholder consultation to support national ecosystem services assessment: A case study from French marine assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Scemama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Recuero Virto</w:t>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hervé Dumez</w:t>
+                <w:t xml:space="preserve">Charlene Kermagoret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Romero</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antoine Carlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Marine Pollution Bulletin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 174, pp.113136. </w:t>
+              <w:t xml:space="preserve">Ecosystem Services</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 54, pp.101408. </w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.marpolbul.2021.113136⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ecoser.2022.101408⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03501122v1</w:t>
+                <w:t xml:space="preserve">hal-04203717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Towards transdisciplinary decision-support processes in fisheries: experiences and recommendations from a multidisciplinary collective of researchers</w:t>
               </w:r>
@@ -1170,64 +1170,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruit sous-marin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Recuero Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hervé Dumez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Galichon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1814,51 +1814,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How does eutrophication impact bundles of ecosystem services in multiple coastal habitats using state-and-transition models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlene Kermagoret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joachim Claudet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3700,204 +3700,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01084626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une base de données pour décrire la vulnérabilité du bâti en zone submersible</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Modèles socio-économiques et attractivité pérenne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Villierme Heimanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées scientifiques de l’université de Nantes colloque « Risques littoraux et maritimes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, laboratoire LETG-Nantes-Géolittomer (UMR 6554), Jun 2013, Nantes, France</w:t>
+              <w:t xml:space="preserve">Les Bretons face à l'évolution du trait de côte. Une approche prospective pour une gestion durable.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2013, Lorient, France. p.34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-01084695v1</w:t>
+                <w:t xml:space="preserve">hal-00865403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles socio-économiques et attractivité pérenne</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une base de données pour décrire la vulnérabilité du bâti en zone submersible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iwan Le Berre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuelle Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Villierme Heimanu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les Bretons face à l'évolution du trait de côte. Une approche prospective pour une gestion durable.</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2013, Lorient, France. p.34</w:t>
+              <w:t xml:space="preserve">Journées scientifiques de l’université de Nantes colloque « Risques littoraux et maritimes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, laboratoire LETG-Nantes-Géolittomer (UMR 6554), Jun 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00865403v1</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01084695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Partage ou division des espaces côtiers : quelles stratégies ? Rencontres Halieutiques de Rennes</w:t>
               </w:r>
@@ -4002,217 +4002,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00668180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Science and Policy Integration for Coastal System Assessment (SPICOSA) An Application to a Mussels Fishery</w:t>
+                <w:t xml:space="preserve">Shrimp farming in Vietnam : at the crossroads of sustainability</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bacher</w:t>
+                <w:t xml:space="preserve">Nhuong Tran Van</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Achieving a Sustainable Future : Managing Aquaculture, Fishing, Trade and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Nha Trang, Vietnam. pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00358453v1</w:t>
+                <w:t xml:space="preserve">hal-00358461v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Shrimp farming in Vietnam : at the crossroads of sustainability</w:t>
+                <w:t xml:space="preserve">Science and Policy Integration for Coastal System Assessment (SPICOSA) An Application to a Mussels Fishery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Raux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nhuong Tran Van</w:t>
+                <w:t xml:space="preserve">Cédric Bacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Achieving a Sustainable Future : Managing Aquaculture, Fishing, Trade and Development</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2008, Nha Trang, Vietnam. pp.CD ROM</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00358461v1</w:t>
+                <w:t xml:space="preserve">hal-00358453v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4243,51 +4243,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi de l’Objectif de Développement Durable 14 sur l’océan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Recuero Virto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-France Didier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4809,353 +4809,353 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02376955v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arctique : enjeux, opportunités et défis</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Annie Cudennec</w:t>
+                <w:t xml:space="preserve">Les enjeux de la transnationalité des approches intégrées pour l'aménagement des espaces marins, regards croisés économiste et juriste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Betty Queffelec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolas Boillet. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">L'aménagement du territoire maritime dans le contexte de la politique maritime intégrée, sous la direction de Nicolas Boillet</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éditions Pedone</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 421p., 2015, Synthèses, 9782233007735</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022829v1</w:t>
+                <w:t xml:space="preserve">hal-02156926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les enjeux de la transnationalité des approches intégrées pour l'aménagement des espaces marins, regards croisés économiste et juriste</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Ecosystem services and marine conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...5 lines deleted...]
-            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'aménagement du territoire maritime dans le contexte de la politique maritime intégrée, sous la direction de Nicolas Boillet</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Notes of the Ocean &amp; Climate Platform</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Éditions Pedone</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-02156926v1</w:t>
+                <w:t xml:space="preserve">hal-01954816v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ecosystem services and marine conservation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Définir les investissements climatiques prioritaires pour les populations côtières</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrien Comte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Notes of the Ocean &amp; Climate Platform</w:t>
+              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954816v1</w:t>
+                <w:t xml:space="preserve">hal-02022822v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définir les investissements climatiques prioritaires pour les populations côtières</w:t>
+                <w:t xml:space="preserve">Informing climate investment priorities for Coastal Populations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrien Comte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Linwood Linwood H. Pendleton</w:t>
@@ -5173,526 +5173,526 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
+              <w:t xml:space="preserve">Scientific Notes of the Ocean &amp; Climate Platform</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022822v1</w:t>
+                <w:t xml:space="preserve">hal-01954805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Informing climate investment priorities for Coastal Populations</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The Arctic: Opportunities, Concerns and Challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scientific Notes of the Ocean &amp; Climate Platform</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954805v1</w:t>
+                <w:t xml:space="preserve">hal-01954819v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Arctic: Opportunities, Concerns and Challenges</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Services écosystémiques et conservation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Mongruel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Notes of the Ocean &amp; Climate Platform</w:t>
+              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01954819v1</w:t>
+                <w:t xml:space="preserve">hal-02022831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Services écosystémiques et conservation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chapter 6 - Enabling action: Conditions for success</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lindsay C. Stringer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siv Øystese</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard J. Thomas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...25 lines deleted...]
-            <w:pPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hannes Etter; Nicola Favretto; Tobias Gerhartsreiter; Mark Schauer; Richard Thomas. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">The value of land: Prosperous lands and positive rewards through sustainable land management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Economics of Land Degradation (ELD)</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.104, 2015, 978-92-808-6061-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02022831v1</w:t>
+                <w:t xml:space="preserve">hal-01954799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId185" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 6 - Enabling action: Conditions for success</w:t>
+                <w:t xml:space="preserve">Arctique : enjeux, opportunités et défis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emmanuelle Quillérou</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Richard J. Thomas</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde Jacquot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Annie Cudennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Bailly</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...9 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The value of land: Prosperous lands and positive rewards through sustainable land management</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fiches scientifiques de la Plateforme Océan &amp; Climat</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Economics of Land Degradation (ELD)</w:t>
-[...22 lines deleted...]
-                <w:t xml:space="preserve">hal-01954799v1</w:t>
+                <w:t xml:space="preserve">hal-02022829v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les enjeux, une composante essentielle de la vulnérabilité</w:t>
               </w:r>
@@ -6322,51 +6322,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Guitton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Lesueur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémi Mongruel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">José Perez Agundez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6570,51 +6570,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Scemama" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shani Friedman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mass&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2025.105623" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04645707v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Baztan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Jorgensen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bergmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trisia Farrelly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Syberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/plc.2024.8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203884v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ch&#226;les" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo X.C. Dutra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Pendleton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbsj.2022.100034" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203717v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Kermagoret" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2022.101408" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501122v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dumez" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Romero" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113136" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238047v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie A. Steins" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Ballesteros" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marloes Kraan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2021010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206930v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G&#243;mez-Ballesteros" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cervera-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Campillos-Llanos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Quintela" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sousa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2021.104434" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492107v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Friedrich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Glegg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fletcher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Dodds" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2020.105121" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059745v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galichon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Courtois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William W L Cheung" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elva Escobar-Briones" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2019.10.012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202963v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Deely" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Hynes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barqu&#237;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Burgess" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Finney" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.105108" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04056912v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais-Amice" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barrere" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie La Rivi&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Contin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.569205" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033507v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M Nugues" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ouisse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104078" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02132992v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M. Nugues" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.03.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939769v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.10.038" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Muntadas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Demestre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ball&#233;-B&#233;ganton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Juan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2017.01.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F8ML6K3J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939802v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Perdana" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Suprijanto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pribadi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Collet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bailly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/139/1/012035" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063055v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jacquot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155045v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Link" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Smith" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D. M. Smith" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Schmidt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx130" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692344v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahe Charles" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyader" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.028" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843157v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Guimar&#227;es" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Newton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Boski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2012.12.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVHD65HT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835710v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louinord Voltaire" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pirrone" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2013.01.009" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GL78Q3LH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816077v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hopkins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Elmgren" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audun Sandberg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-05266-170339" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201222v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boncoeur" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648637v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394445v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cummins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2009.04.016" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWBT5P9W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207316v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Fustec" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084626v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Kato" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084695v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villierme Heimanu" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865403v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668180v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthiez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hemeury" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laisn&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358453v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358461v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhuong Tran Van" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264917v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Didier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumi Kitamori" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161181v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725548v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439284v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376955v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022829v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156926v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954816v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022822v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954805v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954819v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022831v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954799v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay C. Stringer" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siv &#216;ystese" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Thomas" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eld-initiative.org" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01166970v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836084v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tett" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandberg Audun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Anne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrada Marta" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118496480.ch18" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836088v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Hopkins" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118496480.ch1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999557v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Graner" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500210v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-05244814v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Bellanger" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Scemama" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bailly" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shani Friedman" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugo Mass&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.resourpol.2025.105623" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uvsq.hal.science/hal-04645707v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Baztan" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bethany Jorgensen" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melanie Bergmann" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Trisia Farrelly" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristian Syberg" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/plc.2024.8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203884v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Ch&#226;les" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo X.C. Dutra" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Pendleton" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.nbsj.2022.100034" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03501122v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Recuero Virto" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Dumez" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Romero" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpolbul.2021.113136" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04203717v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Mongruel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlene Kermagoret" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Carlier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2022.101408" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03238047v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Macher" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie A. Steins" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Ballesteros" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marloes Kraan" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Frangoudes" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/alr/2021010" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206930v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria G&#243;mez-Ballesteros" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Cervera-N&#250;&#241;ez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monica Campillos-Llanos" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adriano Quintela" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Sousa" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2021.104434" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02492107v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Friedrich" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gillian Glegg" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Fletcher" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wendy Dodds" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuelle Philippe" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2020.105121" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059745v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Galichon" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Le Courtois" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02365617v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joachim Claudet" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Bopp" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William W L Cheung" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rodolphe Devillers" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elva Escobar-Briones" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.oneear.2019.10.012" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202963v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Deely" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephen Hynes" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Barqu&#237;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Burgess" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Graham Finney" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.landusepol.2020.105108" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://mnhn.hal.science/mnhn-04056912v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Quemmerais-Amice" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Barrere" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie La Rivi&#232;re" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Contin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fmars.2020.569205" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03033507v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Kermagoret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Derolez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M Nugues" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Ouisse" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.dib.2019.104078" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-perp.hal.science/hal-02132992v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maggy M. Nugues" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ocecoaman.2019.03.028" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939769v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Comte" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Linwood Linwood H. Pendleton" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Quill&#233;rou" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2018.10.038" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939800v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alba Muntadas" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Lample" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Montserrat Demestre" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Ball&#233;-B&#233;ganton" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Silvia de Juan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecss.2017.01.001" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-F8ML6K3J-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01939802v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T A Perdana" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Suprijanto" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Pribadi" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. R. Collet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Bailly" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1755-1315/139/1/012035" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02063055v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Cudennec" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Jacquot" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02155045v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jason S. Link" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Th&#233;baud" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David C. Smith" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony D. M. Smith" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#246;rn Schmidt" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/icesjms/fsx130" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01692344v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harold Levrel" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Jacob" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mahe Charles" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Guyader" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2014.03.028" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00843157v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Helena Guimar&#227;es" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Newton" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tomasz Boski" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecoser.2012.12.007" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZVHD65HT-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00835710v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louinord Voltaire" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudio Pirrone" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ecolecon.2013.01.009" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-GL78Q3LH-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816077v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hopkins" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Elmgren" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audun Sandberg" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5751/ES-05266-170339" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01201222v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelhak Nassiri" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Boncoeur" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00648637v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00394445v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Betty Queffelec" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cummins" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.marpol.2009.04.016" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HWBT5P9W-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04207316v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Klervi Fustec" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix Levain" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084626v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Iwan Le Berre" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuji Kato" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00865403v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01084695v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Villierme Heimanu" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00668180v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Gauthiez" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Hemeury" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Laisn&#233;" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Le Pape" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358461v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Raux" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nhuong Tran Van" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00358453v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bacher" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04264917v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-France Didier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kumi Kitamori" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04161181v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-01725548v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02439284v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Choquet" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02376955v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02156926v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://pedone.info/" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954816v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022822v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954805v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954819v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022831v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01954799v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lindsay C. Stringer" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Siv &#216;ystese" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard J. Thomas" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.eld-initiative.org" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02022829v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01166970v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836084v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Tett" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandberg Audun" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mette Anne" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estrada Marta" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118496480.ch18" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00836088v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. S. Hopkins" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781118496480.ch1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03999557v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eider Graner" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500210v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain H&#233;naff" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Allemand" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Blaise" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03655116v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Guitton" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Lesueur" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Perez Agundez" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>