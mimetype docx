--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -3286,239 +3286,239 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03411317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploring High-Level Synthesis Tools for Vehicle Perception Tasks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Mokhtar Bouain</w:t>
+                <w:t xml:space="preserve">Biometric Template Privacy Using Visual Cryptography</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sana Ibjaoun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Rabie Ben Atitallah</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Poirriez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Ouamane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9TH European Congress of Embedded Real Time Software and Systems (ERTS 2018)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Proceedings of the 8th International Conference on Innovations in Bio-Inspired Computing and Applications (IBICA 2017)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2017, Marrakech, Morocco. pp.309-317, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-76354-5_28⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01706495v1</w:t>
+                <w:t xml:space="preserve">hal-03384599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Biometric Template Privacy Using Visual Cryptography</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sana Ibjaoun</w:t>
+                <w:t xml:space="preserve">Exploring High-Level Synthesis Tools for Vehicle Perception Tasks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mokhtar Bouain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">A. Ouamane</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rabie Ben Atitallah</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 8th International Conference on Innovations in Bio-Inspired Computing and Applications (IBICA 2017)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9TH European Congress of Embedded Real Time Software and Systems (ERTS 2018)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2018, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-76354-5_28⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03384599v1</w:t>
+                <w:t xml:space="preserve">hal-01706495v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi-Sensor Fusion for Obstacle Detection and Recognition: A Belief-Based Approach</w:t>
               </w:r>
@@ -3970,51 +3970,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03388639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Methodology and Application of Meta-Diagnosis on Avionics Test Benches.</w:t>
+                <w:t xml:space="preserve">Méthodologie et application du méta-diagnostic de systèmes complexes sur un banc d'intégration avionique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ronan Cossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
@@ -4045,579 +4045,579 @@
                 </w:rPr>
                 <w:t xml:space="preserve">David Duvivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Gaurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the 26th International Workshop on Principles of Diagnosis (DX-15)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2015, Paris, France. pp.159-166</w:t>
+              <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2015, Nancy, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03385158v1</w:t>
+                <w:t xml:space="preserve">hal-01224276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie et application du méta-diagnostic de systèmes complexes sur un banc d'intégration avionique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Cossé</w:t>
+                <w:t xml:space="preserve">Predictive control for multicell converter</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abir Smati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christian Gaurel</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wassila Chagra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Defoort</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Moufida Ksouri</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Modélisation des Systèmes Réactifs (MSR 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2015, Nancy, France</w:t>
+              <w:t xml:space="preserve">2nd International Conference on Automation,Control, Engineering and Computer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2015, Sousse, Tunisia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01224276v1</w:t>
+                <w:t xml:space="preserve">hal-03417263v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive control for multicell converter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Abir Smati</w:t>
+                <w:t xml:space="preserve">Methodology and Application of Meta-Diagnosis on Avionics Test Benches.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Cossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Moufida Ksouri</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Piechowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duvivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gaurel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd International Conference on Automation,Control, Engineering and Computer</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2015, Sousse, Tunisia</w:t>
+              <w:t xml:space="preserve">Proceedings of the 26th International Workshop on Principles of Diagnosis (DX-15)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2015, Paris, France. pp.159-166</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03417263v1</w:t>
+                <w:t xml:space="preserve">hal-03385158v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Uncertainty, elicitation of experts' opinion, and human failures: Challenges for RAM analysis of ERTMS SoS</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Frédéric Vanderhaegen</w:t>
+                <w:t xml:space="preserve">Meta-Diagnosis for a Special Class of Cyber-Physical Systems: The Avionics Test Benches</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ronan Cossé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Piechowiak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Duvivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Gaurel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">10th IEEE System of Systems Engineering Conference (SoSE 2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/SYSOSE.2015.7151917⟩</w:t>
+              <w:t xml:space="preserve">28th International Conference on Industrial, Engineering &amp; Other Applications of Applied Intelligent Systems (IEA/AIE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Seoul, South Korea. pp.635-644, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-19066-2_61⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01176815v1</w:t>
+                <w:t xml:space="preserve">hal-03385300v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meta-Diagnosis for a Special Class of Cyber-Physical Systems: The Avionics Test Benches</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ronan Cossé</w:t>
+                <w:t xml:space="preserve">Uncertainty, elicitation of experts' opinion, and human failures: Challenges for RAM analysis of ERTMS SoS</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sallak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Destercke</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Schon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Vanderhaegen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...35 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">28th International Conference on Industrial, Engineering &amp; Other Applications of Applied Intelligent Systems (IEA/AIE 2015)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Seoul, South Korea. pp.635-644, </w:t>
+              <w:t xml:space="preserve">10th IEEE System of Systems Engineering Conference (SoSE 2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2015, San Antonio, TX, United States. pp.88-93, </w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-19066-2_61⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/SYSOSE.2015.7151917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03385300v1</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01176815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multi observer design for multicell converter</w:t>
               </w:r>
@@ -5458,247 +5458,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03468271v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fault Detection and Isolation of aircraft air data/inertial system</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decision making in diagnosis of human machine systems: The probabilistic and credibilistic perspectives to deal with uncertainty.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Felipe Aguirre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Sallak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter Schön</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Caulier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4TH EUROPEAN CONFERENCE FOR AEROSPACE SCIENCES</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Russia</w:t>
+              <w:t xml:space="preserve">Berlin workshop human machine systyems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Berlin, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00586708v1</w:t>
+                <w:t xml:space="preserve">hal-00651047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision making in diagnosis of human machine systems: The probabilistic and credibilistic perspectives to deal with uncertainty.</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fault Detection and Isolation of aircraft air data/inertial system</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Berdjag</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Zolghadri</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérome Cieslak</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Berlin workshop human machine systyems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Berlin, Germany</w:t>
+              <w:t xml:space="preserve">4TH EUROPEAN CONFERENCE FOR AEROSPACE SCIENCES</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Russia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00651047v1</w:t>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00586708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fault Detection and Isolation for Redundant Aircraft Sensors</w:t>
               </w:r>
@@ -7211,51 +7211,51 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LAMIH, Valenciennes. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03420894v1</w:t>
+                <w:t xml:space="preserve">hal-04645237v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Spécification de modalités informationnelles pour l’implémentation dans SYVIGI et MACONDUITE pour l’écoconduite</w:t>
               </w:r>
@@ -7333,51 +7333,51 @@
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] LAMIH, Valenciennes. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04645237v1</w:t>
+                <w:t xml:space="preserve">hal-03420894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -7556,51 +7556,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BD0AFC65"/>
+    <w:nsid w:val="E1F4B5A4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -7787,51 +7787,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-berdjag" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5145-8252" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12043654X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/190781111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000356648714" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841684v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry&#8208;marie Guerra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Caseiro de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berdjag" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh&#8208;tu Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7446" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481337v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04239455v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Fawzia Bouchama" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2023.07.038" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426303v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry-Marie Guerra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braulio Norberto Aguiar Cota" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Demaya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2021.3101737" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978646v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Kumar Kantheti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delprat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Kamran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2025.3549274" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428377v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Smati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Chagra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Ksouri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325008.2018.1466005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03400988v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Bouain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mohamed Abedallah Ali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Fakhfakh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Ben Atitallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12720/jcm.13.1.8-14" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjemi Rachedi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vanderhaegen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.48.421-451" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913429v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cieslak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zolghadri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eucass/201306317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Aguirre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sallak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2013.07.014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NZHMLF9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725744v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2012.08.007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2Z3GR17-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710155v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cocquempot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Christophe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Shumsky" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Zhirabok" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10006-011-0008-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198435v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Jiang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pomorski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04556768v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Fumarola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407154v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzia Bouchama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.017" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406951v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04239523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Houti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC48978.2021.9564928" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Kumar Jain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fiter" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406028v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC45564.2020.9147848" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03696473v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC45102.2020.9294410" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408024v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04135720v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11292-9_38" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433000v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411317v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.173" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706495v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03384599v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ibjaoun" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Poirriez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouamane" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76354-5_28" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03383067v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICIF.2018.8455850" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03414883v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1414" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03412391v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388639v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006438105050512" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385158v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Coss&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piechowiak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duvivier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gaurel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01224276v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417263v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176815v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Destercke" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Schon" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2015.7151917" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385300v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19066-2_61" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411851v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505207" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03421570v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Abichou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417105v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASCC.2015.7244498" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470156v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03469089v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468288v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130811-5-US-2037.00089" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470644v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468271v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130811-5-US-2037.00058" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586708v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651047v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Sch&#246;n" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Caulier" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526109v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goupil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799913v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509803v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509811v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509819v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03378974v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03403384v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03403923v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03404490v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choubeila Maaoui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119644576" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457206v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432297v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miglianico" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mouchel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Dahyot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405087v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03423320v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Enjalbert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore La Delfa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kaczmarek" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420894v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dequidt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04645237v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00385550v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-berdjag" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-5145-8252" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/12043654X" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/190781111" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000356648714" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04841684v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry&#8208;marie Guerra" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vinicius Caseiro de Oliveira" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Berdjag" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chen Lv" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anh&#8208;tu Nguyen" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/rnc.7446" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-05481337v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04239455v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiba Fawzia Bouchama" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Defoort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jimmy Lauber" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfranklin.2023.07.038" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03426303v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry-Marie Guerra" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Braulio Norberto Aguiar Cota" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Demaya" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2021.3101737" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04978646v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arun Kumar Kantheti" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Delprat" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aamir Kamran" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TCST.2025.3549274" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03428377v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Smati" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wassila Chagra" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moufida Ksouri" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325008.2018.1466005" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03400988v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mokhtar Bouain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Mohamed Abedallah Ali" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nizar Fakhfakh" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Ben Atitallah" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12720/jcm.13.1.8-14" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405741v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nedjemi Rachedi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Vanderhaegen" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/JESA.48.421-451" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00913429v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;rome Cieslak" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Zolghadri" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/eucass/201306317" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00917053v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Aguirre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Sallak" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ins.2013.07.014" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-4NZHMLF9-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00725744v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.conengprac.2012.08.007" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2Z3GR17-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00710155v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Cocquempot" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Christophe" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Shumsky" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexey Zhirabok" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/v10006-011-0008-z" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00198435v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bin Jiang" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509584v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pomorski" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04556768v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Paolo Fumarola" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IECON51785.2023.10312103" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407154v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fawzia Bouchama" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.017" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406951v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04239523v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Smail Houti" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406972v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC48978.2021.9564928" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03407136v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayush Kumar Jain" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Fiter" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Polet" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2021.10.016" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03406028v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ACC45564.2020.9147848" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03696473v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC45102.2020.9294410" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03408024v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04135720v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11292-9_38" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03433000v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411317v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2018.11.173" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03384599v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sana Ibjaoun" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Poirriez" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ouamane" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-76354-5_28" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706495v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03383067v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/ICIF.2018.8455850" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03414883v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2017.08.1414" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03412391v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388639v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0006438105050512" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-01224276v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Coss&#233;" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Piechowiak" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Duvivier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Gaurel" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417263v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385158v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03385300v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-19066-2_61" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01176815v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Destercke" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Schon" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SYSOSE.2015.7151917" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03411851v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/STA.2015.7505207" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03421570v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bouthaina Abichou" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03417105v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ASCC.2015.7244498" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470156v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03469089v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468288v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130811-5-US-2037.00089" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03470644v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03468271v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3182/20130811-5-US-2037.00058" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00651047v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Walter Sch&#246;n" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Caulier" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00586708v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00526109v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goupil" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00799913v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509803v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509811v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01509819v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03378974v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03403384v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03403923v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03404490v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Choubeila Maaoui" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119644576" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02457206v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03432297v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Miglianico" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Mouchel" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Dahyot" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03405087v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03423320v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Enjalbert" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvatore La Delfa" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Kaczmarek" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-04645237v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Dequidt" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03420894v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00385550v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>