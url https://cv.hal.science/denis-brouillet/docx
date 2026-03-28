--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Denis Brouillet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite-U Paul-Valéry_EpsylonChercheur associé U Nanterre _ LICAEhttps://hal.science/search/index?q=authFullName_t:brouillet%20denis</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">denis-brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0643-7345</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">03546416X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22283410</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000037768217</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experience of memory: it's unconscious origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcogn.2024.1358396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experience of memory: it's unconscious origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcogn.2024.1358396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience of memory: transfer of the motor feeling of fluency linked to our interaction with the environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 87 (6), pp.1753-1760. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-022-01759-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative fluency (unfelt vs felt) in active inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Friston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consciousness and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 115, pp.103579. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.concog.2023.103579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The verbal instruction in favour of action effects can influence the congruity effect of grasping behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Guerineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Sabek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-023-04995-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory and feeling of pastness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Collin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (9), pp.01-09. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10057000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the sense of fluency triggers an attentional bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 76 (2), pp.350-360. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218221086185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor fluency makes it possible to integrate the components of the trace in memory and facilitates its re-construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (2), pp.336-348. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-022-01350-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subjective feeling of a gap between conceptual and perceptual fluency is interpreted as a metacognitive signal of pastness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Josa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.83-94. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10339-022-01114-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating the magnitude of response outcomes can induce a potentiation effect for manipulable objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Guerineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (3), pp.667-684. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-021-01535-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Sensory Sensitivity of Individuals with High Intellectual Potential Using a Lexical Decision Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conchita Lallevé-Glorieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNAL OF PSYCHOLOGY &amp; BEHAVIORAL SCIENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (2), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15640/jpbs.v9n2a7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a letterbox always a letterbox? The role of affordances in guiding perceptual categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Viglieno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 85 (4), pp.1673-1684. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-020-01328-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Break in Motor Fluency Enhances Prospective Memory, Particularly for Older Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology &amp; Psychological Research International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (3), </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23880/pprij-16000291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Action to Be Performed at the Stage of Retrieval Enacts Memory of Action Verbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (1), pp.18-31. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Break in Motor Fluency Enhances Prospective Memory, Particularly for Older Adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology &amp; Psychological Research International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23880/pprij-16000291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic Characteristics, Motivation and Perception of Change as Determinants of Memory Compensation Self-Reports After Acquired Brain Injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draushika Mooruth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.607035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se fait-il qu’une pensée qui émerge ici et maintenant soit attribuée au passé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 74 (2021/1), pp.211-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the motor system in visual working memory: Further findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition, Brain, Behavior. An Interdisciplinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (2), pp.153-162. </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24193/cbb.2020.24.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enactive Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2020.00114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of the body-specificity in the evaluation of visuospatial working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging, Neuropsychology and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (4), pp.559-569. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13825585.2020.1799925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible weighting of body-related effects in action production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 73 (9), pp.1360-1367. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747021820911793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03290725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of the French Prospective and Retrospective Memory Questionnaire (PRMQ) in healthy controls and in patients with no cognitive impairment, mild cognitive impairment and Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jailliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13803395.2019.1625870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasping a chestnut burr: Manual laterality in action’s coding strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (4), pp.310-317. </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02937786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Action Constraints of an Object Increase Distance Estimation in Extrapersonal Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romàn Viçenç Josa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Murday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Palluel-Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2019.00472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging Ecological Rehabilitation and Socio-Cognitive Psychology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of environmental sciences &amp; natural resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (2), 4 p. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/IJESNR.2019.17.555957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the vibrations allow for anticipating the force to be produced: an extend to Pfister et al. (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Derozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 236 (4), pp.1219-1223. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00221-018-5190-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting Presentation Modes to Cultural Backgrounds in Environmental Projects : The Effect of Reading/Writing Habits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPQ Neurology and Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manual dexterity, but not cerebral palsy, predicts cognitive functioning after neonatal stroke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dinomais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (10), pp.1045-1051. </w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dmcn.13752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling an enactivist multiple-trace memory. ATHENA: A fractal model of human memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel C. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 82, pp.97-110. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2017.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02409001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la version française d'une échelle abrégée de coping religieux Brief-RCOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (2), pp.201-215. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2011.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Psychology Meets Ecology: Cognitive Flexibility for Quarry Rehabilitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical, Medicine and Health Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.217-223. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.1316650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the functional role of motor response during the integration process.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (11), pp.1693-1702. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0000237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valence activates motor fluency simulation and biases perceptual judgment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 81 (4), pp.795-805. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-016-0788-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word-to-picture recognition is a function of motor components mappings at the stage of retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (5), pp.397-402. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijop.12210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any Influence of Variations in Context on Object-Affordance Effects in Schizophrenia? Perception of Property and Goals of Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Sevos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, s.n., s.p. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an unrelated fluent action on word recognition: a case of motor discrepancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Servajean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (3), pp.894-900. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-016-1160-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation française de la version brève du French Memory Compensation Questionnaire chez une population âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de neuropsychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.135-152. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rne.072.0135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexithymia impairs the cognitive control of negative material while facilitating the recall of neutral material in both younger and older adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Stone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristy Nielson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (3), pp.442-459. </w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699931.2014.919898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensory-motor properties of past actions biais memory in a recognition task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (4), pp.678-686. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-014-0600-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensory–motor properties of past actions bias memory in a recognition task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (4), pp.678-686. </w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-014-0600-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compensating for memory losses throughout aging: Validation and normalization of the memory compensation questionnaire (MCQ) for non-clinical French populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van Der Elst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (1), pp.28-38. </w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.archger.2014.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations between cognition and motricity in children with neonatal arterial ischemic stroke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gautheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fluss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (Supplément 1), pp.e136. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rehab.2015.07.324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When &amp;quot;good&amp;quot; is not always right : effect of the consequences of motor action on valence-space associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valence-space compatibility effects depend on situated motor fluency in both right- and left-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 68 (5), pp.887-899. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17470218.2014.967256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer-related fatigue in breast cancer patients after surgery: a multicomponent model using partial least squares-path modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bortolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Krikorian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Carayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.444-451. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pon.3438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02005621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfactory-visual congruence effects stable across ages: yellow is warmer when it is pleasantly lemony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 76 (5), pp.1280-1286. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-014-0703-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasping the World: Object-Affordance Effect in Schizophrenia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Sevos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schizophrenia Research and Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.531938. </w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2013/531938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des connaissances associées à une couleur dans une tâche de discrimination chromatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Rolland-Thiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (1), pp.49-62. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0003503313001036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color perception involves color representations firstly at a semantic level and then at a lexical level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Chesnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.19-29. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10339-012-0527-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motor simulation of disequilibrium increases postural stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leteneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16 (1), pp.44-45. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biases in evaluation of neutral words due to motor compatibility effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 144 (2), pp.243-249. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2013.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidirectional Influences of Emotion and Action in Evaluation of Emotionally-Connoted Words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3-4), pp.417-432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any impact of cognitive remediation on an ecological test in schizophrenia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (1), pp.19-35. </w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13546805.2011.564512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habit and recollection in healthy aging, mild cognitive impairment, and Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (4), pp.517-533. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0028718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of language on colour perception: A simulationist explanation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Chesnoy-Servanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3-4), pp.354-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of the default mode network is task-dependant in chronic schizophrenia patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice-Guy Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schizophrenia Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125 (2-3), pp.110-117. </w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.schres.2010.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action compatibility effects are hedonically marked and have incidental consequences on affective judment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (5), pp.1202-1205. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0024742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The embodied cognition theory and the motor component of &amp;quot;yes&amp;quot; and &amp;quot;no&amp;quot; verbal responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 134 (3), pp.310-317. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2010.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition des réponses automatiques au test du Hayling dans la schizophrénie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 36 (4), pp.277-284. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2009.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de données issues d'études psychologiques liées au vieillissement : extraction de règles graduelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Di Jorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bringay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (8-9), pp.939-957. </w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.29.939-957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotion et cognition incarnée : la dimension motrice des réponses verbales &amp;quot;oui&amp;quot; et &amp;quot;non</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 64 (2), pp.134-141. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0019732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French word-stem completion norms by participants from 30 to 93 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59, pp.25-36. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2008.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain activation during executive processes in schizophrenia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice-Guy Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychiatry Research: Neuroimaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 173 (3), pp.170-176. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pscychresns.2009.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre entre mémoire et contrôle chez des jeunes et des aînés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal on Aging / Revue canadienne du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0714980809090023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de stimuli olfactifs dans une tâche d'évaluation hédonique de couleurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streff Anouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 109 (3), pp.361-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norme francophone de complétion de trigrammes chez des participants âgés de 30 à 93 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (1), pp.25-36. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2008.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation du traitement des traits perceptifs des concepts vivants et non vivants lors du vieillissement normal et de la maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Behavioural Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 40 (4), pp.211-219. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/0008-400X.40.4.211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la variabilité par les modèles ARIMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Delcor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Delignières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Cadopi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 108 (4), pp.699-720</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating situation models during reading of news reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiota Kendeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul W. van den Broek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (2), pp.103-121. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01638530701792784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familiarité des concepts vivant et non vivant en fonction de l'âge et du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 61 (1), pp.35-43. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/cjep2007004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A challenge to the episodic account of negative compatibility effect in a gender categorization task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (3), s.p. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cpl.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence de la taille typique des objets dans une tâche de catégorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Reilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 61 (1), pp.316-321. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/cjep2007031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il un déficit d’inhibition lors du vieillissement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Tarrago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32 (2), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0013-7006(06)76152-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difficulté de sélection perceptive et sémantique liée au vieillissement cognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (5), pp.589-599. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0013-7006(05)82418-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension des faits d’actualité rapportés dans la presse chez les patients Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Parveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 161 (12.2), pp.115. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0035-3787(05)85374-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes d'associations verbales chez des sujets âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Tarrago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 55 (4), pp.245-253. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2005.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oubli un produit de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (4), pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brouillet, D., &amp; Versace, R. La fluence motrice est intégrée à la trace mnésique et facilite sa re-construction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque HECO : Human Embodied COgnition, 27-28 oct. 2022 Montpellier (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la genèse d’un évènement sensorimoteur à un amorçage motorovisuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème Congrès National de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP, Sep 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluence, attribution & conséquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Versace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55è Congrès National de la Société Française de Psychologie - Psychologie et Conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motor simulation of disequilibrium increases postural stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leteneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIIe Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Marseille, France. pp.44-45, </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedding Emotions Within Automatically Generated Brand Names</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KEER: Kansei Engineering and Emotional Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00588603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de catégorisation perceptive peut-il être décrit par une dynamique de transition de phase ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Viglieno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Psychologie, Toulouse, 17-19 juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le rappel induit l’oubli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vincenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium, Bordeaux, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’inhibition des réponses automatiques à travers le test du Hayling chez des patients schizophrènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la SLNF, 19 Mai 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les troubles du langage dans la maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27° journée d'études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.actes electroniques non numérotés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du transfert des effets d'une remédiation cognitive intensive sur un test écologique chez des sujets schizophrènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Encéphale, Janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retrieval-induced forgetting paradigm accounts for inhibitory effect in a text comprehension study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pagel-Grechi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International meeting on "Memory and text comprehension", Montpellier, 7-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oreille est sourde à ce que l’oeil ne voit pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de L’ARCO 06, Bordeaux, 6-8 décembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique du souvenir dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique "Mémoire et Vieillissement Cognitif", hommage à F.I.M. Craik, Bordeaux (France), 22 Septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vieillissement et alexithymie dans l’oubli dirigé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque international du vieillissement cognitif, Université d'Angers, Angers, 12-13 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative en IRMF des processus d’inhibition chez 11 patients schizophrènes et 12 témoins à travers 2 tâches éxécutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Encéphale, Paris, 12-14 janvier 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating situation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiota Kendeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul W. van den Broek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème rencontre annuelle de la Société du texte et du discours, Amsterdam, 6-9 Juillet 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehension and memory of texts: The interpretation of the title effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.117-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémorisation des contenus sémantiques des phrases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Spitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.213-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus de compréhension des expressions ironiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.193-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the title help children to understand a text and to produce inferences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.143-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of Emotional Texts about AIDS: Effects of truth and opinion value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du NATO advanced study institute, Recollections of trauma, Port de Bourgenay, juin 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognition of bridging and elaborative inferences : developmental aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II Congreso Internacional de Educación Ambiental, Estado de la educación ambiental, Instituto Universitario de Ciencias Ambientales, Madrid, 28-30 septembre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et activation émotionnelle chez les personnes âgées déficitaires et non déficitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe symposium de l'Association de psychologie scientifique de langue française, Aix-en-Provence, septembre 1993</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire humaine et signification : activité interprétative ou émergente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales d'Orsay sur les Sciences Cognitives : Les mémoires, Orsay, 28-29 novembre 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management du sport dans une entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Domalain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leblanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international defi sport 92 : le marché unique européen et le sport, Nanterre 25-26 mai 1988</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, Saint-Michel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardisation des entretiens d'embauche : exemple d'application et propositions méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chamard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel Biologie et cognition, Société française de psychologie, Paris, 2-4 mai 1985</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération et mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Quels nouveaux rapports dans le travail ?, Société française de psychologie, Paris, 25-26 février 1984</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Musique nous ferait-elle Oublier les Différences d'Apprentissage liées à l'Age ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baya Sébiane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Mélan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e congrès de la société française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01974538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais cognitifs et styles défensifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cerqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société française de psychologie, Toulouse, 17-19 juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulouse, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’émotion rencontre l’oubli dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Luminet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Colloque International sur le Vieillissement Cognitif, Université Paris Descartes, Paris, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la mémoire échappe au contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Colloque International sur le Vieillissement Cognitif, Université Paris Descartes, Paris, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do the elders blame memory slips and controlled processes through their memory complaint ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème conference ESCoP, Marseille, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille, France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive basis of hallucinations in aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème conference ESCoP, Marseille, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille, France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieval-induced forgetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique « Mémoire et Vieillissement cognitif », Hommage à F.I.M. Craik, Bordeaux, 22 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating protagonist’s emotion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gygax</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème rencontre annuelle de la Société du texte et du discours, Amsterdam, 6-9 juillet 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Amsterdam, Netherlands. pp.n.c., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création des souvenirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, 979-10-406-0772-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognition incarnée : Une cognition située et projetée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Versace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume T. Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mardaga, 2018, 9782804705930</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anxiété : cliniques, modèles et prises en charge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bourgey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Trouillet. Dunod, 128 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Maintenir l'autonomie de la personne âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 266 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émotion et cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, pp.218, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre un texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, pp.183, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de France, pp.127, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et compréhension : lire pour comprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, 190 p., 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal : vers un modèle explicatif du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 331 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et oubli : apports de la psychologie cognitive au vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Grenoble, 197 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fluence motrice comme prédicteur de la conscience phénoménale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, cerveau et processus mentaux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2024, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.coell.2024.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sensory nature of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liane Ströbel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensory Motor Concepts in language &amp; Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Düsseldorf University Press, pp.163-176, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réorganisation fonctionnelle et apprentissage de connaissances spécifiques: M.D., 52 ans, atteint d'amnésie antérograde et d'alexithymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Large</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phaène Sala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fernandez Lydia; Sagne Alain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie clinique du vieillissement : 15 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.349-380, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle finalité de la mémoire dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Maintenir l’autonomie de la personne âgée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.207-218, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la variabilité individuelle : étude de la dynamique d’un souvenir moteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Delcor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Cadopi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Delignières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Loarer Even; Vrignaud Pierre; Mogenet Jean-Luc; et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives différentielles en psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.109-112, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Chartier; Jean-Louis Pedinielli; Sophie Barthélémy..; et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie : commencez avec les meilleurs professeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, 42 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de représentation en psychologie cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Blanc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concept de représentation en psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.135-174, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotion et mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émotion et cognition : quand l'émotion parle à la cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 53 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La psychologie cognitive à l’écoute du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Péruchon; Pierre Charazac; Christiane Joubert..[et al.]. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinq paradigmes cliniques du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 20 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maladie d’Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lecourt Dominique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la pensée médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France, pp.39-44, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costalat-Founeau Anne-Marie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identité sociale et langage: La construction du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.87-101, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vieillissement et compréhension de textes: Etude des inférences émotionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Groen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis; Syssau Arielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal : Vers un modèle explicatif du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.169-180, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des connecteurs sur la compréhension et la mémorisation d’énoncés chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Calmettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis; Syssau Arielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Vers un modèle explicatif du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.155-168, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’inhibition dans le vieillissement: Aspects méthodologiques et diagnostiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gimet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gély-Nargeot Marie-Christine; Ritchie Karen; Touchon Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualités 1998 sur la maladie d'Alzheimer et les syndrômes apparentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solal, pp.123-135, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory for emotional texts about AIDS: Effects of thruth and opinion value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Read Donald; Lindsay Steve. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recollections of trauma: Scientific evidence and clinical practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plenum Press, pp.451-478, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prévention des risques dans les APS peut-elle bénéficier à la sécurité routière?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de l'enfance et de la famille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du stade au quartier: Rôle du sport dans l'intégration sociale des jeunes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syros, pp.185-197, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation de la prévention des risques dans les Activités Physiques et Sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bilard Jean; Durand Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue EPS, pp.279-287, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse des représentations: Une méthode d'évaluation automatisée pour élaborer un projet pédagogique basé sur les représentations initiales des personnes en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Famose Jean-Pierre; Fleurance Philippe; Touchard Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'apprentissage moteur, rôle des représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue EPS, pp.201-218, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la pratique physique des salariés à la réussite de leur entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Domalain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guimelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goguelin Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie du travail, nouveaux enjeux: Développement de l'homme au travail et développement des organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAP, pp.91-110, 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souvenir et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnet Claude; Hoc Jean-Michel; Tiberghien Guy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie, intelligence artificielle et automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga, pp.126-137, 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training and intervention within organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Costalat-Founeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pithon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Goguelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Thionville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Debus Günter; Schroiff Hans-Willi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The psychology of work and organization: current trends and issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, pp.204-215, 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId375"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:66.666666666667px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Denis Brouillet </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur émérite-U Paul-Valéry_EpsylonChercheur associé U Nanterre _ LICAEhttps://hal.science/search/index?q=authFullName_t:brouillet%20denis</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">denis-brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0003-0643-7345</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">03546416X</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">22283410</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ISNI : </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000000037768217</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (80)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experience of memory: it's unconscious origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcogn.2024.1358396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04426978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The experience of memory: it's unconscious origins</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 3, </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fcogn.2024.1358396⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815716v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experience of memory: transfer of the motor feeling of fluency linked to our interaction with the environment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Perrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 87 (6), pp.1753-1760. </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-022-01759-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345364v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relative fluency (unfelt vs felt) in active inference</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karl Friston</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Consciousness and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 115, pp.103579. </w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.concog.2023.103579⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The verbal instruction in favour of action effects can influence the congruity effect of grasping behaviours</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Guerineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hamza Sabek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s12144-023-04995-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301771v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory and feeling of pastness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Collin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Biological Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 6 (9), pp.01-09. </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.10057000⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the sense of fluency triggers an attentional bias</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 76 (2), pp.350-360. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/17470218221086185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Motor fluency makes it possible to integrate the components of the trace in memory and facilitates its re-construction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Memory and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 51 (2), pp.336-348. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13421-022-01350-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The subjective feeling of a gap between conceptual and perceptual fluency is interpreted as a metacognitive signal of pastness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Josa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (1), pp.83-94. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10339-022-01114-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345426v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anticipating the magnitude of response outcomes can induce a potentiation effect for manipulable objects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ronan Guerineau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 86 (3), pp.667-684. </w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-021-01535-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301829v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluating the Sensory Sensitivity of Individuals with High Intellectual Potential Using a Lexical Decision Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conchita Lallevé-Glorieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JOURNAL OF PSYCHOLOGY &amp; BEHAVIORAL SCIENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 9 (2), </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.15640/jpbs.v9n2a7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is a letterbox always a letterbox? The role of affordances in guiding perceptual categorization</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice da Silva</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Viglieno</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 85 (4), pp.1673-1684. </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-020-01328-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03678204v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the Action to Be Performed at the Stage of Retrieval Enacts Memory of Action Verbs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 68 (1), pp.18-31. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000507⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Break in Motor Fluency Enhances Prospective Memory, Particularly for Older Adults.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology &amp; Psychological Research International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23880/pprij-16000291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03516305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Demographic Characteristics, Motivation and Perception of Change as Determinants of Memory Compensation Self-Reports After Acquired Brain Injury</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Draushika Mooruth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 12, </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2021.607035⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03526208v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Break in Motor Fluency Enhances Prospective Memory, Particularly for Older Adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychology &amp; Psychological Research International Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 6 (3), </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23880/pprij-16000291⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345498v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment se fait-il qu’une pensée qui émerge ici et maintenant soit attribuée au passé ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Intellectica - La revue de l’Association pour la Recherche sur les sciences de la Cognition (ARCo)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 74 (2021/1), pp.211-228</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The importance of the body-specificity in the evaluation of visuospatial working memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sibylle Turo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Collin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Aging, Neuropsychology and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 28 (4), pp.559-569. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13825585.2020.1799925⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345574v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enactive Memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2020.00114⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The role of the motor system in visual working memory: Further findings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clara Gimenez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition, Brain, Behavior. An Interdisciplinary Journal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 24 (2), pp.153-162. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.24193/cbb.2020.24.09⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Flexible weighting of body-related effects in action production</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roland Pfister</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 73 (9), pp.1360-1367. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/1747021820911793⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03290725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validity of the French Prospective and Retrospective Memory Questionnaire (PRMQ) in healthy controls and in patients with no cognitive impairment, mild cognitive impairment and Alzheimer disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Jailliard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Clinical and Experimental Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13803395.2019.1625870⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04345659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Action Constraints of an Object Increase Distance Estimation in Extrapersonal Space</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romàn Viçenç Josa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Murday</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Morgado</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Palluel-Germain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 10, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2019.00472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02366991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasping a chestnut burr: Manual laterality in action’s coding strategies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Fraisse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 66 (4), pp.310-317. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1027/1618-3169/a000449⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02937786v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bridging Ecological Rehabilitation and Socio-Cognitive Psychology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Arnaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International journal of environmental sciences &amp; natural resources</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 17 (2), 4 p. </w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.19080/IJESNR.2019.17.555957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When the vibrations allow for anticipating the force to be produced: an extend to Pfister et al. (2014)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Derozier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Chabrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Experimental Brain Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 236 (4), pp.1219-1223. </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00221-018-5190-x⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02101611v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manual dexterity, but not cerebral palsy, predicts cognitive functioning after neonatal stroke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mickaël Dinomais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Developmental Medicine and Child Neurology - Developmental Medicine &amp; Child Neurology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 60 (10), pp.1045-1051. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/dmcn.13752⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02099396v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adapting Presentation Modes to Cultural Backgrounds in Environmental Projects : The Effect of Reading/Writing Habits</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CPQ Neurology and Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 1 (1), pp.1-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling an enactivist multiple-trace memory. ATHENA: A fractal model of human memory</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Servajean</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arthur-Henri Michalland</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel C. Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Mathematical Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 82, pp.97-110. </w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jmp.2017.12.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-02409001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation de la version française d'une échelle abrégée de coping religieux Brief-RCOPE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Caporossi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie Française</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 63 (2), pp.201-215. </w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.psfr.2011.12.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063445v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When Psychology Meets Ecology: Cognitive Flexibility for Quarry Rehabilitation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johnny Fenianos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carla Khater</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Medical, Medicine and Health Sciences</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 12 (5), pp.217-223. </w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5281/zenodo.1316650⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063609v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc P Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04301911v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (data paper)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04560521v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Integration of Action and Size Perception Through Practice</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perception</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46 (10), pp.1194-1201. </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1177/0301006617715378⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the functional role of motor response during the integration process.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Experimental Psychology. Human Perception and Performance</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 42 (11), pp.1693-1702. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/xhp0000237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01687003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valence activates motor fluency simulation and biases perceptual judgment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Dru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Coello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 81 (4), pp.795-805. </w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-016-0788-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word-to-picture recognition is a function of motor components mappings at the stage of retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 51 (5), pp.397-402. </w:t></w:r><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ijop.12210⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468274v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any Influence of Variations in Context on Object-Affordance Effects in Schizophrenia? Perception of Property and Goals of Action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Sevos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, s.n., s.p. </w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2016.01551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062951v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of an unrelated fluent action on word recognition: a case of motor discrepancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Servajean</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychonomic Bulletin and Review</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 24 (3), pp.894-900. </w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13423-016-1160-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468280v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Validation française de la version brève du French Memory Compensation Questionnaire chez une population âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue de neuropsychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 7 (2), pp.135-152. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/rne.072.0135⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062953v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensory–motor properties of past actions bias memory in a recognition task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (4), pp.678-686. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-014-0600-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03997091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compensating for memory losses throughout aging: Validation and normalization of the memory compensation questionnaire (MCQ) for non-clinical French populations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clémence Mazzocco</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Wim van Der Elst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Archives of Gerontology and Geriatrics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 60 (1), pp.28-38. </w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.archger.2014.10.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Relations between cognition and motricity in children with neonatal arterial ischemic stroke</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Gautheron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Thébault</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël Fluss</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Annals of Physical and Rehabilitation Medicine</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 58 (Supplément 1), pp.e136. </w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rehab.2015.07.324⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01996859v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sensory-motor properties of past actions biais memory in a recognition task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johan Briglia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychological Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 79 (4), pp.678-686. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00426-014-0600-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexithymia impairs the cognitive control of negative material while facilitating the recall of neutral material in both younger and older adults</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Stone</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kristy Nielson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognition and Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 29 (3), pp.442-459. </w:t></w:r><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/02699931.2014.919898⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062947v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When &amp;quot;good&amp;quot; is not always right : effect of the consequences of motor action on valence-space associations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Frontiers in Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 6, </w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3389/fpsyg.2015.00237⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valence-space compatibility effects depend on situated motor fluency in both right- and left-handers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Quarterly Journal of Experimental Psychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 68 (5), pp.887-899. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/17470218.2014.967256⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468284v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cancer-related fatigue in breast cancer patients after surgery: a multicomponent model using partial least squares-path modeling</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Bortolon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alicia Krikorian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Carayol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Romieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psycho-Oncology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 23 (4), pp.444-451. </w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pon.3438⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02005621v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olfactory-visual congruence effects stable across ages: yellow is warmer when it is pleasantly lemony</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Attention, Perception, and Psychophysics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 76 (5), pp.1280-1286. </w:t></w:r><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3758/s13414-014-0703-6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03063298v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Color perception involves color representations firstly at a semantic level and then at a lexical level</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Chesnoy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 14 (1), pp.19-29. </w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10339-012-0527-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468307v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biases in evaluation of neutral words due to motor compatibility effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 144 (2), pp.243-249. </w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2013.06.008⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062935v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motor simulation of disequilibrium increases postural stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leteneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Methods in Biomechanics and Biomedical Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 16 (1), pp.44-45. </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062943v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence des connaissances associées à une couleur dans une tâche de discrimination chromatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elisabeth Rolland-Thiers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 113 (1), pp.49-62. </w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4074/S0003503313001036⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01984226v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grasping the World: Object-Affordance Effect in Schizophrenia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessica Sevos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schizophrenia Research and Treatment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.531938. </w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1155/2013/531938⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03067485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bidirectional Influences of Emotion and Action in Evaluation of Emotionally-Connoted Words</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3-4), pp.417-432</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01468328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Habit and recollection in healthy aging, mild cognitive impairment, and Alzheimer's disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Neuropsychology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 26 (4), pp.517-533. </w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0028718⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Is there any impact of cognitive remediation on an ecological test in schizophrenia ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Billard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognitive Neuropsychiatry</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 17 (1), pp.19-35. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/13546805.2011.564512⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062939v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence of language on colour perception: A simulationist explanation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Audrey Milhau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabrielle Chesnoy-Servanin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biolinguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 6 (3-4), pp.354-382</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062940v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Action compatibility effects are hedonically marked and have incidental consequences on affective judment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emotion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 11 (5), pp.1202-1205. </w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0024742⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062938v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modulation of the default mode network is task-dependant in chronic schizophrenia patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice-Guy Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Schizophrenia Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 125 (2-3), pp.110-117. </w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.schres.2010.11.013⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062937v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The embodied cognition theory and the motor component of &amp;quot;yes&amp;quot; and &amp;quot;no&amp;quot; verbal responses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Psychologica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 134 (3), pp.310-317. </w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.actpsy.2010.03.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02876340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fouille de données issues d'études psychologiques liées au vieillissement : extraction de règles graduelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Di Jorio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Bringay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 29 (8-9), pp.939-957. </w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/tsi.29.939-957⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02594281v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Inhibition des réponses automatiques au test du Hayling dans la schizophrénie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 36 (4), pp.277-284. </w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.encep.2009.12.011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061824v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotion et cognition incarnée : la dimension motrice des réponses verbales &amp;quot;oui&amp;quot; et &amp;quot;non</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 64 (2), pp.134-141. </w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/a0019732⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062936v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">French word-stem completion norms by participants from 30 to 93 years old</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59, pp.25-36. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2008.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03062059v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Influence de stimuli olfactifs dans une tâche d'évaluation hédonique de couleurs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier,</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Streff Anouk</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 109 (3), pp.361-381</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-00801877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rencontre entre mémoire et contrôle chez des jeunes et des aînés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal on Aging / Revue canadienne du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 28 (1), pp.5-20. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S0714980809090023⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brain activation during executive processes in schizophrenia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Pellet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabrice-Guy Barral</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychiatry Research: Neuroimaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 173 (3), pp.170-176. </w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.pscychresns.2009.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061769v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Norme francophone de complétion de trigrammes chez des participants âgés de 30 à 93 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Maury</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, 59 (1), pp.25-36. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2008.09.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation du traitement des traits perceptifs des concepts vivants et non vivants lors du vieillissement normal et de la maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Behavioural Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 40 (4), pp.211-219. </w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/0008-400X.40.4.211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061767v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse de la variabilité par les modèles ARIMA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Delcor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Delignières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Cadopi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Année psychologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 108 (4), pp.699-720</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061763v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating situation models during reading of news reports</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiota Kendeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul W. van den Broek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Discourse Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 45 (2), pp.103-121. </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/01638530701792784⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Familiarité des concepts vivant et non vivant en fonction de l'âge et du genre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Gély-Nargeot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico-Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 61 (1), pp.35-43. </w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/cjep2007004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A challenge to the episodic account of negative compatibility effect in a gender categorization task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Current Psychology Letters - Behaviour, Brain and Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 23 (3), s.p. </w:t></w:r><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cpl.3083⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061566v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'influence de la taille typique des objets dans une tâche de catégorisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Staudt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Reilhac</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Canadian Journal of Experimental Psychology / Revue canadienne de psychologie expérimentale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 61 (1), pp.316-321. </w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1037/cjep2007031⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Existe-t-il un déficit d’inhibition lors du vieillissement ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Tarrago</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 32 (2), pp.253-262. </w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0013-7006(06)76152-8⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Difficulté de sélection perceptive et sémantique liée au vieillissement cognitif</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Guidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'Encéphale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 31 (5), pp.589-599. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0013-7006(05)82418-2⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061761v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compréhension des faits d’actualité rapportés dans la presse chez les patients Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.-C. Parveau</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue Neurologique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 161 (12.2), pp.115. </w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0035-3787(05)85374-3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061838v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Normes d'associations verbales chez des sujets âgés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Tarrago</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Review of Applied Psychology / Revue Européenne de Psychologie Appliquée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 55 (4), pp.245-253. </w:t></w:r><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.erap.2005.05.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oubli un produit de la mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gériatrie et psychologie &amp; neuropsychiatrie du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, 3 (4), pp.1-14</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03061620v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (27)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brouillet, D., &amp; Versace, R. La fluence motrice est intégrée à la trace mnésique et facilite sa re-construction.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Remy Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque HECO : Human Embodied COgnition, 27-28 oct. 2022 Montpellier (France)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04960299v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la genèse d’un évènement sensorimoteur à un amorçage motorovisuel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Coutté</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thomas Camus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">56ème Congrès National de la Société Française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, SFP, Sep 2015, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04561793v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fluence, attribution & conséquences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Rousset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Versace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">55è Congrès National de la Société Française de Psychologie - Psychologie et Conscience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00867610v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">When motor simulation of disequilibrium increases postural stability</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Heurley</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emilie Simoneau-Buessinger</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sebastien Leteneur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXXVIIIe Congrès de la Société de Biomécanique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Marseille, France. pp.44-45, </w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/10255842.2013.815900⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03388652v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Embedding Emotions Within Automatically Generated Brand Names</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bénédicte Laurent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Roche</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">KEER: Kansei Engineering and Emotional Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2010, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00588603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le processus de catégorisation perceptive peut-il être décrit par une dynamique de transition de phase ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Viglieno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société Française de Psychologie, Toulouse, 17-19 juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074461v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand le rappel induit l’oubli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Vincenot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium, Bordeaux, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’inhibition des réponses automatiques à travers le test du Hayling chez des patients schizophrènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée de printemps de la SLNF, 19 Mai 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074463v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les troubles du langage dans la maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Melissa Barkat-Defradas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Liliana Rico Duarte</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">27° journée d'études sur la Parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Avignon, France. pp.actes electroniques non numérotés</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00321233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude du transfert des effets d'une remédiation cognitive intensive sur un test écologique chez des sujets schizophrènes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Bellot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Encéphale, Janvier 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074450v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’oreille est sourde à ce que l’oeil ne voit pas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manuel Jiménez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque de L’ARCO 06, Bordeaux, 6-8 décembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The retrieval-induced forgetting paradigm accounts for inhibitory effect in a text comprehension study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Pagel-Grechi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International meeting on "Memory and text comprehension", Montpellier, 7-8 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La dynamique du souvenir dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Scientifique "Mémoire et Vieillissement Cognitif", hommage à F.I.M. Craik, Bordeaux (France), 22 Septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03075662v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vieillissement et alexithymie dans l’oubli dirigé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IXème colloque international du vieillissement cognitif, Université d'Angers, Angers, 12-13 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910567v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude comparative en IRMF des processus d’inhibition chez 11 patients schizophrènes et 12 témoins à travers 2 tâches éxécutives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Massoubre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Grosselin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Schneider</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Royer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de l’Encéphale, Paris, 12-14 janvier 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03074446v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating situation models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Panayiota Kendeou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul W. van den Broek</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème rencontre annuelle de la Société du texte et du discours, Amsterdam, 6-9 Juillet 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Amsterdam, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02910468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprehension and memory of texts: The interpretation of the title effect</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.117-121</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069600v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémorisation des contenus sémantiques des phrases</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Spitzer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.213-218</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069604v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus de compréhension des expressions ironiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Munch</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.193-198</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069603v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Does the title help children to understand a text and to produce inferences ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5eme congrès international de la société internationale de linguistique appliquée, Porto, 1997</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, Porto, Portugal. pp.143-148</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069601v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory of Emotional Texts about AIDS: Effects of truth and opinion value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées du NATO advanced study institute, Recollections of trauma, Port de Bourgenay, juin 1996</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, New-York, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recognition of bridging and elaborative inferences : developmental aspects</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fanny de La Haye</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">II Congreso Internacional de Educación Ambiental, Estado de la educación ambiental, Instituto Universitario de Ciencias Ambientales, Madrid, 28-30 septembre 1995</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069598v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et activation émotionnelle chez les personnes âgées déficitaires et non déficitaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIVe symposium de l'Association de psychologie scientifique de langue française, Aix-en-Provence, septembre 1993</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1995, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069596v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire humaine et signification : activité interprétative ou émergente ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées Internationales d'Orsay sur les Sciences Cognitives : Les mémoires, Orsay, 28-29 novembre 1994</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1994, Orsay, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le management du sport dans une entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Domalain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Leblanc</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque international defi sport 92 : le marché unique européen et le sport, Nanterre 25-26 mai 1988</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1988, Saint-Michel, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069595v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Standardisation des entretiens d'embauche : exemple d'application et propositions méthodologiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Chamard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès annuel Biologie et cognition, Société française de psychologie, Paris, 2-4 mai 1985</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1985, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Récupération et mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'études Quels nouveaux rapports dans le travail ?, Société française de psychologie, Paris, 25-26 février 1984</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1984, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03069594v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La Musique nous ferait-elle Oublier les Différences d'Apprentissage liées à l'Age ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baya Sébiane</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claudine Mélan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">58e congrès de la société française de Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-01974538v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Biais cognitifs et styles défensifs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Véronique Cerqueda</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès de la Société française de psychologie, Toulouse, 17-19 juin 2009</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Toulouse, France. 2009</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand l’émotion rencontre l’oubli dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Luminet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Colloque International sur le Vieillissement Cognitif, Université Paris Descartes, Paris, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quand la mémoire échappe au contrôle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphane Adam</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Xème Colloque International sur le Vieillissement Cognitif, Université Paris Descartes, Paris, 2008</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Paris, France. 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do the elders blame memory slips and controlled processes through their memory complaint ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Déborah Dressaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème conference ESCoP, Marseille, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille, France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076471v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive basis of hallucinations in aging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Molinier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estelle Guerdoux-Ninot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XVème conference ESCoP, Marseille, 2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, Marseille, France. 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076472v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Retrieval-induced forgetting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée scientifique « Mémoire et Vieillissement cognitif », Hommage à F.I.M. Craik, Bordeaux, 22 septembre 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, Bordeaux, France. 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Updating protagonist’s emotion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascal Gygax</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15ème rencontre annuelle de la Société du texte et du discours, Amsterdam, 6-9 juillet 2005</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2005, Amsterdam, Netherlands. pp.n.c., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03076429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (10)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La création des souvenirs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2024, 979-10-406-0772-4</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04428144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognition incarnée : Une cognition située et projetée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémi Versace</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume T. Vallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Mardaga, 2018, 9782804705930</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03163580v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'anxiété : cliniques, modèles et prises en charge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Trouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Leroy-Viémon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Bourgey</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Raphaël Trouillet. Dunod, 128 p., 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050211v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Maintenir l'autonomie de la personne âgée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 266 p., 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Émotion et cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, pp.218, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050914v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comprendre un texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, pp.183, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050128v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maladie d'Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de France, pp.127, 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03054447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et compréhension : lire pour comprendre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">In press, 190 p., 2003</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050436v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal : vers un modèle explicatif du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">De Boeck, 331 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03051200v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et oubli : apports de la psychologie cognitive au vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Presses universitaires de Grenoble, 197 p., 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03050435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La fluence motrice comme prédicteur de la conscience phénoménale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Corps, cerveau et processus mentaux.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2024, </w:t></w:r><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3917/arco.coell.2024.01⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04815706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The sensory nature of knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lionel Brunel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Versace</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liane Ströbel. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sensory Motor Concepts in language &amp; Cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Düsseldorf University Press, pp.163-176, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057711v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réorganisation fonctionnelle et apprentissage de connaissances spécifiques: M.D., 52 ans, atteint d'amnésie antérograde et d'alexithymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caroline Vagnot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Claire Large</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phaène Sala</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Fernandez Lydia; Sagne Alain. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie clinique du vieillissement : 15 études de cas</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.349-380, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057151v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quelle finalité de la mémoire dans le vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Maintenir l’autonomie de la personne âgée</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.207-218, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057150v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation de la variabilité individuelle : étude de la dynamique d’un souvenir moteur</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorène Delcor</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marielle Cadopi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Delignières</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Loarer Even; Vrignaud Pierre; Mogenet Jean-Luc; et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Perspectives différentielles en psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses Universitaires de Rennes, pp.109-112, 2008</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057149v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Psychologie cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Jean-Pierre Chartier; Jean-Louis Pedinielli; Sophie Barthélémy..; et al. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie : commencez avec les meilleurs professeurs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Eyrolles, 42 p., 2007</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055950v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le concept de représentation en psychologie cognitive</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nathalie Blanc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le concept de représentation en psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, pp.135-174, 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055854v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emotion et mémoire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Émotion et cognition : quand l'émotion parle à la cognition</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, In press, 53 p., 2006</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055949v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La psychologie cognitive à l’écoute du vieillissement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sophie Martin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Marion Péruchon; Pierre Charazac; Christiane Joubert..[et al.]. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cinq paradigmes cliniques du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 20 p., 2005</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03055948v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La maladie d’Alzheimer</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Lecourt Dominique. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Dictionnaire de la pensée médicale</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Presses universitaires de France, pp.39-44, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057147v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mémoire et identité</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Costalat-Founeau Anne-Marie. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identité sociale et langage: La construction du sens</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, L'Harmattan, pp.87-101, 2001</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057145v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vieillissement et compréhension de textes: Etude des inférences émotionnelles</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Groen</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis; Syssau Arielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal : Vers un modèle explicatif du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.169-180, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effet des connecteurs sur la compréhension et la mémorisation d’énoncés chez les personnes âgées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stephanie Calmettes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brouillet Denis; Syssau Arielle. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Le vieillissement cognitif normal: Vers un modèle explicatif du vieillissement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, De Boeck, pp.155-168, 2000</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057144v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les processus d’inhibition dans le vieillissement: Aspects méthodologiques et diagnostiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arielle Syssau Vaccarella</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Gimet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Gély-Nargeot Marie-Christine; Ritchie Karen; Touchon Jacques. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Actualités 1998 sur la maladie d'Alzheimer et les syndrômes apparentés</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Solal, pp.123-135, 1998</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057143v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Memory for emotional texts about AIDS: Effects of thruth and opinion value</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Read Donald; Lindsay Steve. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recollections of trauma: Scientific evidence and clinical practice</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Plenum Press, pp.451-478, 1997</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prévention des risques dans les APS peut-elle bénéficier à la sécurité routière?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Institut de l'enfance et de la famille. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Du stade au quartier: Rôle du sport dans l'intégration sociale des jeunes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Syros, pp.185-197, 1993</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057140v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation de la prévention des risques dans les Activités Physiques et Sportives</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bilard Jean; Durand Marc. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sport et Psychologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue EPS, pp.279-287, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057139v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'analyse des représentations: Une méthode d'évaluation automatisée pour élaborer un projet pédagogique basé sur les représentations initiales des personnes en formation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Famose Jean-Pierre; Fleurance Philippe; Touchard Yves. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'apprentissage moteur, rôle des représentations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Revue EPS, pp.201-218, 1991</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contribution de la pratique physique des salariés à la réussite de leur entreprise</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Domalain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Guimelli</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Goguelin Pierre. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie du travail, nouveaux enjeux: Développement de l'homme au travail et développement des organisations</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, EAP, pp.91-110, 1989</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03057137v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Souvenir et représentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Bonnet Claude; Hoc Jean-Michel; Tiberghien Guy. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Psychologie, intelligence artificielle et automatique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mardaga, pp.126-137, 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941201v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Training and intervention within organizations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Denis Brouillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Marie Costalat-Founeau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gérard Pithon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Goguelin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Thionville</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Debus Günter; Schroiff Hans-Willi. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The psychology of work and organization: current trends and issues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Elsevier Masson, pp.204-215, 1986</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02941202v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId375"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C0C2861D"/>
+    <w:nsid w:val="BDA3ECFF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -338,51 +338,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-brouillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0643-7345" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03546416X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/22283410" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000037768217" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcogn.2024.1358396" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815716v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345364v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brouillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Perrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-022-01759-8" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345461v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Friston" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2023.103579" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301771v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guerineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c P Heurley" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Sabek" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04995-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345720v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Turo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Collin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10057000" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345332v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Collin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218221086185" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brouillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Versace" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-022-01350-x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345426v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Servajean" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Josa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gimenez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-022-01114-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301829v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morgado" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01535-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345489v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conchita Lallev&#233;-Glorieux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Briglia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15640/jpbs.v9n2a7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678204v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice da Silva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Camus" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Jimenez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Viglieno" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-020-01328-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345498v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/pprij-16000291" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345805v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Brouillet" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur-Henri Michalland" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000507" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03516305v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526208v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Draushika Mooruth" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerdoux-Ninot" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mazzocco" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.607035" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345767v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345578v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gimenez" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/cbb.2020.24.09" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345623v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00114" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345574v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2020.1799925" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03290725v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Th&#233;bault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfister" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820911793" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jailliard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Trouillet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2019.1625870" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02937786v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fraisse" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000449" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02366991v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#224;n Vi&#231;en&#231; Josa" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Murday" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00472" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khater" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Fenianos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/IJESNR.2019.17.555957" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101611v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Derozier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5190-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063594v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099396v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brunel" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.13752" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02409001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Servajean" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel C. Brunel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2017.12.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063445v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caporossi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2011.12.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063609v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1316650" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301911v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006617715378" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04560521v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984225v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687003v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000237" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468275v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Milhau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-016-0788-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vagnot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijop.12210" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HJLPVX58-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062951v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sevos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grosselin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pellet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01551" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468280v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-016-1160-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062953v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.072.0135" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062947v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Dressaire" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Stone" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristy Nielson" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2014.919898" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062945v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-014-0600-6" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03997091v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062949v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maury" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Der Elst" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2014.10.013" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996859v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gautheron" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fluss" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2015.07.324" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468290v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00237" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468284v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470218.2014.967256" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005621v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bortolon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Krikorian" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romieu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pon.3438" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/292190A9C0E0F9486FA87CDBFC403E4A01F0D544/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063298v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-014-0703-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067485v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/531938" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984226v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rolland-Thiers" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503313001036" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468307v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-012-0527-z" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8P9S588Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062943v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815900" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062935v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2013.06.008" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468328v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062939v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Royer" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Billard" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2011.564512" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062944v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0028718" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062940v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy-Servanin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062937v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Schneider" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice-Guy Barral" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2010.11.013" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0NHGNKQW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062938v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024742" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876340v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2010.03.003" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H47RK6H0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061824v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2009.12.011" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594281v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Di Jorio" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.29.939-957" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/97B4DBF5D481AF06EB10F93FF1FB080FED2EE396/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062936v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0019732" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062059v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2008.09.001" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NBD4B7Z5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061769v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2009.02.009" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H363R3CV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061768v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0714980809090023" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2BBC07F16016E3A6FD2AC194DF9F40F5EBAEA747/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801877v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier," TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Streff Anouk" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061828v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061767v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico-Duarte" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0008-400X.40.4.211" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061763v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Delcor" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cadopi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061564v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayiota Kendeou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. van den Broek" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01638530701792784" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061805v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cjep2007004" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061566v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Jim&#233;nez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cpl.3083" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061854v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Staudt" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Reilhac" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cjep2007031" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061762v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Tarrago" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-7006(06)76152-8" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061761v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guidi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-7006(05)82418-2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061838v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Parveau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(05)85374-3" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061837v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny de La Haye" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.05.001" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7ZXGWV17-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061620v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Syssau Vaccarella" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960299v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Versace" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04561793v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutt&#233;" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867610v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rousset" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388652v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00588603v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Laurent" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074461v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075725v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincenot" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074463v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321233v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico Duarte" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074450v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910469v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pagel-Grechi" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074458v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075662v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910567v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074446v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910468v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069600v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069604v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Spitzer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069603v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Munch" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069601v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069599v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069598v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069596v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069597v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069595v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Domalain" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leblanc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941138v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chamard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069594v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974538v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya S&#233;biane" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;lan" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076619v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerqueda" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076469v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Luminet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076470v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076471v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076472v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molinier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076615v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076429v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gygax" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428144v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163580v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Versace" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume T. Vallet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050211v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy-Vi&#233;mon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bourgey" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051201v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050914v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050128v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054447v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050436v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051200v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050435v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815706v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.coell.2024.01" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057711v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057151v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Large" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pha&#232;ne Sala" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057150v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057149v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055950v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055854v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055949v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055948v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057147v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057145v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941137v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Groen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057144v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Calmettes" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057143v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gimet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057142v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057140v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057139v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057138v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057137v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guimelli" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941201v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941202v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Costalat-Founeau" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pithon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Goguelin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thionville" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-brouillet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-0643-7345" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/03546416X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/22283410" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://isni.org/isni/0000000037768217" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04426978v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Brouillet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fcogn.2024.1358396" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815716v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345364v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Brouillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Rousset" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Perrin" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-022-01759-8" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345461v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl Friston" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.concog.2023.103579" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301771v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Guerineau" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c P Heurley" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Sabek" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Dru" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12144-023-04995-2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345720v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sibylle Turo" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Collin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.10057000" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345332v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Collin" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/17470218221086185" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345357v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brouillet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Versace" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13421-022-01350-x" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345426v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Servajean" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Josa" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gimenez" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Turo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-022-01114-0" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301829v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Morgado" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-021-01535-0" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345489v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Conchita Lallev&#233;-Glorieux" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Briglia" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Martin" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.15640/jpbs.v9n2a7" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03678204v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice da Silva" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Camus" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Jimenez" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Viglieno" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-020-01328-x" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345805v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Brouillet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur-Henri Michalland" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000507" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03516305v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23880/pprij-16000291" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03526208v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Draushika Mooruth" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guerdoux-Ninot" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;mence Mazzocco" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2021.607035" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345498v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345767v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345574v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13825585.2020.1799925" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345623v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2020.00114" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345578v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Gimenez" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24193/cbb.2020.24.09" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03290725v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Th&#233;bault" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Pfister" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1747021820911793" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04345659v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Jailliard" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Trouillet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13803395.2019.1625870" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02366991v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rom&#224;n Vi&#231;en&#231; Josa" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Murday" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Palluel-Germain" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2019.00472" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02937786v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fraisse" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1027/1618-3169/a000449" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063610v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carla Khater" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johnny Fenianos" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Arnaud" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.19080/IJESNR.2019.17.555957" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02101611v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Derozier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chabrier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00221-018-5190-x" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02099396v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Brunel" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Dinomais" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/dmcn.13752" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063594v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-02409001v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Servajean" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel C. Brunel" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmp.2017.12.002" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063445v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Caporossi" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.psfr.2011.12.001" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063609v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.1316650" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04301911v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutte" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0301006617715378" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04560521v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Heurley" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984225v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687003v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/xhp0000237" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468275v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Milhau" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Coello" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-016-0788-8" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468274v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Vagnot" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ijop.12210" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HJLPVX58-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062951v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessica Sevos" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Grosselin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Pellet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Massoubre" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2016.01551" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468280v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13423-016-1160-0" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062953v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rne.072.0135" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lyon2.fr/hal-03997091v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00426-014-0600-6" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062949v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Maury" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wim van Der Elst" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.archger.2014.10.013" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01996859v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Gautheron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Fluss" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rehab.2015.07.324" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062945v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062947v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D&#233;borah Dressaire" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Stone" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristy Nielson" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/02699931.2014.919898" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468290v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpsyg.2015.00237" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468284v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17470218.2014.967256" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02005621v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Bortolon" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Krikorian" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Carayol" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Romieu" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pon.3438" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/292190A9C0E0F9486FA87CDBFC403E4A01F0D544/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063298v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3758/s13414-014-0703-6" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468307v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10339-012-0527-z" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-8P9S588Z-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062935v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2013.06.008" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062943v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Simoneau-Buessinger" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sebastien Leteneur" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10255842.2013.815900" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01984226v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Rolland-Thiers" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4074/S0003503313001036" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067485v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2013/531938" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01468328v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062944v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Adam" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0028718" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062939v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Royer" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Bellot" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Billard" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/13546805.2011.564512" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062940v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabrielle Chesnoy-Servanin" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062938v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0024742" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062937v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Schneider" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice-Guy Barral" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.schres.2010.11.013" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0NHGNKQW-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02876340v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actpsy.2010.03.003" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H47RK6H0-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02594281v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Di Jorio" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Bringay" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Laurent" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/tsi.29.939-957" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/97B4DBF5D481AF06EB10F93FF1FB080FED2EE396/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061824v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.encep.2009.12.011" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062936v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/a0019732" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062059v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2008.09.001" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NBD4B7Z5-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00801877v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Ferrier," TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Streff Anouk" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Melissa Barkat-Defradas" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061768v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0714980809090023" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/2BBC07F16016E3A6FD2AC194DF9F40F5EBAEA747/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061769v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pscychresns.2009.02.009" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-H363R3CV-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061828v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061767v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico-Duarte" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/0008-400X.40.4.211" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061763v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lor&#232;ne Delcor" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Deligni&#232;res" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Cadopi" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061564v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Blanc" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panayiota Kendeou" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul W. van den Broek" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/01638530701792784" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061805v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine G&#233;ly-Nargeot" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cjep2007004" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061566v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Jim&#233;nez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cpl.3083" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061854v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Staudt" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Reilhac" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1037/cjep2007031" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061762v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Tarrago" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-7006(06)76152-8" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061761v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Guidi" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0013-7006(05)82418-2" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061838v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-C. Parveau" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0035-3787(05)85374-3" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061837v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny de La Haye" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.erap.2005.05.001" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7ZXGWV17-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061620v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arielle Syssau Vaccarella" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04960299v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remy Versace" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04561793v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Coutt&#233;" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00867610v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Rousset" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Versace" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/hal-03388652v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00588603v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Laurent" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Roche" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074461v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075725v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Vincenot" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074463v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00321233v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliana Rico Duarte" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074450v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074458v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910469v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pagel-Grechi" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075662v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910567v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074446v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02910468v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069600v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069604v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Spitzer" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069603v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Munch" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069601v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069599v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069598v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069596v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069597v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069595v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Domalain" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Leblanc" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941138v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Chamard" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069594v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01974538v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baya S&#233;biane" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine M&#233;lan" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076619v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Cerqueda" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076469v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Luminet" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076470v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076471v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076472v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Molinier" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076615v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076429v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Gygax" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04428144v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03163580v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Versace" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume T. Vallet" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050211v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Leroy-Vi&#233;mon" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Bourgey" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051201v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050914v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050128v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054447v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050436v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051200v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050435v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04815706v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arco.coell.2024.01" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057711v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057151v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Claire Large" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pha&#232;ne Sala" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057150v1" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057149v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055950v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055854v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055949v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055948v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057147v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057145v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941137v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Groen" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057144v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephanie Calmettes" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057143v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Gimet" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057142v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057140v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057139v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057138v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057137v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Guimelli" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941201v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02941202v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Costalat-Founeau" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Pithon" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Goguelin" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Thionville" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>