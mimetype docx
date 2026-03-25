--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -234,697 +234,697 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05497238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quantitative monitoring of ketamine's impact on synaptic density using 11C-UCB-J PET imaging in the corticosterone mouse model of anxiety/depression</w:t>
+                <w:t xml:space="preserve">Plasma kynurenine pathway metabolite levels increase in depressed patients after antidepressant treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cassandre Corvo</w:t>
+                <w:t xml:space="preserve">Romain Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Goutal</w:t>
+                <w:t xml:space="preserve">Kenneth Chappell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indira Mendez-David</w:t>
+                <w:t xml:space="preserve">Khalil El Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Leterrier</w:t>
+                <w:t xml:space="preserve">Bruno Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabien Caille</w:t>
+                <w:t xml:space="preserve">Philippe Chanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 129, pp.92-99. </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41380-025-03369-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.05.025⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05491087v1</w:t>
+                <w:t xml:space="preserve">hal-05099071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic α5‐GABA‐A Receptor Potentiation Promotes Mouse Adult Hippocampal Neurogenesis</w:t>
+                <w:t xml:space="preserve">Synaptic Vesicle 2A (SV2A) Positron Emission Tomography (PET) Imaging as a Marker of Therapeutic Response in a Mouse Model of Depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas D. Prevot</w:t>
+                <w:t xml:space="preserve">Cassandre Corvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michael Marcotte</w:t>
+                <w:t xml:space="preserve">Indira Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis J. David</w:t>
+                <w:t xml:space="preserve">Sébastien Goutal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Indira Mendez‐david</w:t>
+                <w:t xml:space="preserve">Wadad Saba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Md Yeunus Mian</w:t>
+                <w:t xml:space="preserve">Michel Bottlaender</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hippocampus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 35 (4), pp.e70019. </w:t>
+              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 8 (2), pp.339-345. </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hipo.70019⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05299983v1</w:t>
+                <w:t xml:space="preserve">hal-05034545v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic, combinatorial targeting of NMDARs and 5-HT4Rs exerts extended behavioral effects against stress-induced perseverative behavior and hyponeophagia</w:t>
+                <w:t xml:space="preserve">Chronic α5‐GABA‐A Receptor Potentiation Promotes Mouse Adult Hippocampal Neurogenesis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Briana K Chen</w:t>
+                <w:t xml:space="preserve">Thomas D. Prevot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alicia Whye</w:t>
+                <w:t xml:space="preserve">Michael Marcotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Louise C Matthews</w:t>
+                <w:t xml:space="preserve">Denis J. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Taylor Moniz</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Indira Mendez-David</w:t>
+                <w:t xml:space="preserve">Indira Mendez‐david</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Md Yeunus Mian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41386-025-02107-1⟩</w:t>
+              <w:t xml:space="preserve">Hippocampus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 35 (4), pp.e70019. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hipo.70019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05059155v1</w:t>
+                <w:t xml:space="preserve">hal-05299983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma kynurenine pathway metabolite levels increase in depressed patients after antidepressant treatment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Chronic, combinatorial targeting of NMDARs and 5-HT4Rs exerts extended behavioral effects against stress-induced perseverative behavior and hyponeophagia</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kenneth Chappell</w:t>
+                <w:t xml:space="preserve">Briana K Chen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Khalil El Asmar</w:t>
+                <w:t xml:space="preserve">Alicia Whye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno Fève</w:t>
+                <w:t xml:space="preserve">Louise C Matthews</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Chanson</w:t>
+                <w:t xml:space="preserve">Taylor Moniz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indira Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain, Behavior, and Immunity</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 129, pp.92-99. </w:t>
+              <w:t xml:space="preserve">Neuropsychopharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.bbi.2025.05.025⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41386-025-02107-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05099071v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05059155v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synaptic Vesicle 2A (SV2A) Positron Emission Tomography (PET) Imaging as a Marker of Therapeutic Response in a Mouse Model of Depression</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+                <w:t xml:space="preserve">Quantitative monitoring of ketamine's impact on synaptic density using 11C-UCB-J PET imaging in the corticosterone mouse model of anxiety/depression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cassandre Corvo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Goutal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indira Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wadad Saba</w:t>
+                <w:t xml:space="preserve">Sarah Leterrier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michel Bottlaender</w:t>
+                <w:t xml:space="preserve">Fabien Caille</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Pharmacology &amp; Translational Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 8 (2), pp.339-345. </w:t>
+              <w:t xml:space="preserve">Molecular Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1021/acsptsci.4c00621⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41380-025-03369-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05034545v1</w:t>
+                <w:t xml:space="preserve">hal-05491087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Psilocybin as Transformative Fast‐Acting Antidepressant : Pharmacological Properties and Molecular Mechanisms</w:t>
               </w:r>
@@ -1042,632 +1042,632 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05237520v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrahippocampal injection of a selective blocker of NMDA receptors containing the GluN2B subunit, Ro25-6981, increases glutamate neurotransmission and induces antidepressant-like effects</w:t>
+                <w:t xml:space="preserve">Metabolomic profiles of 38 acylcarnitines in major depressive episodes before and after treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julie Doan</w:t>
+                <w:t xml:space="preserve">Abd El Kader Ait Tayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Colle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Chappell</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Defaix</w:t>
+                <w:t xml:space="preserve">Khalil El-Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I. Mendez-David</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Romain Colle</w:t>
+                <w:t xml:space="preserve">Cécile Acquaviva-Bourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/fcp.12917⟩</w:t>
+              <w:t xml:space="preserve">Psychological Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, pp.1-10. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/S003329172300140X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04334562v1</w:t>
+                <w:t xml:space="preserve">hal-04337621v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metabolomic profiles of 38 acylcarnitines in major depressive episodes before and after treatment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Intrahippocampal injection of a selective blocker of NMDA receptors containing the GluN2B subunit, Ro25-6981, increases glutamate neurotransmission and induces antidepressant-like effects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julie Doan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abd El Kader Ait Tayeb</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId35" w:history="1">
+                <w:t xml:space="preserve">Céline Defaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Mendez-David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Michel Gardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Colle</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécile Acquaviva-Bourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Medicine</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, pp.1-10. </w:t>
+              <w:t xml:space="preserve">Fundamental &amp; Clinical Pharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 37 (6), pp.1119-1128. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/S003329172300140X⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1111/fcp.12917⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04337621v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04334562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intranasal (R, S)-ketamine delivery induces sustained antidepressant effects associated with changes in cortical balance of excitatory/inhibitory synaptic activity</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A complex relation between levels of adult hippocampal neurogenesis and expression of the immature neuron marker doublecortin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Mendez-David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis J. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Mai Loan Nguyen</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">I. Mendez-David</w:t>
+                <w:t xml:space="preserve">Claudine Deloménie</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Tritschler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Isabelle Etting</w:t>
+                <w:t xml:space="preserve">Laurent Tritchler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Martin Beaulieu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropharmacology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.109357⟩</w:t>
+              <w:t xml:space="preserve">Hippocampus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 33 (10), pp.1075-1093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/hipo.23568⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04068678v1</w:t>
+                <w:t xml:space="preserve">hal-04271280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A complex relation between levels of adult hippocampal neurogenesis and expression of the immature neuron marker doublecortin</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId55" w:history="1">
+                <w:t xml:space="preserve">Intranasal (R, S)-ketamine delivery induces sustained antidepressant effects associated with changes in cortical balance of excitatory/inhibitory synaptic activity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thi Mai Loan Nguyen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Defaix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean Martin Beaulieu</w:t>
+                <w:t xml:space="preserve">Laurent Tritschler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Etting</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hippocampus</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 33 (10), pp.1075-1093. </w:t>
+              <w:t xml:space="preserve">Neuropharmacology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 225, </w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/hipo.23568⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuropharm.2022.109357⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04271280v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04068678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The GG genotype of the serotonin 4 receptor genetic polymorphism, rs1345697, is associated with lower remission rates after antidepressant treatment: Findings from the METADAP cohort</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vianney Poinsignon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil El Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indira Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1712,766 +1712,766 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04020973v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma acetyl- l -carnitine and l -carnitine in major depressive episodes: a case–control study before and after treatment</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cécile Acquaviva-Bourdain</w:t>
+                <w:t xml:space="preserve">Blood microbiota and metabolomic signature of major depression before and after antidepressant treatment: a prospective case–control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dragos Ciocan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Marie Cassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Becquemont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Verstuyft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cosmin Sebastian Voican</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Psychological Medicine</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1017/S003329172100413X⟩</w:t>
+              <w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 46 (3), pp.E358-E368. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1503/jpn.200159⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04021012v1</w:t>
+                <w:t xml:space="preserve">hal-04020991v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The olfactory deficits of depressed patients are restored after remission with venlafaxine treatment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil El Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Verstuyft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Marie Lledo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Françoise Lazarini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Psychological Medicine</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, pp.1-9. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1017/S0033291720003918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">pasteur-03242612v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Blood microbiota and metabolomic signature of major depression before and after antidepressant treatment: a prospective case–control study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Cosmin Sebastian Voican</w:t>
+                <w:t xml:space="preserve">Plasma acetyl- l -carnitine and l -carnitine in major depressive episodes: a case–control study before and after treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abd El Kader Ait Tayeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Colle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil El-Asmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kenneth Chappell</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Acquaviva-Bourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Psychiatry and Neuroscience</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 46 (3), pp.E358-E368. </w:t>
+              <w:t xml:space="preserve">Psychological Medicine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 10 (6), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1503/jpn.200159⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/S003329172100413X⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04020991v2</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021012v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chronic Corticosterone Elevation Suppresses Adult Hippocampal Neurogenesis by Hyperphosphorylating Huntingtin</w:t>
+                <w:t xml:space="preserve">Rapid Anxiolytic Effects of RS67333, a Serotonin Type 4 Receptor Agonist, and Diazepam, a Benzodiazepine, Are Mediated by Projections From the Prefrontal Cortex to the Dorsal Raphe Nucleus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fabienne Agasse</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Indira Mendez-David</w:t>
+                <w:t xml:space="preserve">Charlène Faye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">René Hen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wilhelm Christaller</w:t>
+                <w:t xml:space="preserve">Bruno P. Guiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine A. Denny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Carpentier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Barbara Y. Braz</w:t>
+                <w:t xml:space="preserve">Alain M. Gardier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cell Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.107865⟩</w:t>
+              <w:t xml:space="preserve">Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 87, pp.514 - 525. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biopsych.2019.08.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03491369v1</w:t>
+                <w:t xml:space="preserve">hal-03489347v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rapid Anxiolytic Effects of RS67333, a Serotonin Type 4 Receptor Agonist, and Diazepam, a Benzodiazepine, Are Mediated by Projections From the Prefrontal Cortex to the Dorsal Raphe Nucleus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Chronic Corticosterone Elevation Suppresses Adult Hippocampal Neurogenesis by Hyperphosphorylating Huntingtin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Agasse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indira Mendez-David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charlène Faye</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">René Hen</w:t>
+                <w:t xml:space="preserve">Wilhelm Christaller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bruno P. Guiard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Christine A. Denny</w:t>
+                <w:t xml:space="preserve">Rémi Carpentier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain M. Gardier</w:t>
+                <w:t xml:space="preserve">Barbara Y. Braz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biological Psychiatry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 87, pp.514 - 525. </w:t>
+              <w:t xml:space="preserve">Cell Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 32, pp.107865 -. </w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.biopsych.2019.08.009⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.celrep.2020.107865⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03489347v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03491369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peripheral tryptophan, serotonin, kynurenine, and their metabolites in major depression: A case–control study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Perrine Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Verstuyft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Fève</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Werner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2516,295 +2516,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04021047v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association of β-arrestin2 polymorphisms with response to antidepressant treatment in depressed patients</w:t>
+                <w:t xml:space="preserve">Modulation of AMPA receptor surface diffusion restores hippocampal plasticity and memory in Huntington’s disease models</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anne-Cécile Petit</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Denis David</w:t>
+                <w:t xml:space="preserve">Hongyu Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alain Gardier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Laurent Becquemont</w:t>
+                <w:t xml:space="preserve">Chunlei Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Vincent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Zala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Benstaali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2017.10.006⟩</w:t>
+              <w:t xml:space="preserve">Nature Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41467-018-06675-3⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04006827v1</w:t>
+                <w:t xml:space="preserve">hal-02325352v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modulation of AMPA receptor surface diffusion restores hippocampal plasticity and memory in Huntington’s disease models</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">The association of β-arrestin2 polymorphisms with response to antidepressant treatment in depressed patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diana Zala</w:t>
+                <w:t xml:space="preserve">Anne-Cécile Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Khalil El Asmar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caroline Benstaali</w:t>
+                <w:t xml:space="preserve">Alain Gardier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Becquemont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 9 (1), </w:t>
+              <w:t xml:space="preserve">Progress in Neuro-Psychopharmacology and Biological Psychiatry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 81, pp.74-79. </w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41467-018-06675-3⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pnpbp.2017.10.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02325352v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04006827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Photoelectron Energy Loss in Al(002) Revisited: Retrieval of the Single Plasmon Loss Energy Distribution by a Fourier Transform Method</w:t>
               </w:r>
@@ -2901,442 +2901,442 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01778088v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Derivation of Hamaker Dispersion Energy of Amorphous Carbon Surfaces in Contact with Liquids Using Photoelectron Energy-Loss Spectra</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christian Godet</w:t>
+                <w:t xml:space="preserve">No impact of eight NTRK2 genetic polymorphisms on 6-month antidepressant efficacy in depressed patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Deflesselle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Verstuyft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Cécile Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brazilian Journal of Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s13538-017-0521-0⟩</w:t>
+              <w:t xml:space="preserve">Pharmacogenomics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 18 (4), pp.349-357. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2217/pgs-2016-0165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01655081v1</w:t>
+                <w:t xml:space="preserve">hal-04021208v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plasma BDNF Level in Major Depression: Biomarker of the Val66Met BDNF Polymorphism and of the Clinical Course in Met Carrier Patients</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Séverine Trabado</w:t>
+                <w:t xml:space="preserve">Derivation of Hamaker Dispersion Energy of Amorphous Carbon Surfaces in Contact with Liquids Using Photoelectron Energy-Loss Spectra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Godet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuropsychobiology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000478862⟩</w:t>
+              <w:t xml:space="preserve">Brazilian Journal of Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 47 (6), pp.594 - 605. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s13538-017-0521-0⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04021201v1</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01655081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">No impact of eight NTRK2 genetic polymorphisms on 6-month antidepressant efficacy in depressed patients</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Plasma BDNF Level in Major Depression: Biomarker of the Val66Met BDNF Polymorphism and of the Clinical Course in Met Carrier Patients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Colle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Séverine Trabado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Deflesselle</w:t>
-[...32 lines deleted...]
-            <w:hyperlink r:id="rId125" w:history="1">
+                <w:t xml:space="preserve">Sylvie Brailly-Tabard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hardy</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Pharmacogenomics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 18 (4), pp.349-357. </w:t>
+              <w:t xml:space="preserve">Neuropsychobiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 75 (1), pp.39-45. </w:t>
             </w:r>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.2217/pgs-2016-0165⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000478862⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04021208v1</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04021201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Catechol-O-methyltransferase Val(108/158)Met Genetic Polymorphism cannot be Recommended as a Biomarker for the Prediction of Venlafaxine Efficacy in Patients Treated in Psychiatric Settings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adela Taranu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khalil El Asmar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Romain Colle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Ferreri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3638,77 +3638,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Blockade of the high-affinity noradrenaline transporter (NET) by the selective 5-HT reuptake inhibitor escitalopram: an in vivo microdialysis study in mice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hai T. Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno P. Guiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Bacq</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis J. David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indira David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -4068,51 +4068,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peripheral signature of response to electroconvulsive seizure in a murine model of anxiety/depression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Guilloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indira Mendez-David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Henry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4450,123 +4450,123 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">No impact of eight NTRK2 genetic polymorphisms on 6-month antidepressant efficacy in depressed patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Deflesselle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Verstuyft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne-Cécile Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017, pp.349-357. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2217/pgs-2016-0165⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04006799v1</w:t>
@@ -5007,51 +5007,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497238v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Cussotto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma R. Abdennebi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Etting" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A. Denny" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-026-00928-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491087v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Corvo" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goutal" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Mendez-David" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leterrier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caille" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03369-3" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299983v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D. Prevot" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marcotte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis J. David" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Mendez&#8208;david" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Yeunus Mian" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.70019" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059155v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briana K Chen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Whye" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise C Matthews" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Moniz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-025-02107-1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099071v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Colle" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Chappell" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil El Asmar" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno F&#232;ve" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.05.025" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034545v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadad Saba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bottlaender" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00621" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237520v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiath Adebo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Bonnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Laouej" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Defaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine C. Mcgowan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.70038" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334562v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doan" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Defaix" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mendez-David" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michel Gardier" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12917" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04337621v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Kader Ait Tayeb" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil El-Asmar" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Acquaviva-Bourdain" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003329172300140X" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068678v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mai Loan Nguyen" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tritschler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.109357" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271280v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Delom&#233;nie" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tritchler" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martin Beaulieu" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.23568" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020973v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Poinsignon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis David" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2021.12.012" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021012v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003329172100413X" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242612v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verstuyft" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lazarini" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033291720003918" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020991v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Ciocan" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cassard" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Becquemont" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sebastian Voican" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.200159" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491369v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Agasse" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Christaller" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carpentier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Y. Braz" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.107865" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489347v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Faye" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno P. Guiard" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M. Gardier" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2019.08.009" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021047v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Masson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Werner" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pcn.12944" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006827v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Petit" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gardier" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2017.10.006" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325352v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Zhang" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunlei Zhang" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vincent" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zala" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benstaali" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06675-3" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Godet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mancir da Silva Santana" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailton Souza de Almeida" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13538-018-0566-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01655081v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13538-017-0521-0" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021201v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Trabado" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brailly-Tabard" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hardy" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000478862" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021208v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deflesselle" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/pgs-2016-0165" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676317v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Taranu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ferreri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Polosan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcpt.12827" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01372807v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.06.044" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623890v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Goni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bordet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Azuar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2016.01.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542328v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai T. Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bacq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira David" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1476-5381.2012.01850.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673857v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Sabbah" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Solal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.026" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663692v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.APSUSC.2009.02.050" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733923v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guilloux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Plaze" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2019.03.883" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388106v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor M. da Silva Santana" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ferreira da Silva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123880v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Pinault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ballutaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006799v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123889v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123863v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05497238v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofia Cussotto" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salma R. Abdennebi" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Etting" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine A. Denny" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Hen" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41522-026-00928-6" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05099071v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Colle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kenneth Chappell" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil El Asmar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno F&#232;ve" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbi.2025.05.025" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05034545v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cassandre Corvo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Mendez-David" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Goutal" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wadad Saba" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bottlaender" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsptsci.4c00621" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299983v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas D. Prevot" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Marcotte" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis J. David" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira Mendez&#8208;david" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Md Yeunus Mian" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.70019" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05059155v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Briana K Chen" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Whye" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise C Matthews" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Taylor Moniz" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41386-025-02107-1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05491087v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Leterrier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Caille" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41380-025-03369-3" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05237520v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Makiath Adebo" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilda Bonnet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ons Laouej" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Celine Defaix" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josephine C. Mcgowan" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.70038" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://universite-paris-saclay.hal.science/hal-04337621v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abd El Kader Ait Tayeb" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khalil El-Asmar" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Acquaviva-Bourdain" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003329172300140X" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04334562v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Doan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Defaix" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Mendez-David" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Michel Gardier" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/fcp.12917" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04271280v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Delom&#233;nie" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tritchler" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Martin Beaulieu" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hipo.23568" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04068678v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Mai Loan Nguyen" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Tritschler" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuropharm.2022.109357" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020973v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vianney Poinsignon" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis David" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jad.2021.12.012" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04020991v2" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dragos Ciocan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Marie Cassard" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Becquemont" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Verstuyft" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cosmin Sebastian Voican" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1503/jpn.200159" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pasteur.hal.science/pasteur-03242612v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Marie Lledo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Lazarini" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S0033291720003918" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021012v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S003329172100413X" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03489347v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Faye" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno P. Guiard" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain M. Gardier" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2019.08.009" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03491369v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Agasse" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilhelm Christaller" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Carpentier" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Y. Braz" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.celrep.2020.107865" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021047v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Perrine Masson" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Werner" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/pcn.12944" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02325352v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Zhang" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chunlei Zhang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Vincent" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Zala" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Benstaali" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-018-06675-3" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006827v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-C&#233;cile Petit" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Gardier" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pnpbp.2017.10.006" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01778088v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Godet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Mancir da Silva Santana" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jailton Souza de Almeida" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13538-018-0566-8" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021208v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deflesselle" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Hardy" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2217/pgs-2016-0165" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01655081v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s13538-017-0521-0" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04021201v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;verine Trabado" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Brailly-Tabard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000478862" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01676317v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adela Taranu" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Ferreri" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mircea Polosan" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bcpt.12827" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01372807v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2016.06.044" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03623890v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Corvol" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvia Goni" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Bordet" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Azuar" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Blin" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.therap.2016.01.001" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01542328v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hai T. Nguyen" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bacq" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Indira David" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1476-5381.2012.01850.x" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00673857v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hussein Sabbah" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Soraya Ababou-Girard" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francine Solal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jnoncrysol.2012.01.026" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00663692v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/J.APSUSC.2009.02.050" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02733923v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Guilloux" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Henry" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Attali" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Plaze" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biopsych.2019.03.883" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02388106v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor M. da Silva Santana" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antonio Ferreira da Silva" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123880v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-A. Pinault" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Ballutaud" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006799v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123889v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01123863v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>