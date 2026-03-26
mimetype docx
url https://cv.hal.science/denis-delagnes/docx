--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -721,295 +721,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04748364v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of Austenitization Parameters on the Precipitation Sequence and the Chemical Homogenization of Austenite in a High-Performance Fe–Ni–Cr–Al–Ti–Mo Stainless Maraging Steel</w:t>
+                <w:t xml:space="preserve">Oxidation of Thin Nickel-Based Superalloy Specimens: Kinetics Study and Mechanical Integrity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stella Ancey-Rocchi</w:t>
+                <w:t xml:space="preserve">Charles Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vanessa Vidal</w:t>
+                <w:t xml:space="preserve">Damien Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Poulain</w:t>
+                <w:t xml:space="preserve">Clara Desgranges</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Billot</w:t>
+                <w:t xml:space="preserve">Jonathan Cormier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Bechet</w:t>
+                <w:t xml:space="preserve">Stéphane Knittel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 52 (10), pp.4623-4635. </w:t>
+              <w:t xml:space="preserve">Oxidation of Metals</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 96 (1-2), pp.169 - 182. </w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11661-021-06415-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11085-021-10075-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03328533v1</w:t>
+                <w:t xml:space="preserve">hal-03291064v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oxidation of Thin Nickel-Based Superalloy Specimens: Kinetics Study and Mechanical Integrity</w:t>
+                <w:t xml:space="preserve">Influence of Austenitization Parameters on the Precipitation Sequence and the Chemical Homogenization of Austenite in a High-Performance Fe–Ni–Cr–Al–Ti–Mo Stainless Maraging Steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Charles Romain</w:t>
+                <w:t xml:space="preserve">Stella Ancey-Rocchi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Texier</w:t>
+                <w:t xml:space="preserve">Vanessa Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Clara Desgranges</w:t>
+                <w:t xml:space="preserve">Thibault Poulain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jonathan Cormier</w:t>
+                <w:t xml:space="preserve">Thomas Billot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Knittel</w:t>
+                <w:t xml:space="preserve">Denis Bechet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Oxidation of Metals</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2021, 96 (1-2), pp.169 - 182. </w:t>
+              <w:t xml:space="preserve">Metallurgical and Materials Transactions A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 52 (10), pp.4623-4635. </w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s11085-021-10075-2⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1007/s11661-021-06415-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03291064v1</w:t>
+                <w:t xml:space="preserve">hal-03328533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the cooling rate below Ms on the martensitic transformation in a low alloy medium-carbon steel</w:t>
               </w:r>
@@ -1125,51 +1125,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of strain rate and temperature on the deformation mechanisms of a fine-grained Ti-6Al-4V alloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1625,346 +1625,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01687313v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental investigation and thermodynamic modeling of molybdenum and vanadium-containing carbide hardened iron-based alloys</w:t>
+                <w:t xml:space="preserve">Thermo-mechanical fatigue behaviour of welded tubular parts made of ferritic stainless steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Cabrol</w:t>
+                <w:t xml:space="preserve">Marie-Cécile Robin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédric Bellot</w:t>
+                <w:t xml:space="preserve">Roland E. Logé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pascal Lamesle</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Delagnes</w:t>
+                <w:t xml:space="preserve">Pierre-Olivier Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Povoden-Karadeniz</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Stéphanie da Costa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2013, 556, pp.203-209. </w:t>
+              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 54, pp.84 - 98. </w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.12.119⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2013.04.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687317v1</w:t>
+                <w:t xml:space="preserve">hal-01398870v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo-mechanical fatigue behaviour of welded tubular parts made of ferritic stainless steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marie-Cécile Robin</w:t>
+                <w:t xml:space="preserve">Experimental investigation and thermodynamic modeling of molybdenum and vanadium-containing carbide hardened iron-based alloys</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Cabrol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Bellot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Povoden-Karadeniz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fatigue</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijfatigue.2013.04.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 556, pp.203-209. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2012.12.119⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01398870v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687317v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">XRD Synchrotron Study of Carbide Precipitation in Martensitic Steels During Tempering</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2011,77 +2011,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing cementite-free martensitic steels : a new route to improve the ultimate tensile strength-fracture toughness balance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux et Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 100 (Hors-Série), p.76-78</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2106,77 +2106,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mécanismes de précipitation dans les aciers martensitiques au carbone : caractérisation par DRX synchrotron et simulation thermocinétique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Matériaux et Techniques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 100 (Hors-Série), p.117-118</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2195,265 +2195,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01847791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cementite-free martensitic steels: A new route to develop high strength/high toughness grades by modifying the conventional precipitation sequence during tempering</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Small-angle neutron scattering of multiphase secondary hardening steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikael Perrut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Helene Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.07.030⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 47 (4), pp.1920-1929. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s10853-011-5982-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01687325v1</w:t>
+                <w:t xml:space="preserve">hal-01687332v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Small-angle neutron scattering of multiphase secondary hardening steels</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Cementite-free martensitic steels: A new route to develop high strength/high toughness grades by modifying the conventional precipitation sequence during tempering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Pettinari-Sturmel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. H. Mathon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mikael Perrut</w:t>
+                <w:t xml:space="preserve">Raphaële Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Helene Mathon</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frédéric Danoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Science</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 47 (4), pp.1920-1929. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 60 (16), pp.5877-5888. </w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s10853-011-5982-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2012.07.030⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01687332v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01687325v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyclic behaviour and plastic strain memory effect of 55NiCrMoV7 steel under low cycle fatigue</w:t>
               </w:r>
@@ -2543,64 +2543,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Atom probe tomography investigation of assisted precipitation of secondary hardening carbides in a medium carbon martensitic steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Raphaële Danoix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Akre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2979,239 +2979,226 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The effect of the addition of alloying elements on carbide precipitation and mechanical properties in 5% chromium martensitic steels</w:t>
+                <w:t xml:space="preserve">Microstructure variation and hardness diminution during low cycle fatigue of 55NiCrMoV7 steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Michaud</w:t>
+                <w:t xml:space="preserve">Zhan-Ping Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yu-Hong Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Levaillant</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bernhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 55 (14), pp.4877-4889. </w:t>
+              <w:t xml:space="preserve">Journal of Iron and Steel Research International</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 14 (6), pp.68-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.actamat.2007.05.004⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/S1006-706X(07)60093-4⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715082v1</w:t>
+                <w:t xml:space="preserve">hal-01715083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caractérisation et simulation de la précipitation de carbures au cours du revenu d'un acier martensitique bas silicium AISI H11</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mauries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernst Kozeschnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bulletin du cercle d'études des métaux</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2007, 17 (18), 7 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3222,152 +3209,165 @@
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure variation and hardness diminution during low cycle fatigue of 55NiCrMoV7 steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhan-Ping Zhang</w:t>
+                <w:t xml:space="preserve">The effect of the addition of alloying elements on carbide precipitation and mechanical properties in 5% chromium martensitic steels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Michaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lamesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. H. Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yu-Hong Qi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bernhart</w:t>
+                <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Iron and Steel Research International</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 14 (6), pp.68-73. </w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 55 (14), pp.4877-4889. </w:t>
             </w:r>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/S1006-706X(07)60093-4⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.actamat.2007.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01715083v1</w:t>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01715082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Une approche méthodique, expérimentale et théorique de la composition et des traitements thermiques de la famille des aciers 5%Cr pour accroître les performances des empreintes d'injection d'alliages d'aluminium</w:t>
               </w:r>
@@ -3699,64 +3699,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence des revenus sur la microstructure des aciers à outils pour mise en forme à chaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Michaud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Traitement Thermique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2006, 370, p.41-47</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3911,90 +3911,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of silicon content on the precipitation of secondary carbides and fatigue properties of a 5%Cr tempered martensitic steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. H. Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N Mebarki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2005, 394 (1-2), pp.435-444. </w:t>
             </w:r>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
@@ -4212,399 +4212,399 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01851440v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructures and properties of the tempered steel 55NiCrMoV7</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Yuhong Qi</w:t>
+                <w:t xml:space="preserve">Microstructure evolution of hot-work tool steels during tempering and definition of a kinetic law based on hardness measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Z Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bernhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">HEAT TREATMENT OF METALS</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 380 (1-2), pp.222-230. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2004.03.067⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId144" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01847820v1</w:t>
+                <w:t xml:space="preserve">hal-01715086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId145" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between microstructure and mechanical properties of a 5% Cr tempered martensitic tool steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">N Mebarki</w:t>
+                <w:t xml:space="preserve">Microstructures and properties of the tempered steel 55NiCrMoV7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanping Zhang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yuhong Qi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Christophe Levaillant</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bernhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">HEAT TREATMENT OF METALS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 29 (3), p.27-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2004.02.073⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01715085v1</w:t>
+                <w:t xml:space="preserve">hal-01847820v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Microstructure evolution of hot-work tool steels during tempering and definition of a kinetic law based on hardness measurements</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Relationship between microstructure and mechanical properties of a 5% Cr tempered martensitic tool steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Delagnes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lamesle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Z Zhang</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bernhart</w:t>
+                <w:t xml:space="preserve">François Delmas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Materials Science and Engineering: A</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2004, 380 (1-2), pp.222-230. </w:t>
+              <w:t xml:space="preserve">, 2004, 387-389, pp.171-175. </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.msea.2004.03.067⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.msea.2004.02.073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01715086v1</w:t>
+                <w:t xml:space="preserve">hal-01715085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anisothermal cyclic plasticity modelling of martensitic steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4819,51 +4819,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhad Rezai-Aria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Grellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4936,51 +4936,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhad Rezai-Aria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Grellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5076,51 +5076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Troutet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Velay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5344,51 +5344,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Vallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Genee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5439,51 +5439,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mechanical behaviour and microstructural evolution in fine grain Ti-6Al-4V alloy under superplastic conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5655,51 +5655,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Superplasticity in Fine Grain Ti-6Al-4V Alloy: Mechanical Behavior and Microstructural Evolution</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Despax</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vanessa Vidal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6053,51 +6053,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of the quenching rate and step-wise cooling temperatures on microstructural and tensile properties of PER72 (R) Ni-based superalloy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Le Baillif</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6174,77 +6174,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Developing cementite-free martensitic steels : a relevant route to obtain high strength-high toughness steels for tools applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Béchet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -6380,429 +6380,429 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01715077v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effect of the LCF loading cycle characteristics on the fatigue life of inconel 718 at high temperature</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Influence of testing and tempering temperatures on fatigue behaviour, life and crack initiation mechanisms in a 5%Cr martensitic steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Philippe Lours</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Farhad Rezai-Aria</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">7th International symposium on superalloy 718 and derivatives</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">FATIGUE 2010 - 10th International fatigue congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Prague, Czech Republic. pp.427-439, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.proeng.2010.03.047⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId201" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01760282v1</w:t>
+                <w:t xml:space="preserve">hal-01666703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId204" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of testing and tempering temperatures on fatigue behaviour, life and crack initiation mechanisms in a 5%Cr martensitic steel</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Influence du traitement thermique sur la ténacité et la propagation de fissures pour l'acier à 5% Cr</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Inès Souki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Christophe Levaillant</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Lours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FATIGUE 2010 - 10th International fatigue congress</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Matériaux 2010</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Nantes, France. 13 p</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId204" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01666703v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01771343v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId204" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence du traitement thermique sur la ténacité et la propagation de fissures pour l'acier à 5% Cr</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Inès Souki</w:t>
+                <w:t xml:space="preserve">Effect of the LCF loading cycle characteristics on the fatigue life of inconel 718 at high temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabio Taina</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Pasqualon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Velay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Lours</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Matériaux 2010</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2010, Nantes, France. 13 p</w:t>
+              <w:t xml:space="preserve">7th International symposium on superalloy 718 and derivatives</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2010, Pittsburgh, United States. p.893-905</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01771343v1</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01760282v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Precipitation of carbides during the heat treatment of modified AISI H11 steels : comparison between experimental results and thermokinetic modelling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mauries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédric Bellot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernst Kozeschnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ITC -8th International Tooling Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2009, Aachen, Germany. p.737-750</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6840,90 +6840,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characterization and simulation of carbide precipitation during tempering of low silicon AISI H11 hot-work tool steel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Mauries</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ernst Kozeschnik</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The 1st International Symposium on Steel Science -IS3 2007</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2007, Kyoto, Japan. pp.175-178</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6961,51 +6961,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Study of the mechanical behavior of welded tubular joints for a better prediction of their life under thermo mechanical fatigue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cécile Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Loge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7086,51 +7086,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Car manifold's fatigue life under thermo mechanical loadings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Cécile Robin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Olivier Bouchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Roland Loge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7293,103 +7293,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Influence of chemical composition on the precipitation of secondary carbides in modified AISI H11 hot-work tool steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId215" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Hélène Mathon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">TOOL 06 -7th International tooling conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2006, Torino, Italy. p.733-740</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7522,103 +7522,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effects of alloying elements on carbides precipitation and fatigue properties of modified AISI H11 hot-work tool steels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Michaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Richy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICIT 2005 -5th International Conference on Industrial Tools</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2005, Velenje, Slovenia. p.165-170</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7758,243 +7758,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01788428v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tempering effect on cyclic behaviour of a martensitic tool steel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Zhanping Zhang</w:t>
+                <w:t xml:space="preserve">Relationship between microstructure and mechanical properties of a 5% Cr hot work tool steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Mebarki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Lamesle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gérard Bernhart</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Levaillant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Delmas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th international tooling conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2002, Karlstad, Sweden. p.573-589</w:t>
+              <w:t xml:space="preserve">, Sep 2002, Karlstad, Sweden. p.617-632</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01788444v1</w:t>
+                <w:t xml:space="preserve">hal-01788442v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between microstructure and mechanical properties of a 5% Cr hot work tool steel</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Pascal Lamesle</w:t>
+                <w:t xml:space="preserve">Tempering effect on cyclic behaviour of a martensitic tool steel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zhanping Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">François Delmas</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Bernhart</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th international tooling conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2002, Karlstad, Sweden. p.617-632</w:t>
+              <w:t xml:space="preserve">, Sep 2002, Karlstad, Sweden. p.573-589</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01788442v1</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01788444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Single specimen methodology for elasto-viscoplastic fatigue model identification of martensitic steels</w:t>
               </w:r>
@@ -8006,51 +8006,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Bernhart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bg Choi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z Zhang</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8304,51 +8304,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Farhad Rezai-Aria</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">André Grellier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8438,51 +8438,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Lefloc'H</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">SP 97 -4th Decennial international conference on solidification processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 1997, Sheffield, United Kingdom. p.195-197</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8533,51 +8533,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Samrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochdi El Abdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8654,51 +8654,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Houssam Samrout</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rochdi El Abdi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Levaillant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8794,51 +8794,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Vallot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Genee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Damien Texier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Delagnes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9304,51 +9304,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="C7EC1EAE"/>
+    <w:nsid w:val="291C4512"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -9535,51 +9535,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-delagnes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9229-0003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143117262" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3774-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05306504v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Sadeghifar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Billardon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delagnes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Champliaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tahan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-025-09825-5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131091v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Messaadi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lachal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Quidort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perruchot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-025-07847-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05007423v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mondi&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deneux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Binot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.03.230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04748364v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03328533v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Ancey-Rocchi" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vidal" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Poulain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Billot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bechet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06415-1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03291064v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romain" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Desgranges" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Knittel" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10075-2" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03196654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Hong Liu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jahazi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2021.02.075" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02863273v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Despax" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsumoto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139718" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01761384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine D&#233;neux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.03.041" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493174v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugras Kus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mainguy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201600348" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687313v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kedjar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2013.03.065" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687317v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cabrol" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellot" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lamesle" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Povoden-Karadeniz" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.12.119" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398870v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland E. Log&#233;" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bouchard" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie da Costa" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2013.04.004" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B5W2DX2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687316v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40195-013-0078-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851415v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847791v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687325v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Mathon" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.030" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687332v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Perrut" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Mathon" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-011-5982-x" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Zhanping" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bernhart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-011-0321-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715078v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Akre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grellier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03537.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851422v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Velay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMP.2008.018735" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384451v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.378-379.81" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715080v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanping Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2007.05.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715082v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaud" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levaillant" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.05.004" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mauries" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Kozeschnik" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715083v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhan-Ping Zhang" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hong Qi" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1006-706X(07)60093-4" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grellier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Richy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruzafa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715081v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2006.03.007" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847805v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhong Qi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851433v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Penazzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2005.00939.x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715084v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mebarki" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.11.050" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847819v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847820v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715085v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.02.073" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715086v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Zhang" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.03.067" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715087v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0142-1123(01)00182-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701678v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Moulinier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brucelle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0142-1123(98)00064-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EFB971BAF8D5DA2FC3F1312D4A7520328FAD2A6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851452v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Rezai-Aria" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/199987010039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05272039v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Troutet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Poulat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.qde2025p0078" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04908425v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Quidort" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lachal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guatteri" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33313/300/031" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202702v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vallot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Genee" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02384341v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032111011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02970864v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864428v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Geyer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.385.137" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629312v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Le Nu&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Cloue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Mathon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Puech" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis B&#233;chet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.879.413" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633720v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevallier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119296126.ch108" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611618v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Baillif" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumont" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141421002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760272v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715077v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Souki" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lours" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2011.04.105" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760282v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Taina" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pasqualon" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666703v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.047" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771343v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764793v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760297v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771393v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Loge" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760293v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788411v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788409v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Mathon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796834v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796832v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788428v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788444v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788442v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mebarki" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715088v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bg Choi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796859v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799142v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799146v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799157v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Decultieux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefloc'H" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799217v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Samrout" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochdi El Abdi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tico" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799216v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607881v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02168256v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Weibel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817744-0.00003-9" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01729191v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/tel-04651233v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998ENMP0803" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-delagnes" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-9229-0003" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/143117262" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/B-3774-2014" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05306504v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morteza Sadeghifar" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rene Billardon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Delagnes" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Champliaud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tahan" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11043-025-09825-5" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05131091v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myriam Dumont" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maha Messaadi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Lachal" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Quidort" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Perruchot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-025-07847-9" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05007423v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Mondi&#232;re" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Deneux" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Binot" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2025.03.230" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04748364v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmat.2024.105184" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03291064v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Romain" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Texier" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Desgranges" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jonathan Cormier" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Knittel" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11085-021-10075-2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03328533v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stella Ancey-Rocchi" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanessa Vidal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Poulain" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Billot" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Bechet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11661-021-06415-1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-03196654v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jia-Hong Liu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jahazi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmrt.2021.02.075" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02863273v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Despax" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moukrane Dehmas" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hiroaki Matsumoto" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2020.139718" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01761384v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine D&#233;neux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Binot" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchar.2018.03.041" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01493174v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Mani&#232;re" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ugras Kus" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Durand" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ronan Mainguy" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julitte Huez" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201600348" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687313v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Pettinari-Sturmel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Kedjar" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l Douin" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gatel" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2013.03.065" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01398870v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland E. Log&#233;" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Olivier Bouchard" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie da Costa" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2013.04.004" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2B5W2DX2-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687317v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Cabrol" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Bellot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Lamesle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Povoden-Karadeniz" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2012.12.119" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687316v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s40195-013-0078-z" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851415v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847791v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687332v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mikael Perrut" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Helene Mathon" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-011-5982-x" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01687325v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. H. Mathon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;le Danoix" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Danoix" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2012.07.030" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715079v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhang Zhanping" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Bernhart" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12598-011-0321-6" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715078v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Akre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Grellier" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2818.2011.03537.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851422v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Velay" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJMMP.2008.018735" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384451v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/KEM.378-379.81" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715080v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhanping Zhang" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2007.05.003" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715083v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhan-Ping Zhang" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu-Hong Qi" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S1006-706X(07)60093-4" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851431v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Mauries" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Michaud" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ernst Kozeschnik" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715082v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Levaillant" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2007.05.004" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847806v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Grellier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Richy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ruzafa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715081v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Zhang" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijfatigue.2006.03.007" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847805v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuhong Qi" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaojun Wang" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851433v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01384443v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Penazzi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1460-2695.2005.00939.x" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715084v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Mebarki" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.11.050" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847819v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851440v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715086v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z Zhang" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.03.067" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01847820v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715085v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Delmas" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2004.02.073" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715087v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0142-1123(01)00182-7" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01701678v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G Moulinier" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Brucelle" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0142-1123(98)00064-4" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/EFB971BAF8D5DA2FC3F1312D4A7520328FAD2A6F/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851452v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Farhad Rezai-Aria" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/mattech/199987010039" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01851453v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-05272039v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Troutet" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlie Poulat" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31399/asm.cp.qde2025p0078" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-04908425v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Quidort" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lachal" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Guatteri" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.33313/300/031" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202702v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Vallot" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Genee" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02384341v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/202032111011" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-ales.hal.science/hal-02970864v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233;-Marie Lopez-Cuesta" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01864428v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Geyer" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/DDF.385.137" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01629312v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charline Le Nu&#233;" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Marc Cloue" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Helene Mathon" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Puech" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis B&#233;chet" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.879.413" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01633720v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Geoffroy Chevallier" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Estournes" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/9781119296126.ch108" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01611618v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Le Baillif" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Dumont" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/matecconf/20141421002" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760272v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715077v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=In&#232;s Souki" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Lours" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2011.04.105" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01666703v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.proeng.2010.03.047" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771343v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760282v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabio Taina" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Pasqualon" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01764793v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760297v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01771393v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie C&#233;cile Robin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Loge" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01760293v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788411v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788409v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie H&#233;l&#232;ne Mathon" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796834v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796832v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788428v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788442v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Mebarki" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01788444v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01715088v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bg Choi" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01796859v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799142v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799146v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799157v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Decultieux" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lefloc'H" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799217v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houssam Samrout" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rochdi El Abdi" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;atrice Tico" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799216v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04607881v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-02168256v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alicia Weibel" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/B978-0-12-817744-0.00003-9" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/hal-01729191v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-mines-albi.hal.science/tel-04651233v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/1998ENMP0803" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>