--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -178,1636 +178,1528 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Chapitre d'ouvrage (4)</w:t>
-[...406 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Ouvrages (9)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tensions aux frontières des institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Wuilleumier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Demailly</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, A paraître</w:t>
+              <w:t xml:space="preserve">L'Harmattan, 2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04883897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'avenir des institutions publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2022, 978-2-14-020730-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04883884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le faire sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Presses de l'USMB, 2018, 2919732838</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04884076v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le faire sociologique. Epreuves et horizons d'une recherche impliquée.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université Savoie Mont Blanc, 42, pp.211, 2018, Sociétés Religions Politiques, 978-2-919732-83-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01897558v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La ségrégation scolaire</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Essais de sociologie institutionnaliste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, 2015, 2-7475-9618-4</w:t>
+              <w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-06532-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04884099v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04884040v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Essais de sociologie institutionnaliste</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">La ségrégation scolaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">L'Harmattan, 2015, 978-2-343-06532-8</w:t>
+              <w:t xml:space="preserve">L'Harmattan, 2015, 2-7475-9618-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04884040v1</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04884099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violences et institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rostaing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">editions du cnrs, 2011, 9782271072221</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04884085v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Violences et institutions. Réguler, innover et résister ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rostaing</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Editions du CNRS, pp.231, 2011, 978-2-271-07222-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00975837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voix des acteurs faibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédérique Giuliani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Paul Payet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Rennes, 2008, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/books.pur.13048⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04883986v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chapitre d'ouvrage (3)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nos vies aux frontières des institutions. Le cas d’une femme atteinte d’un cancer du sein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Tensions aux frontières des institutions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, A paraître</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04883970v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sociologie comme manière de vivre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Institutions et questions morales contemporaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université Laval; Presses universitaires de laval, pp.55-74, 2023, 9782766301874. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2307/jj.8085245.5⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04883928v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Processus systémiques de vulnérabilisation en territoire de montagne et dynamiques institutionnelles. Le cas de la Haute-Romanche</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Gabillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bally</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lavorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frédérique Giuliani</w:t>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">halshs-04883986v1</w:t>
+                <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vulnérabilités et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kairos, 2018, 9791092726404</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04883957v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Pré-publication, Document de travail (8)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La portée morale et éthique de la sociologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04080725v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quel(s) avenir(s) pour la « reconnaissance du projet de vie des personnes » dans les institutions éducatives et médico-sociales ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-02167843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La conversation sociologique : vers une alternative à l’enquête ? Le faire sociologique entre Pays Imaginaire et Pays des Merveilles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01896042v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Quels mandats éducatifs pour des institutions publiques &amp;quot;non-scolaires&amp;quot;?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01531148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Émotions et théorisation sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01140989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etre ou ne pas être éco-citoyen : une question d'institutions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00710116v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La vie des institutions publiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00618695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment survivent les institutions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2004</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00839255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1817,91 +1709,91 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'institution. Usages et portée d'un concept polymorphe dans un parcours sociologique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Sociologie. Université Savoie Mont-Blanc, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">HDR</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-03710416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1911,1885 +1803,1885 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La « crise du Chambon », de nouveaux liens entre territoire, institutions, populations et sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 28 (1), pp.24-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/nss/2020019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-03141410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La « crise du Chambon », de nouveaux liens entre territoire, institutions, populations et sciences</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Natures Sciences Sociétés</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 28 (1), pp.24-34. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1051/nss/2020019⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04883814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mustering the power of ecosystems for adaptation to climate change</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le mandat éducatif des institutions publiques contemporaines. Quelles transformations ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.envsci.2018.11.010⟩</w:t>
+              <w:t xml:space="preserve">SociologieS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/sociologies.10059⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02013648v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04883786v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le mandat éducatif des institutions publiques contemporaines. Quelles transformations ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">La perception de la qualité au prisme des temporalités: les temps de l’aide à domicile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Gucher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Alvarez</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SociologieS</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/sociologies.10059⟩</w:t>
+              <w:t xml:space="preserve">Gérontologie et Société</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 41 (160), pp.47-59. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/gs1.160.0047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04883786v1</w:t>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02415895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La perception de la qualité au prisme des temporalités: les temps de l’aide à domicile</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Mustering the power of ecosystems for adaptation to climate change</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandra Lavorel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Colloff</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Russell Gorddard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suzanne Prober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Gérontologie et Société</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/gs1.160.0047⟩</w:t>
+              <w:t xml:space="preserve">Environmental Science &amp; Policy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 92, pp.87-97. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envsci.2018.11.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-02415895v1</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02013648v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« Enquêter ensemble ». Formes d’émancipation des individus et recompositions des institutions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">José Aguilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Calmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">José Aguilar</w:t>
+                <w:t xml:space="preserve">Marie-Ève Carreta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Svetlana Evsina</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, n° 20 (4), pp.117-132. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/vsoc.174.0117⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04884058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la disjonction entre qualité de vie et qualité de l’aide à domicile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, n° 17 (1), pp.55-70. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/vsoc.171.0055⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04884050v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la disjonction entre qualité de vie et qualité de l'aide à domicile. Vers une compréhension des phénomènes de non recours et de non adhésion.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Vivre chez soi soutenu par des aides humaines, 17, pp.55-70</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01526864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la disjonction entre qualité de vie et qualité de l'aide à domicile. Vers une compréhension des phénomènes de non-recours et de non adhésion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjamin Vial</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Vie sociale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 14, pp.49-64</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01418256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Choix-liberté, choix-responsabilité et choix-autonomie : de l’idéologie politique aux formes pratiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lien social et Politiques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 66, pp.19-37. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.7202/1008871ar⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId72" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04884031v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'institution et le nouvel entrant : entre reconnaissance et contrainte (Prison, travail social)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédérique Giuliani</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rostaing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tsantsa. Revue de la Société Suisse d'Ethnologie / Zeitschrift der Schweizerischen Ethnologischen Gesellschaft / Journal of the Swiss Ethnological Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, 16, pp.18-28</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00965979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le scénario facteur 4 : les rhétoriques institutionnelles au regard des conduites ordinaires en matière de consommation d’énergie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chavanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Joly-Rissoan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Chavanon</w:t>
+                <w:t xml:space="preserve">Roland Raymond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Tabois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Développement durable et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Facteur 4 / Factor 4, 2 (1), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/developpementdurable.8717⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04705123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand l'institution scolaire cherche à lutter contre les inégalités... Conditions, portée et limites d'une innovation administrative</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Le scénario facteur 4 : les rhétoriques institutionnelles au regard des conduites ordinaires en matière de consommation d’énergie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chavanon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Odile Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roland Raymond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Tabois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/es.027.0053⟩</w:t>
+              <w:t xml:space="preserve">Développement durable et territoires</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Vol. 2, n° 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/developpementdurable.8785⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04884024v1</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04884018v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le scénario facteur 4 : les rhétoriques institutionnelles au regard des conduites ordinaires en matière de consommation d’énergie</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+                <w:t xml:space="preserve">Quand l'institution scolaire cherche à lutter contre les inégalités... Conditions, portée et limites d'une innovation administrative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Stéphanie Tabois</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Développement durable et territoires</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4000/developpementdurable.8785⟩</w:t>
+              <w:t xml:space="preserve">Education et Sociétés : Revue internationale de sociologie de l'éducation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, n° 27 (1), pp.53-66. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/es.027.0053⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-04884018v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04884024v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des « esprits d'État » face à la ségrégation scolaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Actes de la Recherche en Sciences Sociales</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, n° 180 (5), pp.64-73. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3917/arss.180.0063⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04883991v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'accès aux sphères politiques et sociales des retraités : quelles formes de participation et de représentation ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les carnets de Retraite et société</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 1, pp.9-37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00484580v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pour une sociologie des institutions publiques contemporaines</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Socio-logos</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 4, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.4000/socio-logos.2317⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04883982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3799,1065 +3691,1065 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aléas naturels et vulnérabilités territoriales : construction de retours d’expériences sur la crise en cours du Chambon et leurs effets sur la résilience sociétale.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13ème rencontre annuelle Géorisque : Retours d’expérience post-catastrophes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université Paul Valery, Jan 2017, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01802640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paysage et déphasages dans les rapports homme -milieu. Le cas de la Haute-Romanche et de la « crise du Chambon »</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire "Paysages" du LLSETI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2017, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01679148v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vulnérabilités institutionnelles et résilience territoriale : la construction incertaine d'une trajectoire adaptative en réponse à la &amp;quot;crise du Chambon&amp;quot; en Haute-Romanche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les défis de développement pour les villes et les régions dans une Europe en mutation</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, ASRDLF - ERSA, Jul 2017, Athènes, Grèce</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01578912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Temporalité et dyssynchronie des réponses dans la construction de vulnérabilités territoriales : la frise chronosystémique comme méthodologie pour une approche rétrospective du traitement de l’urgence et préparatoire à une approche prospective des changements : le cas du Chambon (Isère)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque LADYSS/CIST – Les temps des territoires,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Mar 2017, Nanterre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Processus systémiques de vulnérabilisation en territoires de montagne et dynamiques institutionnelles : le cas de la Haute-Romanche.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bally</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Gabillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandra Lavorel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Peyrache-Gadeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque international Société d’Ecologie Humaine : Vulnérabilités et territoires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université de Bourgogne, Centre Georges Chevrier, Oct 2016, Dijon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01803492v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le chercheur, les institutions et leurs acteurs faibles: expertise ou conversation?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XXVIIème Colloque européen du réseau REFUTS: "L'ingénierie sociale en Europe. Quel rôle pour les travailleurs sociaux et les «personnes concernées» ?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Réseau REFUTS, Jul 2016, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01350708v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comment renaturaliser les institutions?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès 2015 de l'Association Française de Sociologie sur le thème "La sociologie, une science contre nature?"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Saint Quentin en Yvelines, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-01191880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'institutionnalisation d'un projet de développement territorial : ni rupture, ni permanence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L'institutionnalisation d'un projet de développement territorial : ni rupture, ni permanence</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2014, La Ferrière (38), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00991431v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les institutions comme évènements qui font suite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Les institutions comme évènements qui font suite</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00904167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux frontières des institutions publiques : vers un déclin de l'asymétrie?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Aux frontières des institutions publiques : vers un déclin de l'asymétrie?</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00914587v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les institutions publiques contribuent-elles à créer un ordre social?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès de l'Association Française de Sociologie - Réseau thématique 40 Sociologie des institutions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2011, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00839102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des institutions et des acteurs faibles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque "Reconnaissance, reliance et transactions". MISHA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2009, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00839279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -4867,143 +4759,143 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non recours et non adhésion : la disjonction des notions de &amp;quot;qualité de vie&amp;quot; et &amp;quot;qualité de l'aide à domicile</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Alvarez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chauveaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Warin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00603984v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5013,144 +4905,144 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Face à l'allongement de la durée de vie, quelle représentation politique et sociale des retraités ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elsa Guillalot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Gucher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Annie Mollier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Laforgue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00382205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId108"/>
+      <w:footerReference w:type="default" r:id="rId106"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -5218,51 +5110,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="8470276A"/>
+    <w:nsid w:val="5C144F6D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -5449,51 +5341,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-laforgue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8361-9821" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05132275v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lila Le Trividic Harrache" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wuilleumier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Demailly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laforgue" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883970v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883928v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.8085245.5" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883957v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gabillet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bally" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Peyrache-Gadeau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883897v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883884v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884076v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897558v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884099v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884040v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884085v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rostaing" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975837v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883986v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giuliani" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Payet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.13048" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080725v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02167843v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896042v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01531148v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01140989v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00710116v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00618695v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839255v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03710416v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141410v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020019" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883814v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013648v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Colloff" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Locatelli" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Gorddard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Prober" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2018.11.010" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FVDFHQ0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883786v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.10059" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02415895v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gucher" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alvarez" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.160.0047" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884058v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Aguilar" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Calmo" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#200;ve Carreta" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Evsina" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.174.0117" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884050v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vial" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Warin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.171.0055" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526864v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418256v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884031v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1008871ar" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965979v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705123v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chavanon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Joly-Rissoan" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Raymond" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tabois" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8717" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884024v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.027.0053" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884018v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Joly" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8785" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883991v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.180.0063" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484580v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883982v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2317" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01802640v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01679148v2" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578912v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01803482v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01803492v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350708v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01191880v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00991431v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00904167v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00914587v2" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839102v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839279v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603984v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chauveaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382205v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Guillalot" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Mollier" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-laforgue" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0009-0009-8361-9821" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883897v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Laforgue" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Wuilleumier" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Demailly" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883884v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884076v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01897558v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884040v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884099v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884085v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rostaing" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00975837v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883986v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Giuliani" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Payet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/books.pur.13048" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883970v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883928v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2307/jj.8085245.5" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Gabillet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bally" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Lavorel" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Peyrache-Gadeau" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04080725v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02167843v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01896042v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01531148v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01140989v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00710116v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00618695v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839255v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/tel-03710416v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03141410v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/nss/2020019" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883814v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883786v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/sociologies.10059" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02415895v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Gucher" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Alvarez" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/gs1.160.0047" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02013648v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Colloff" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Locatelli" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Russell Gorddard" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suzanne Prober" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2018.11.010" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2FVDFHQ0-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884058v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Aguilar" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Calmo" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-&#200;ve Carreta" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Svetlana Evsina" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.174.0117" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884050v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Vial" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Warin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/vsoc.171.0055" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01526864v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01418256v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884031v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1008871ar" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00965979v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705123v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chavanon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Joly-Rissoan" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Raymond" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Tabois" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8717" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884018v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Odile Joly" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/developpementdurable.8785" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04884024v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/es.027.0053" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883991v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/arss.180.0063" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00484580v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04883982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/socio-logos.2317" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01802640v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01679148v2" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01578912v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01803482v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sde.hal.science/hal-01803492v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01350708v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01191880v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00991431v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00904167v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00914587v2" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839102v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-00839279v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00603984v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chauveaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00382205v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elsa Guillalot" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Mollier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>