--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -1341,295 +1341,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04056494v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A scanning probe microscopy study of nanostructured TiO 2 /poly(3-hexylthiophene) hybrid heterojunctions for photovoltaic applications</w:t>
+                <w:t xml:space="preserve">Characterization of photoresist films exposed to high-dose implantation conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurie Letertre</w:t>
+                <w:t xml:space="preserve">Marion Croisy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Roland Roche</w:t>
+                <w:t xml:space="preserve">Erwine Pargon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Olivier Douhéret</w:t>
+                <w:t xml:space="preserve">Cécile Jenny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hailu Kassa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Mariolle</w:t>
+                <w:t xml:space="preserve">Claire Richard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Guiheux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3762/bjnano.9.197⟩</w:t>
+              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B, Nanotechnology and Microelectronics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 36 (1), pp.011201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1116/1.5004127⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01977470v1</w:t>
+                <w:t xml:space="preserve">hal-01942735v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Characterization of photoresist films exposed to high-dose implantation conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A scanning probe microscopy study of nanostructured TiO 2 /poly(3-hexylthiophene) hybrid heterojunctions for photovoltaic applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erwine Pargon</w:t>
+                <w:t xml:space="preserve">Laurie Letertre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Jenny</w:t>
+                <w:t xml:space="preserve">Roland Roche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Richard</w:t>
+                <w:t xml:space="preserve">Olivier Douhéret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Guiheux</w:t>
+                <w:t xml:space="preserve">Hailu Kassa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Vacuum Science &amp; Technology B, Nanotechnology and Microelectronics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 36 (1), pp.011201. </w:t>
+              <w:t xml:space="preserve">Beilstein Journal of Nanotechnology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 9, pp.2087-2096. </w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1116/1.5004127⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3762/bjnano.9.197⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01942735v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01977470v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low-temperature and scalable CVD route to WS2 monolayers on SiO2/Si substrates</w:t>
               </w:r>
@@ -2543,303 +2543,303 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01597203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Core level photoelectron spectromicroscopy with Al Kalpha1 excitation at 500 nm spatial resolution</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aspects of lateral resolution in energy-filtered core level photoelectron emission microscopy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Bailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Renault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Aude Bailly</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicholas Barrett</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tristan Desrues</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Mariolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Electron Spectroscopy and Related Phenomena</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.elspec.2009.03.008⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21, pp.314002. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/21/31/314002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00704963v1</w:t>
+                <w:t xml:space="preserve">hal-00685501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aspects of lateral resolution in energy-filtered core level photoelectron emission microscopy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Core level photoelectron spectromicroscopy with Al Kalpha1 excitation at 500 nm spatial resolution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Renault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maylis Lavayssière</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aude Bailly</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Renault</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Mariolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicholas Barrett</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Electron Spectroscopy and Related Phenomena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 171, pp.68. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.elspec.2009.03.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/21/31/314002⟩</w:t>
-[...8 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00685501v1</w:t>
+                <w:t xml:space="preserve">hal-00704963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Local silicon doping as a promoter of patterned electrografting of diazonium for directed surface functionalization</w:t>
               </w:r>
@@ -4402,51 +4402,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="929E279D"/>
+    <w:nsid w:val="9BD7ED91"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4633,51 +4633,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-mariolle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358013v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Legallais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Poche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Vito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marcucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Singh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c02005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillemin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gergaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coig" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109960" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04305100v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Roussey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veillerot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariolle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr00404j" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241129v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kaltsounis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Haas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafossas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Torrengo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishwajeet Maurya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2023.111964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04216907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Spelta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0002573" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04216926v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Templier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2023.108743" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03627683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Kaja" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jouiad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0038335" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jacquier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Falconet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c01944" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056494v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawhar Ferrah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Arias-Zapata" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b02249" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977470v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Letertre" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Roche" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Douh&#233;ret" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hailu Kassa" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.197" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01942735v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Croisy" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwine Pargon" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jenny" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guiheux" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5004127" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872852v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rouchon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nolot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4996550" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546112v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Altamura" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Horvath" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Rengaraj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#228;elle Rongier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Elouarzaki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2616" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235862v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peschot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poulain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11220-015-0124-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084783v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mathey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Alphazan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Valla" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fontaine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b03408" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616552v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rauer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rieutord" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2443-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01477558v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Lavayssi&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Escher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Barrett" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.01.014" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597203v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Celle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mouchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonato" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9094326" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704963v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bailly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2009.03.008" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51KH4RM6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685501v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Desrues" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/31/314002" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704906v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Charlier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Palacin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Leroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane del Frari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Zagonel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b800572a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-60ZXKCK9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351739v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aim&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marsaudon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Levy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Bonnot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11671-007-9065-5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.05.061" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBR9JGX8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04409019v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelineau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masante" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chretien" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472749v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fleury" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Geni&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass A Benayad" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Xavier Thivel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974535v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pouch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Triozon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04207613v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Gayot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Manceau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruhat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03689189v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecouvey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Coquand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099238v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939834v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Borowik" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Barb&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bussmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cheynis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939829v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-mariolle" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358013v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Legallais" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Le Poche" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric de Vito" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Marcucci" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Singh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsaem.5c02005" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358050v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Xu" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Guillemin" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Bernier" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Gergaud" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Coig" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mssp.2025.109960" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04305100v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Perrot" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Roussey" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass Benayad" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Veillerot" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Mariolle" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d3nr00404j" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241129v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Kaltsounis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helge Haas" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Lafossas" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simona Torrengo" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vishwajeet Maurya" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mee.2023.111964" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04216907v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tarek Spelta" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Martinez" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/6.0002573" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04216926v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roselyne Templier" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sse.2023.108743" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03627683v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Kaja" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adnan Naja" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Jouiad" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0038335" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03354102v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Jacquier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Henri Jouneau" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Falconet" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Th&#233;venon" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.1c01944" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04056494v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djawhar Ferrah" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Renault" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniil Marinov" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javier Arias-Zapata" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.8b02249" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-01942735v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Croisy" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwine Pargon" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Jenny" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Guiheux" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.5004127" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01977470v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Letertre" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roland Roche" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Douh&#233;ret" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hailu Kassa" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3762/bjnano.9.197" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01872852v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Cadot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rouchon" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Nolot" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1116/1.4996550" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01546112v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Altamura" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Horvath" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saravanan Rengaraj" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=An&#228;elle Rongier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kamal Elouarzaki" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nchem.2616" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01235862v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Peschot" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Vincent" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Poulain" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Houz&#233;" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11220-015-0124-1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02084783v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mathey" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Alphazan" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxence Valla" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Veyre" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Fontaine" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.jpcc.5b03408" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01616552v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rauer" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hubert Moriceau" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Rieutord" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Hartmann" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frank Fournel" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00542-015-2443-5" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-01477558v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maylis Lavayssi&#232;re" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthias Escher" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicholas Barrett" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2013.01.014" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01597203v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Celle" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Mouchet" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Rouvi&#232;re" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Simonato" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/jp9094326" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00685501v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Bailly" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Desrues" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/21/31/314002" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704963v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.elspec.2009.03.008" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-51KH4RM6-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704906v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julienne Charlier" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Palacin" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jocelyne Leroy" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Doriane del Frari" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luiz Fernando Zagonel" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b800572a" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-60ZXKCK9-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00351739v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Bernard" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Aim&#233;" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Marsaudon" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Levy" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Marie Bonnot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s11671-007-9065-5" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00704982v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.susc.2007.05.061" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HBR9JGX8-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04409019v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Widiez" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gelineau" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Masante" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Chretien" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Moulin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02472749v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Fleury" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Geni&#232;s" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anass A Benayad" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Xavier Thivel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00974535v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Pouch" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Triozon" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Melin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-04207613v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F&#233;lix Gayot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Manceau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Bruhat" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/cea-03689189v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Lecouvey" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Remi Coquand" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01099238v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939834v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#321;ukasz Borowik" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C Barb&#233;" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Bussmann" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Cheynis" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Leroy" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01939829v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>