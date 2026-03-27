--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (45)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (44)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -291,3119 +291,3050 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04655071v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Managers les présents et les distants</w:t>
+                <w:t xml:space="preserve">Haro sur la parité: nous sommes devenus des obsédés sexuels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2023</w:t>
+              <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518178v1</w:t>
+                <w:t xml:space="preserve">hal-04518184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Haro sur la parité: nous sommes devenus des obsédés sexuels</w:t>
+                <w:t xml:space="preserve">Vivent les erreurs et les échecs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518184v1</w:t>
+                <w:t xml:space="preserve">hal-04518180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vivent les erreurs et les échecs ?</w:t>
+                <w:t xml:space="preserve">« Je suis désolée » : à l’exemple d’Angela Merkel, les dirigeants devraient plus souvent présenter leurs excuses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518154v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nous ne voulons pas vivre ensemble</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">« Je suis désolée » : à l’exemple d’Angela Merkel, les dirigeants devraient plus souvent présenter leurs excuses</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518183v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les livres de croissance personnelle sont utiles. Pourquoi les dénigre-t-on ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Conversation France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021</w:t>
+              <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La RSE : cerise sur le gâteau ou charrue avant les boeufs ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518187v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">Nous ne voulons pas vivre ensemble</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Voici pourquoi les livres de croissance personnelle sont utiles… et pourquoi certains les dénigrent!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Montréal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et si les coûts des congés maternité et paternité étaient mutualisés ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les syndicats sont illégitimes pour négocier sur les retraites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Slate.fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi les sites de rencontre ne tiennent pas leurs promesses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518171v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le bonus/malus, un remède contre les arrêts maladie au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trop de QVT tue la performance !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020</w:t>
+              <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...305 lines deleted...]
-                <w:t xml:space="preserve">Les syndicats sont illégitimes pour négocier sur les retraites</w:t>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518189v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un système de bonus-malus pourrait contrer l'absentéisme au travail</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
-[...89 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Trop de QVT tue la performance !</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le vent tourne : Les femmes bientôt reines du marché du travail !,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mag RH</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Un système de bonus-malus pourrait contrer l'absentéisme au travail</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518190v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hommage aux femmes de déportés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Huffington post</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518232v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les 3 transformations du marché du travail qui affaiblissent votre employabilité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harvard business review France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une négociation qui ne dit pas son nom. La prescription des arrêts de travail par les médecins... et certains patients !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Négociations</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, n° 23 (1), pp.151-167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/neg.023.0151⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Après les attentats, il est venu le temps de l'introspection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Huffington post</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’employabilité pour tous : s’adapter aujourd’hui aux emplois de demain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harvard business review France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettre ouverte à Valérie Trierweiler: merci pour votre livre!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Huffington post</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518237v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les cadres, OS des temps modernes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harvard business review France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518151v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les réseaux sociaux d'entreprise tiennent-ils leurs promesses ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Luc Abelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Aper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriele Maltinti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de l'Ecole de Paris du management</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, N° 110 (6), pp.8-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jepam.110.0008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La collaboration 2.0 dans l’entreprise : entre promesses, utilité et déception</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Harvard business review France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le malaise silencieux des cadres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Huffington post</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518239v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il faut supprimer le statut de cadre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2019</w:t>
+              <w:t xml:space="preserve">, 2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...176 lines deleted...]
-                <w:t xml:space="preserve">Hommage aux femmes de déportés</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Travaillez-vous, même malade?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Le Huffington post</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015</w:t>
+              <w:t xml:space="preserve">, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les 3 transformations du marché du travail qui affaiblissent votre employabilité</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518240v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La stratégie du clair-obscur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harvard business review France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Communication &amp; Organisation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 44, pp.87-98. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/communicationorganisation.4334⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand le rendu de comptes tourne au règlement de comptes. DRH et managers face à l’absentéisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Gautier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Huffington post</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Revue Française de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 39 (237), pp.133-146. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3166/rfg.237.133-146⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">L’employabilité pour tous : s’adapter aujourd’hui aux emplois de demain</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01170390v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La construction de l’urgence au travail et ses effets suivant les statuts hiérarchiques : le cas des mécaniciens et des agents de maîtrise dans le secteur aérien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Harvard business review France</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Nouvelle Revue du travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/nrt.203⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...422 lines deleted...]
-                <w:t xml:space="preserve">Il faut supprimer le statut de cadre</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01887032v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heureux comme vieux en France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014</w:t>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...307 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4000/nrt.203⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">halshs-01887032v1</w:t>
+                <w:t xml:space="preserve">hal-04518269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heureux comme vieux en France</w:t>
+                <w:t xml:space="preserve">Le grand écart de la jeunesse française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518269v1</w:t>
+                <w:t xml:space="preserve">hal-04518270v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le grand écart de la jeunesse française</w:t>
+                <w:t xml:space="preserve">Les figures de la professionnalisation en GRH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 251 (5), pp.101. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/rsg.251.0101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que sont devenus les rescapés des camps libérés il y a 65 ans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...54 lines deleted...]
-                <w:t xml:space="preserve">Patrick Gilbert</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518273v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jeunes : une relation ambivalente avec le travail. Retour sur des idées reçues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue des Sciences de Gestion</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Revue de la Confédération Française Démocratique du Travail (CFDT)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Ce que sont devenus les rescapés des camps libérés il y a 65 ans</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518195v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'insurrection sociale aux oubliettes de l'histoire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">L'insurrection sociale aux oubliettes de l'histoire</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518271v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des parachutes dorés pour les pauvres</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010</w:t>
+              <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04518195v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518276v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Des parachutes dorés pour les pauvres</w:t>
+                <w:t xml:space="preserve">Le dialogue social mérite un «New Deal»</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518276v1</w:t>
+                <w:t xml:space="preserve">hal-04518277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Social: une «insurrection» qui fait pschitt!</w:t>
+                <w:t xml:space="preserve">Les primes de présence: un outil peu efficace contre l'absentéisme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518275v1</w:t>
+                <w:t xml:space="preserve">hal-04518274v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le dialogue social mérite un «New Deal»</w:t>
+                <w:t xml:space="preserve">Les jeunes expliqués à mon DRH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rémunération globale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518197v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mauvais professeurs et bonnes universités</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Les primes de présence: un outil peu efficace contre l'absentéisme</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518278v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Social: une «insurrection» qui fait pschitt!</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...49 lines deleted...]
-                <w:t xml:space="preserve">hal-04518197v1</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518275v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mauvais professeurs et bonnes universités</w:t>
+                <w:t xml:space="preserve">Jusqu'ici tout va bien</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Slate.fr</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId68" w:history="1">
-              <w:r>
-[...67 lines deleted...]
-            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3413,120 +3344,120 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Are we becoming gender maniacs? Analysis and thoughts on 50 years of organizational attention to gender diversity in a bank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518281v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A pay raise, with a bonus cut: The unintended effects of interventions to close the gender pay gap</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3555,211 +3486,211 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2023, Cagliari (Sardaigne), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518282v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId71" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Your Money for my Open-Mindedness! How Incentive Compensation can Persuade Managers to Foster Gender Diversity in their Organization?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518287v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incite then control: Organizational responses to managers’ appropriations of diversity practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vienne (Autriche), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518284v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The insidious gender promotion gap: Gender differences in promotion patterns in a multi-unit bank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3788,73 +3719,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Seattle (USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518283v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The insidious gender promotion gap: Gender differences in promotion patterns in a multi-unit bank</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -3883,1168 +3814,1168 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2022, Vienne (Austria), Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">With or without men? The admission of men into women’s internal networks as a way to reduce gender inequality?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Amsterdam (Hollande), Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Your Money for my Open-Mindedness! How Incentive Compensation can Persuade Managers to Foster Gender Diversity in their Organization?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2020, Hambourg (Germany), Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId77" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Setting the Fox to Guard the Hen House? Impacts of Men’s Admission into Women’s Internal Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2020, Vancouver (BC), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518289v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Why Men Matter? The Admission of Men into Women’s Internal Networks as a Way to Reduce Gender Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518294v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...17 lines deleted...]
-            </w:pPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Only One Life and So Many Options: A Dynamic Model of Work-Life Balancing</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId80" w:history="1">
-              <w:r>
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ariane Ollier-Malaterre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Boston (MA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De l’avantage et de l’inconvénient d’être un homme : Perception d’un chercheur travaillant sur la féminisation d’une banque</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème rencontres des Perspectives critiques en management (CMS) « Les approches critiques de la diversité »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Montreal (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId82" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">With or Without Men? The Admission of Men into Women’s Internal Networks as a Way to Reduce Gender Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EGOS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Edimbourg (Ecosse), United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Too good to reach the top! The ‘good female pupil syndrome’ as a new lens to see gender inequality,</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IE doctoral consortium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2017, Madrid (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">From ‘Gatekeepers’ to ‘Gate Openers’: Men’s Participation in Women’s Internal Networks as a Way to Reduce Gender Inequality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2017, Atlanta (USA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Biting off More than One Can Eat vs. Being on Diet: a Model of Work-Life Decision Making Regarding the Number of Roles Undertaken</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IE doctoral consortium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2016, Madrid (ES), Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Board Directors’ Ethical Dilemma due to Divided Loyalties between Shareholders and the CEO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Anaheim (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Misunderstandings in Sight! Scholars’ vs Laymen’s Conceptions of WLB</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Academy of Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2016, Anaheim (CA), United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId88" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Who can afford a sick leave? When organizational factors play a large part in health inequalities</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inequality, Institutions and Organizations Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Vancouver (Canada), Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Too Much well-being kills well-being? Herzberg revisited</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">XI International Scientific Conference Management and engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2013, Sozopol, Bulgaria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518376v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId90" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">When differences rhyme with both transfer of skills and condescension. The dynamics of a European Works Council (EWC) in a French public company</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Conference of the European Sociological Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Turin (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How to interest employees in something in which they have no interest? The communication managed by the European Works Council of a French public company</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Conference of the European Sociological Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2013, Turin (Italie), Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518302v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5054,565 +4985,565 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Errare managerium est</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Dunod. Dunod, 2021, </w:t>
+            </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...25 lines deleted...]
-            </w:r>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dunod.monne.2021.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517558v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...2 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3917/dunod.monne.2021.01⟩</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment on m'a démotivé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Boeck Supérieur, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dbu.monne.2020.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517564v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...4 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Apprenez à jongler entre vie pro et vie perso !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Boeck. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Boeck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...50 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">, 2020</w:t>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'absentéisme au travail : de l'analyse à l'action!</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015, 978-2-12-465488-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04517675v1</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517685v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'absentéisme au travail : de l'analyse à l'action!</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">2015, 978-2-12-465488-8</w:t>
+                <w:t xml:space="preserve">Le silence des cadres: Enquête sur un malaise</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vuibert. Vuibert, 2014, 978-2311014211</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517685v1</w:t>
+                <w:t xml:space="preserve">hal-04517703v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le silence des cadres: Enquête sur un malaise</w:t>
-[...20 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Le surprésentéisme : travailler malgré la maladie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Boeck Supérieur, 2013, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dbu.monne.20014.01⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04517703v1</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">hal-04517568v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="#410a8c"/>
-[...4 lines deleted...]
-            </w:hyperlink>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les jeunes expliqués aux vieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan. L'Harmattan, 2012, 978-2296996922</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04517568v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518132v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les jeunes expliqués aux vieux</w:t>
-[...19 lines deleted...]
-              <w:t xml:space="preserve">L'Harmattan. L'Harmattan, 2012, 978-2296996922</w:t>
+                <w:t xml:space="preserve">L'absentéisme au travail : de l'analyse à l'action !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Afnor. Afnor, 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
-              <w:r>
-[...60 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04517696v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -5622,412 +5553,412 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chapitre 4. Comment travailler et vivre ensemble au XXIe siècle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Antoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le bilan RH 2020-2021 du MagRH</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, De Boeck Supérieur, pp.109-133, 2022, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/dbu.barab.2021.01.0109⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04517577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lutter contre les stéréotypes et pour la reconnaissance: l’exemple du football féminin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">JFD éditions. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Au-delà du sport: Études de cas en gestion sportive</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, JFD éditions, 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04529353v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...48 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
-              <w:r>
-[...39 lines deleted...]
-            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les « entreprises libérées » : entre fantasmes et réalité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eyrolles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eyrolles, 2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518135v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le « malaise des cadres » : mythe ou réalité ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eyrolles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sociétal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eyrolles, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518136v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
-              <w:r>
-[...20 lines deleted...]
-            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La solidarité comme moyen de lutte contre les risques psycho-sociaux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eyrolles. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Tous solidaires</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Eyrolles, 2013</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -6037,8524 +5968,8586 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En fait-on trop ou pas assez sur l’égalité professionnelle femmes-hommes ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2024</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article de blog scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518140v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Autre publication scientifique (146)</w:t>
+        <w:t xml:space="preserve">Autre publication scientifique (147)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail mis en question</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415266v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le travail mis en question</w:t>
+                <w:t xml:space="preserve">L’égalité femmes/hommes a moins la cote. Voici les 6 raisons de cette fatigue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/aap.k573f4t6k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415277v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">TYPOLOGIE DES DRH EN FONCTION DE LEURS VALEURS CLÉS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...50 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.64628/aap.k573f4t6k⟩</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">hal-05415297v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre refoulement, ressentiment et résilience, un portrait des rescapés des camps de concentration, 80 ans après leur libération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...16 lines deleted...]
-                <w:t xml:space="preserve">Denis Monneuse</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trouver et donner du sens au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Cocandeau-Bellanger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadia Baatouche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Entre refoulement, ressentiment et résilience, un portrait des rescapés des camps de concentration, 80 ans après leur libération</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05133565v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Repression, resentment and resilience: A portrait of concentration camp survivors 80 years after their liberation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Laurence Cocandeau-Bellanger</w:t>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les inégalités entre les sexes persistent au travail : voici quelques pistes pour les atténuer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518153v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le DRH du XXIE siècle sera courageux ou ne sera pas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2024</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05415322v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Managers les présents et les distants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2023</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le temps, c’est de l’argent… et du stress !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504224v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le « jeu » où tout le monde gagne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504253v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'effet vacances</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504229v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cachez ce téléphone que je ne saurais voir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503895v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le poids des mots ou le choc des images ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La confiance : un outil à double tranchant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pression à la performance est-elle positive ou négative ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504255v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deviner, c’est se tromper !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503882v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illusion de la productivité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art de la colère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504235v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La pause déjeuner est-elle source d’énergie ou de fatigue ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504226v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sommes-nous plus sévères avec les femmes ou les hommes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503892v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rire plus pour travailler mieux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la difficulté de remonter la pente</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05504246v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment faire face à l’impossible ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503865v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment faire ce qu’on n’aime pas faire ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503848v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cachez ces causes que je ne saurais voir !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est-ce bon de travailler en musique ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503794v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment déléguer plus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503382v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La reconnaissance non monétaire est-elle vraiment efficace ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503312v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment anticiper des effets inattendus ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503367v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discriminer pour la bonne cause ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503342v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il n’y a pas de mot magique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503874v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quel lien entre diversité ethnique et profits ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La discrimination salariale envers les femmes est-elle vraiment en baisse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503857v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hommes et femmes mentent-ils pareil ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503374v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment réduire l’écart de rémunération entre les femmes et les hommes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503332v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le DRH en a rêvé, les managers l’ont fait</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503841v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cas pédagogique : &amp;quot;‘Crédit Mutuel Arkéa’ : Développer la mixité pour accroître la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Coron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019, https://www.ccmp.fr/collection-ccmp/cas-credit-mutuel-arkea-developper-la-mixite-pour-accroitre-la-performance</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002969v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi les Noirs sont-ils moins payés que les Blancs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503354v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment concilier travail, famille, loisirs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503306v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Existe-t-il un effet stage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503855v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand a-t-on besoin d’hommes forts ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503321v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Flexibilité au travail : un petit arrangement entre amis ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503871v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paradoxe des célibataires sans enfants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503810v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La flexibilité horaire pour tous ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503393v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment remotiver des salariés peu performants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502607v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les psychopathes et les narcissiques sont-ils performants ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La force des faibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">En avant toutes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quand la RH est au top</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502561v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le travail est-il bon pour la santé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502684v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment être influent au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503222v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il solliciter des salariés déjà bien occupes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502541v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les robots sont décevants</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503250v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un bon manager est-il un peu, beaucoup ou extrêmement intelligent ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La flexibilité rend-elle heureux ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502580v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Peut-on se défaire des fausses rumeurs ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503140v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cas pédagogique : &amp;quot;‘EgaPro’ : Passer de la définition à la mise en œuvre de la politique d’égalité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clotilde Coron</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018, https://www.ccmp.fr/collection-ccmp/cas-egapro-passer-de-la-definition-a-la-mise-en-oeuvre-de-la-politique-degalite-professionnelle</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2025</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02002971v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">LGBT et performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502554v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment faut-il pleurer au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2024</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503196v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les femmes n’ont pas de baguette magique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503134v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le problème des salariés à moitié motivés</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Équilibre de vie ou carrière, faut-il choisir ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503285v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les vices ont-ils de la vertu ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les dirigeantes sont-elles des garçons manqués ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503178v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il être sexy au travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05503187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi l’engagement au travail est en baisse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment avoir de l’influence dans son entreprise ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502571v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi persistent des écarts de salaire entre hommes et femmes ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502676v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Est-ce un handicap d’être un manager handicapé ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501387v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alors, heureuse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502357v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’effet multiplicateur des femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501377v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Facebook m’a tromper !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rêver plus pour créer plus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2020</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502515v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’art du feedback</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502087v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui regarde des sites Internet perso au bureau ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId138" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502436v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui promeut le mieux la diversité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502454v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’inconvénient d’être beau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Donnez… et nous recevrons !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Boire ou discourir, il faut choisir !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId142" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502477v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un coup dans le nez pour mieux collaborer !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501430v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dur avec les hommes et faible avec les femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501395v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Temps de travail ou tant de travail ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId145" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501366v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aimer le football nuit-il à la productivité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501414v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un café, c’est bon pour la mémoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502528v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cooptez qu’ils disaient ! Vous aurez du beau monde !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La paille et la poutre de l’inégalité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502170v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les 7 types de démission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501440v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’amitié rime-t-elle avec productivité ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’apprentissage formel favorise-t-il l’apprentissage informel ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Clotilde Coron</w:t>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05502337v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De l’importance de la déco au boulot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501401v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vive la crise pour innover !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500230v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Écouter sa voix pour suivre sa voie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500358v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faut-il tricher pour rester populaires ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Autre publication scientifique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500408v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banco : négociation salariale,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2019, https://www.ccmp.fr/collection-ccmp/cas-credit-mutuel-arkea-developper-la-mixite-pour-accroitre-la-performance</w:t>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aïe ! Aïe ! Aïe ! » Risques psychosociaux et qualité de vie au travail</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémi Bourguignon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518202v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Insultez-vous vous-mêmes !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500215v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce que veulent les jeunes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500490v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Discrimination et santé mentale ne font pas bon ménage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId158" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500346v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Splendeurs et misères de l’individualisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId159" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2019</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haro sur les experts !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500249v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Déconnecte-toi toi-même !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId161" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500420v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les experts, saison 2 !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A quoi bon s’excuser ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cercle vertueux de l’égalité professionnelle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId164" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500435v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le harcèlement sexuel ne touche pas que les femmes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500386v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La lutte contre les stéréotypes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499599v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Créativité bien ordonnée commence par soi-même</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La vengeance des faibles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501341v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’optimisme a ses limites que la raison ne connaît pas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500400v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Éthique et pouvoir font-ils bon ménage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500517v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Haro sur le complot !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501350v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Toujours deux sans trois</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La face cachée de la rivalité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">2018, https://www.ccmp.fr/collection-ccmp/cas-egapro-passer-de-la-definition-a-la-mise-en-oeuvre-de-la-politique-degalite-professionnelle</w:t>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05501323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pifomètre ou bonnes pratiques ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId174" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500443v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vive la déco au boulot !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499591v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’auto-évaluation comme facteur de prévention</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499595v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le recrutement en 5 minutes chrono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499593v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le mythe du grand joueur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499590v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les seniors valent-ils le coût ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sexe et profession font-ils bon ménage ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499589v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rire est le propre de la performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499584v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les recruteurs et la psychologie, ça fait trois !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le deuxième âge des RH</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId183" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2018</w:t>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498854v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment s’attrape l’impolitesse ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499594v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les héros se cachent pour moins travailler</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le dilemme du bandit manchot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498858v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vivent les faux jeunes !</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499592v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le prince charmant n’a pas de cheval blanc</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498825v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment faire de l’éthique un tic ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le poids de la taille, le choc de l’image</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId190" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498850v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le management des robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05498830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’habit fait le moine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499585v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qui a peur du grand méchant « bore out » ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2017</w:t>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05499583v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment donner confiance en soi ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId194" w:history="1">
-[...3311 lines deleted...]
-            <w:hyperlink r:id="rId248" w:history="1">
+            <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05499597v1</w:t>
-              </w:r>
-[...184 lines deleted...]
-                <w:t xml:space="preserve">hal-05498830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Toute présence mérite salaire</w:t>
               </w:r>
@@ -15708,203 +15701,203 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La professionnalisation de la fonction RH : intentions et réalisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Monneuse</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Gilbert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaele Baietto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Entreprise &amp; Personnel. 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04518227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Entre colères et fatalisme. Note de conjoncture sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Monneuse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Basilien Jean-Pierre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId273" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Vivier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Entreprise &amp; Personnel. 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518221v1</w:t>
-              </w:r>
-[...86 lines deleted...]
-                <w:t xml:space="preserve">hal-04518227v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Réduire l’absentéisme : oui, mais comment ?</w:t>
               </w:r>
@@ -16299,51 +16292,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415273v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Monneuse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aak.5psmwuq77" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655071v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Hamori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyi Yan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hrm.22244" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518178v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518184v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518180v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518154v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518187v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518183v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518168v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518169v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518170v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518175v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518267v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518171v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518189v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518264v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518190v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517586v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/neg.023.0151" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518232v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518144v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518235v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518146v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518149v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518237v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518151v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517590v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Abelin" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aper" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Maltinti" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jepam.110.0008" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518239v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518266v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518240v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517593v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4334" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170390v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.237.133-146" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D93AB67BAB46A2C8E53B003C1470C30A94C9B0F7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887032v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.203" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518269v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518270v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517598v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.251.0101" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518273v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518271v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518195v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518276v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518275v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518277v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518274v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518197v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518278v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518279v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518281v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518282v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518287v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518283v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518285v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518288v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518290v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518289v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518294v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518293v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ollier-Malaterre" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518292v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518295v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518297v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518296v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518300v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518299v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518298v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518377v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518376v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518301v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518302v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517558v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.monne.2021.01" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517564v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.monne.2020.01" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517675v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807326668-apprenez-jongler-entre-vie-pro-et-vie-perso" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517685v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517703v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517568v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.monne.20014.01" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518132v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517696v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529353v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517577v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Antoni" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.barab.2021.01.0109" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518135v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518136v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518137v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518140v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415266v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415277v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aap.k573f4t6k" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415297v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909485v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05133565v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cocandeau-Bellanger" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baatouche" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909487v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518153v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415322v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504253v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504229v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503895v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504249v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504227v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504255v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504235v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504226v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503892v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504242v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504246v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503865v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503848v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503830v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503794v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503841v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503382v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503312v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503367v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503342v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503874v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503807v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503857v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503374v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503332v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503354v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002969v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Coron" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503855v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503306v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503321v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503871v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503393v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502607v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502593v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503258v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503267v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502554v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502561v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502684v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503222v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502541v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503250v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502598v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502580v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503140v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002971v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503196v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503157v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503134v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502667v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503285v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503178v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503187v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502587v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502571v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502676v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501387v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502357v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502454v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502436v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501377v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502099v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502515v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502087v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502505v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502477v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501430v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501395v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501358v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502528v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502125v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501414v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501366v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502170v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501440v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502380v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502337v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500230v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500358v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500408v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499599v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500386v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500533v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500435v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500476v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500420v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500295v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518208v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourguignon" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518202v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500215v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500490v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500346v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500326v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500249v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500400v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501341v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500461v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500517v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501350v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501323v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500443v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499591v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499595v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499593v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499590v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499582v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498825v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498818v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498850v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499589v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499584v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499586v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498854v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499594v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499588v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498858v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499592v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499597v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499583v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499585v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498830v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498843v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498847v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498836v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470976v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949803v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470943v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964907v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470824v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964839v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498812v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518204v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raulet-Croset" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518193v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518212v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518215v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518214v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518216v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518220v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilien Jean-Pierre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518223v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518221v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vivier" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518227v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaele Baietto" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518224v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518230v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04517659v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415273v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Monneuse" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aak.5psmwuq77" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04655071v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Hamori" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhaoyi Yan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hrm.22244" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518184v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518180v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518154v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518183v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518168v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518187v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518169v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518170v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518267v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518171v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518175v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518189v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518264v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518190v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518232v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518144v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517586v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/neg.023.0151" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518235v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518146v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518237v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518151v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517590v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Abelin" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Aper" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriele Maltinti" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jepam.110.0008" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518149v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518239v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518266v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518240v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517593v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/communicationorganisation.4334" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170390v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Gautier" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/rfg.237.133-146" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/D93AB67BAB46A2C8E53B003C1470C30A94C9B0F7/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01887032v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/nrt.203" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518269v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518270v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517598v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Gilbert" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/rsg.251.0101" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518273v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518195v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518271v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518276v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518277v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518274v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518197v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518278v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518275v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518279v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518281v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518282v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518287v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518284v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518283v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518285v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518288v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518290v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518289v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518294v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518293v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ariane Ollier-Malaterre" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518292v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518295v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518297v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518296v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518300v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518299v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518298v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518377v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518376v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518301v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518302v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517558v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dunod.monne.2021.01" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517564v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.monne.2020.01" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517675v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.deboecksuperieur.com/ouvrage/9782807326668-apprenez-jongler-entre-vie-pro-et-vie-perso" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517685v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517703v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517568v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.monne.20014.01" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518132v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517696v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04517577v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Antoni" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/dbu.barab.2021.01.0109" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04529353v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518135v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518136v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518137v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518140v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415266v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415277v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aap.k573f4t6k" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415297v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909485v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uco.hal.science/hal-05133565v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Cocandeau-Bellanger" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadia Baatouche" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909487v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518153v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05415322v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518178v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504224v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504253v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504229v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503895v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504249v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504227v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504255v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503882v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504230v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504235v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504226v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503892v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504242v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05504246v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503865v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503848v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503830v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503794v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503382v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503312v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503367v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503342v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503874v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503807v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503857v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503374v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503332v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503841v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002969v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clotilde Coron" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503354v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503306v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503855v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503321v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503871v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503810v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503393v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502607v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502593v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503258v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503267v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502561v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502684v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503222v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502541v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503250v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502598v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502580v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503140v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02002971v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502554v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503196v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503134v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503157v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503285v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502667v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503178v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05503187v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502587v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502571v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502676v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501387v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502357v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501377v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502099v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502515v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502087v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502436v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502454v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501358v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502505v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502477v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501430v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501395v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501366v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501414v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502528v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502125v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502170v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501440v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502380v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05502337v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501401v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500230v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500358v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500408v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518208v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Bourguignon" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518202v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500215v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500490v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500346v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500326v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500249v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500420v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500295v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500476v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500435v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500386v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499599v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500533v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501341v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500400v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500517v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501350v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500461v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05501323v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05500443v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499591v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499595v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499593v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499590v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499582v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499589v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499584v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499586v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498854v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499594v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499588v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498858v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499592v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498825v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498818v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498850v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498830v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499585v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499583v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05499597v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498843v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498847v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498836v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470976v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04949803v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470943v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964907v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05470824v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04964839v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05498812v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518204v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Raulet-Croset" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518193v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518212v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518215v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518214v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518216v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518220v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basilien Jean-Pierre" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518223v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518227v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raphaele Baietto" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518221v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Vivier" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518224v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518230v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04517659v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>