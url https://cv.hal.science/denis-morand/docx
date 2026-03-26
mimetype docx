--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2006,51 +2006,51 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456609v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modelization of urban energy fluxes for urban designs</w:t>
+                <w:t xml:space="preserve">Couplage bâti-canopée pour la modélisation énergétique des aménagements urbains</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Burdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Colombert</w:t>
@@ -2068,97 +2068,97 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable Architecture for a Renewable Future</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, PLEA2013 - 29th Conference, Sep 2013, Munich, Germany</w:t>
+              <w:t xml:space="preserve">XXXIèmes rencontres universitaires de génie civil</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2013, Cachan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456625v1</w:t>
+                <w:t xml:space="preserve">hal-01456603v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Couplage bâti-canopée pour la modélisation énergétique des aménagements urbains</w:t>
+                <w:t xml:space="preserve">Modelization of urban energy fluxes for urban designs</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Burdet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Morgane Colombert</w:t>
@@ -2176,73 +2176,73 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Youssef Diab</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XXXIèmes rencontres universitaires de génie civil</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2013, Cachan, France</w:t>
+              <w:t xml:space="preserve">Sustainable Architecture for a Renewable Future</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PLEA2013 - 29th Conference, Sep 2013, Munich, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456603v1</w:t>
+                <w:t xml:space="preserve">hal-01456625v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modélisation des Flux Énergétiques Urbains pour les Projets d'Aménagement.</w:t>
               </w:r>
@@ -2749,437 +2749,437 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01456631v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Germa, a national research project: multifactor risk control and management in complex civil engineering projects</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A global approach for urban buried sewers management by considering risk assessment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Diab</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Machu</w:t>
+                <w:t xml:space="preserve">Damien Serre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICASP11: Applications of Statistics and Probability in Civil Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2011, Zurich, Switzerland. pp.797-803</w:t>
+              <w:t xml:space="preserve">European Geoscience Union General Assembly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, EGU, 2011, Vienne, Austria</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455835v1</w:t>
+                <w:t xml:space="preserve">hal-01455834v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A global approach for urban buried sewers management by considering risk assessment</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Germa, a national research project: multifactor risk control and management in complex civil engineering projects</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Perret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis Demilecamps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Serre</w:t>
+                <w:t xml:space="preserve">Alexandre Machu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Geoscience Union General Assembly</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, EGU, 2011, Vienne, Austria</w:t>
+              <w:t xml:space="preserve">ICASP11: Applications of Statistics and Probability in Civil Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, Zurich, Switzerland. pp.797-803</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01455834v1</w:t>
+                <w:t xml:space="preserve">hal-01455835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Atelier de création urbaine franco-brésilien</w:t>
+                <w:t xml:space="preserve">Management du risque projet : revue de pratiques et méthodes internationales en génie civil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Serge Berthelot</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Patricia Aulicino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morand</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">19ème congrès brésilien d’architecture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Récif, Brazil</w:t>
+              <w:t xml:space="preserve">Journées du Pôle Ville de l’Université Paris-Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2010, Marne-la-Vallée, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01456634v1</w:t>
+                <w:t xml:space="preserve">hal-01456633v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Management du risque projet : revue de pratiques et méthodes internationales en génie civil</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Atelier de création urbaine franco-brésilien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Berthelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Bonierbale</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ingrid Braga</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patricia Aulicino</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Marluce de Venancio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Katia Laffréchine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du Pôle Ville de l’Université Paris-Est</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jan 2010, Marne-la-Vallée, France</w:t>
+              <w:t xml:space="preserve">19ème congrès brésilien d’architecture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Récif, Brazil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01456633v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01456634v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Ouvrages (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4349,51 +4349,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Tolmer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cc Castaing" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40327-017-0059-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941956v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Colombert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salagnac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455827v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dehouck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Demilecamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455832v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Breysse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Salagnac" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939252v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501290v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04516036v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Campagnac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695011v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Cariolet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cingolani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Correira Laosengthong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric de La Bachelerie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Castaing" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fund" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Allaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202456v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167727v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dm Morand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456629v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456609v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456625v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Burdet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456603v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698733v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456635v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456600v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456631v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455835v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Machu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455834v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456634v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthelot" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Braga" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marluce de Venancio" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456633v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Aulicino" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456642v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501245v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maggiolieditore.it" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062299v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Babut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695025v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455821v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tepelie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khartabil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Medhizadeh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082955v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062306v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00689988v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695021v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Edouard Tolmer" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cc Castaing" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Diab" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morand" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40327-017-0059-9" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941956v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Colombert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Salagnac" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455827v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denys Breysse" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Dehouck" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Perret" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis Demilecamps" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455832v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Breysse" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455689v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Salagnac" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00939252v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Bonierbale" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Laffr&#233;chine" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501290v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-eiffel.hal.science/hal-04516036v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Campagnac" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501612v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Gonzva" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Barroca" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel da Silva Leite" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695011v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Dupont" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Cariolet" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesco Cingolani" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leslie Correira Laosengthong" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aymeric de La Bachelerie" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01412065v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Kern" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456626v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Castaing" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456615v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Fund" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Allaire" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01202456v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167727v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Dm Morand" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Yd Diab" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456629v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456609v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456603v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Burdet" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456625v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01698733v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456635v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456600v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456631v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455834v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Serre" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455835v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Machu" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456633v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Aulicino" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456634v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Berthelot" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ingrid Braga" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marluce de Venancio" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456642v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04501245v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.maggiolieditore.it" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062299v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Babut" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01695025v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01455821v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Corda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01456637v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Tepelie" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Khartabil" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Taillandier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Medhizadeh" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01082955v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02062306v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00689988v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>