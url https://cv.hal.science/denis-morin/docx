--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -194,51 +194,51 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">30 years later, a new start for the excavations at the Cuvier 2 cave, Fouvent-le-Bas (Haute-Saône, France)</w:t>
+                <w:t xml:space="preserve">30 years later, a new start for the excavations at the Cuvier 2 cave, Fouvent-le-Bas (Haute-Saône, France).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Gil Salvador</w:t>
@@ -277,93 +277,93 @@
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Louguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Paléobiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 43 (1), pp.45-59</w:t>
+              <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04422488v1</w:t>
+                <w:t xml:space="preserve">hal-04404269v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">30 years later, a new start for the excavations at the Cuvier 2 cave, Fouvent-le-Bas (Haute-Saône, France).</w:t>
+                <w:t xml:space="preserve">30 years later, a new start for the excavations at the Cuvier 2 cave, Fouvent-le-Bas (Haute-Saône, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Agnès Lamotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre-Gil Salvador</w:t>
@@ -402,69 +402,69 @@
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Louguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue de Paléobiologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press</w:t>
+              <w:t xml:space="preserve">, 2024, 43 (1), pp.45-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04404269v1</w:t>
+                <w:t xml:space="preserve">hal-04422488v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">« L’éclairage dans les mines de fer oolithique (XVIIIe -XIXe s.) – À propos de trois lampes issues des mines de fer oolithiques de Calmoutier et de Colombotte (Haute-Saône) »</w:t>
               </w:r>
@@ -1700,191 +1700,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03895203v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Review - Metal casting as it was done 4000 years ago: Experimenting gesture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sainty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The crucible</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 98, pp.17</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04922043v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Les mines du Laurion, l'atout de l'Athènes antique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Recherche</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, 536, pp.54-59</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02947299v1</w:t>
-              </w:r>
-[...93 lines deleted...]
-                <w:t xml:space="preserve">hal-04922043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Lavrion Pb-Zn-Fe-Cu-Ag detachment-related district (Attica, Greece): Structural control on hydrothermal flow and element transfer-deposition</w:t>
               </w:r>
@@ -4105,98 +4105,3677 @@
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Université de Franche-Comté - Centre Universitaire d'Etudes Régionales (CUER)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1991, N°8, pp.233-299</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00850110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ouvrages (4)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guerres en images, images de guerres. L'illustration des conflits en Europe dans les manuels d'histoire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">EDHISTO, 2023, 978-2-35515-038-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03177066v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Education, cognition, coopération</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Francomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L'Harmattan, 2023, Cognition &amp; Formation, 978-2-14-048840-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04855749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Couler le métal comme il y a 4000 ans</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Sainty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin-Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires de Nancy - Éditions universitaires de Lorraine, pp.125-3, 2018, Archéologie expérimentale, Denis Morin, 978-2-8143-0505-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02943732v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le geste et la trace : actes du deuxième colloque international, 19, 20 et 21 juin 2013, Grand salon de l'Hôtel de Ville de Nancy, place Stanislas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francis Janot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérard Giuliato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Nancy - Editions Universitaires de Lorraine, pp.175, 2015, Archéologie, espaces, patrimoines, 978-2-8143-0238-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01490267v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Communication dans un congrès (36)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geologic and metallogenic overview of the Lavrion mining district: A guide for archaeological exploration</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tarantola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Scheffer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Vanderhaeghe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Panagiotis Voudouris</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adonis Photiades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Laurion. Interdisciplinary Approaches to an Ancient Greek Mining Landscape</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2019, Bochum, Germany. pp.11 - 25, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.46586/dbm.264.388⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04823505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">30 years later…. a new start for the excavations at the Cuvier 2 cave, Fouvent-le-Bas (Haute-Saône, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Agnès Lamotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre-Gil Salvador</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Baptiste Fourvel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Louguet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5ème Colloque international Cuvier</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Muséum Histoire naturelle et Ville de Montbéliard, Oct 2022, Montbéliard, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04001298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thorikos. Un centre minier multi-millénaire dans le Laurion (Attique, Grèce)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Déderix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Tarantola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Conférence présentée à l'invitation d'ARPAMED et ARKHEOPSL</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recent field work in Thorikos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roald Docter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johannes Bergemann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylviane Déderix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11th Day on Belgian Archaeological Research in the Ancient Greek World</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, Bruxelles, Belgium</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03703371v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une utilisation de l’archéologie en épistémologie de l’histoire : démarche ou modèle ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédric Prévot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archéologie volée, trahie, sublimée : enquête sur l’existence d’un modèle archéologique dans les autres disciplines du savoir - Deuxième journée d’étude pluridisciplinaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AJCN 395 - Université Paris-Nanterre, Dec 2018, Nanterre, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02488330v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les minéralisations à Cu et à Pb de la Grande Saule, Falck, Moselle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Lacroix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Cauzid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mikaël Atton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Réunion des Sciences de la Terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2016, Caen, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01455836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">XIXth century French mining engineers' reports and drawings on Swansea and Welsh industry: industrial spying or technological exchanges?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A World of Copper. Globalising the Industrial Revolution c.1830-1870.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2013, Santiago, Chile</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00812947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La géométrie des puits du Laurion. Traces et indices des technologies minières de l'Antiquité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Herbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indices et traces : La mémoire des gestes. Colloque international.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Nancy, France. pp. 171-185</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00844704v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mining technologies at deep level in Antiquity : The Laurion mines (Attica, Greece)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Herbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adonis Photiades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Serge Delpech</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Mining in European History Conference of the FZ HiMAT,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Innsbruck, Austria. pp.89-95</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00919534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">XIXth century French mining engineers’ reports and drawings on Swansea industry: industrial espionage or technological exchanges?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A world of Welsh copper - Santiago Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Chris Evans, Professor of History at the University of South Wales., Apr 2013, Santiago (Chile), Chile</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04825418v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les techniques minières de l'antiquité grecque : approche tracéologique. Les mines du Laurion (Grèce).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Herbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Indices et traces : La mémoire des gestes. Colloque international.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2011, Nancy, France. pp. 147-169</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00844683v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Techniques et fabrications de la faïence en Haute-Saône. La fabrique de Granges-le-Bourg (XVIIIe - XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Techniques et fabrications de la faïence en Haute-Saône. La fabrique de Granges-le-Bourg (XVIIIe - XIXe siècles).</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Vesoul, France. pp. 109-136 - ISBN 978-2-8670-026-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00812953v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wind, ventilation and geometry of the shafts of ancient Laurion silver mines (Attica, Greece).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Herbach</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Jacquemot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Fadin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd Mining in European History-Conference - Innsbruck - 2012-11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, Innsbruck, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00806600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Expérimenter le métal et le feu. Expérimentation archéologique et médiation scientifique : la technique et le geste.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journées Hubert Curien 2012 - Rencontres Internationales de la Culture Scientifique, Technique et Industrielle. " Médiation des sciences : perspectives internationales, enjeux et stratégies "</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, Nancy, France. http://www.jhc2012.eu/images/test/morin_denis.pdf</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794475v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modern School Cooperativ Institute (ICEM - Freinet Pedagogy). A contribution form to educational innovation in teaching.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modern School Cooperativ Institute (ICEM - Freinet Pedagogy). A contribution form to educational innovation in teaching.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, France. pp. 83-94</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00796208v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roman and medieval iron mining and smelting at high altitudes in the south-western Alps: Mercantour and Ubaye Mountains (Alpes-Maritimes, Alpes-de-Haute-Provence, France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1st mining in European History Conference of the SFB HIMAT</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2009, Innsbruck, Austria. pp.109-114</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00512505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les techniques d'exploitation des gisements profonds dans l'Antiquité. Les mines du Laurion (Grèce). Approche géologique et technologique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adonis Photiades</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Herbach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le métal dans les sociétés pré-industrielles. Nouvelles recherches en archéologie et archéométrie. Bilan des recherches menées dans l'ACI-« Métal ».</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2009, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00483577v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iron mining and smelting at high altitude from the late Roman to early medieval periods in the Mercantour massif (Alpes-Maritimes, France).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2nd International Workshop on archaeology of european mountain landscapes “The construction of mountain territories ; resource exploitation and practice mobility.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2009, Toulouse, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00425396v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La saline de Melecey-Fallon (Haute-Saône) Traditions et innovations techniques dans la fabrication du sel au XIXe siècle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La saline de Melecey-Fallon (Haute-Saône) Traditions et innovations techniques dans la fabrication du sel au XIXe siècle. Quand le bois remplace le charbon de terre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Arc-et-Senans (Doubs), France. pp.479-504</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00807141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aux origines de l'extraction du sel en Europe (VIe millénaire av. JC), La source salée de Moriez - Alpes-de-Haute-Provence</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lavier Catherine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Fontugne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Myette Guiomar</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">XXVIe congrès préhistorique de France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2004, Avignon, France. pp.341-352</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803974v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mines de plomb argentifère du mont de Vannes (Saint-Barthélémy, Haute-Saône). De l'exploitation médiévale à la reprise de la Renaissance.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bohly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mines de plomb argentifère du mont de Vannes (Saint-Barthélémy, Haute-Saône). De l'exploitation médiévale à la reprise de la Renaissance.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2002, Besançon, France. pp.357-372</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816498v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Recherche et valorisation du patrimoine industriel. Archéologie et archéométrie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recherche et valorisation du patrimoine industriel. Archéologie et archéométrie.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2001, Bilbao, Espagne. pp.51 - 59 / CD ROM</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816793v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'extraction du sel dans les Alpes durant la Préhistoire.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'extraction du sel dans les Alpes durant la Préhistoire. La source salée de Moriez, Alpes-de-Haute-Provence (France) (cal. BC 5810 - 5526)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2001, Liège, Belgique. pp.153-162</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816288v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evolution of underground oolithic iron ore mining techniques in Eastern France (XVIth-XIXth centuries)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Evolution of underground oolithic iron ore mining techniques in Eastern France (XVIth-XIXth centuries)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2000, Milos Island, Greece. pp.324 -341</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00814870v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le haut fourneau de Montagney (Doubs, XVIe - XIXe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le haut fourneau de Montagney (Doubs, XVIe - XIXe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1999, Belfort, France. p. 175 - 182</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855076v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sel et charbon de terre en Franche-Comté du XVIe au XIXe siècle : modèle économique et source d'innovations techniques.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sel et charbon de terre en Franche-Comté du XVIe au XIXe siècle : modèle économique et source d'innovations techniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1997, Liège, Belgique. pp.85 - 98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816238v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les techniques minières à l'époque moderne de la Renaissance au XVIIIe Siècle : Exhaure et préparation mécanique du minerai de cuivre dans la mine de Château-Lambert (Haute-Saône) : l'hydraulique associée à la mine (XVIe - XVIIe siècles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Bohly</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les techniques minières à l'époque moderne de la Renaissance au XVIIIe Siècle : Exhaure et préparation mécanique du minerai de cuivre dans la mine de Château-Lambert (Haute-Saône): l'hydraulique associée à la mine (XVIe - XVIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1996, France. pp.114-117</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00815547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mines de plomb argentifère des Alpes de Haute Provence (France) Ubaye et haute vallée de la Durance (XIIe - XVIIIe siècles)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les mines de plomb argentifère des Alpes de Haute Provence (France) Ubaye et haute vallée de la Durance (XIIe - XVIIIe siècles)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1995, Trento, Italie. pp.195 - 234</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le Géotope : contribution à la protection des sites géologiques, minéralogiques et géomorphologiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Géotope : contribution à la protection des sites géologiques, minéralogiques et géomorphologiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 1997, Besançon, France. pp.15</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819057v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dynamique et évolution des systèmes d'extraction du minerai de fer sédimentaire du XVIIe au XIXe siècle. L'exemple des plateaux de Saône et du Jura septentrional.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dynamique et évolution des systèmes d'extraction du minerai de fer sédimentaire. L'exemple des plateaux de Saône et du Jura septentrional</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1990, Belfort/Sevenans, France. pp.429 - 452</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818772v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sauvegarde et Protection des sites archéologiques miniers : l'exemple de la France de l'Est.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sauvegarde et Protection des sites archéologiques miniers : l'exemple de la France de l'Est</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1995, Norberg, Suède. pp.311-318</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818677v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Étude métallurgique des outils miniers du site de Neyrac (Alpes de Haute Provence - France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Fluzin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Mangin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Camus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etude métallurgique des outils miniers du site de Neyrac. (Alpes de Haute Provence - France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1995, Trento, Italy. pp.235-403</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00817169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Techniques minières et vicissitudes de l'approvisionnement en minerai du district sidérurgique de Montbéliard (Franche-Comté, France), de la Renaissance au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The importance of Ironmaking - Technical Innovation and Social Change</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 1995, Norberg, Suède. pp.201-210</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818680v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mine de Fallon (70) l'exploitation du minerai de fer pisolithique dans les remplissages karstiques des plateaux du Jura septentrional du XVIe au XIXe siècle. Haute-Saône (France)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La mine de Fallon (70) l'exploitation du minerai de fer pisolithique dans les remplissages karstiques des plateaux du Jura septentrional du XVIe au XIXe siècle. Haute-Saône (France)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1993, Besançon, France. pp.397-408</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818759v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mine de Rougemontot. l'exploitation du minerai de fer oolithique aalénien en plateures sur les plateaux du Jura septentrional du XVIIIe au XIXe siècle. Doubs - France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La mine de Rougemontot. l'exploitation du minerai de fer oolithique aalénien en plateures sur les plateaux du Jura septentrional du XVIIIe au XIXe siècle. Doubs - France.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 1993, Besançon, France. pp.409-415</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818763v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La protection des anciennes mines: contribution à la protection du patrimoine géologique : l'exemple de la France de l'Est.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La protection des anciennes mines: contribution à la protection du patrimoine géologique : l'exemple de la France de l'Est.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 1991, Digne-les-Bains, France. pp.47-52</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Chapitre d'ouvrage (24)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Silver from the abyss: mining techniques and deep mining in Laurion (Greece)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Lavrion “argyritis land” and the naval battle of Salamis. Lavreotiki then and now</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, The Lavrion “argyritis land” and the naval battle of Salamis. Lavreotiki then and now, 978-960-99370-3-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04734017v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indices et traces… la mémoire des gestes Pour une lecture indiciaire du milieu souterrain minier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4206,161 +7785,92 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Emmanuelle Meunier, Jean-Marc Fabre, Eneko Hiriart, Stéphane Mauné, Călin Gabriel Tămaş. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mines et métallurgies anciennes. Mélanges en l’honneur de Béatrice Cauuet</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ausonius Éditions, pp.267-274, 2023, 978-2-35613-537-7. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.46608/dana9.9782356135377.30⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04744553v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...68 lines deleted...]
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Des ressources et des hommes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4376,73 +7886,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">L’avenir des Mille Étangs. Une ambition à la hauteur de son exception.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, Terre en Vues, pp.134-161, 2021, 978-2-916935-46-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04025482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aegean mining technologies in Antiquity : a traceological approach : the Laurion mines (Greece)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4464,183 +7974,183 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adonis Photiades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Delpech</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Jacquemot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kenneth A. Sheedy; Gillian Davis. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mines, Metals, and Money : Ancient World Studies in Science, Archaeology and History</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 6, Australian centre for ancient numismatic studies; Macquarie university; The Royal Numismatic Society, London, 2020, Metallurgy in Numismatics, 0-901405-37-X</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943726v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mines du Warndt sarro-lorrain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Kévin Alexandre Kazek; Rolande Simon-Millot. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Des offrandes pour les dieux ? Les dépôts d’objets métalliques à l’âge du Bronze en Sarre et Lorraine : [exposition, Metz, Musée de la Cour d'Or, 22 mai 2019-15 octobre 2019]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Silvana Editoriale, pp.64-66, 2019, 978-88-366-4094-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02943736v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Projet Collectif de Recherche (PCR) Mines et minerais de fer en Haute Marne. Étude diachronique des vestiges d’exploitation minière et de préparation mécanique des minerais de fer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4660,73 +8170,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Direction Régionale des Affaires Culturelles, Champagne-Ardenne. Service Régional de l’archéologie. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Champagne-Ardenne : 2006</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la culture et de la communication, Direction de l'architecture et du patrimoine, Service de la connaissance, de la conservation et de la création, Sous-direction de l'archéologie, pp.190-194, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02946192v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pédagogie coopérative à l'Université, une utopie à mettre en chantier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -4772,245 +8282,245 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pierre-Johan Laffitte. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Coopération, éducation, formatio : la pédagogie Freinet face aux défis du XXIe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, l'Harmattan, 2018, 978-2-343-15878</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02488798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Techniques et productions de la faïence en Haute-Saône. La fabrique de Granges-le-Bourg (XVIIIe - XIXe s.)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Morino Maggetti; Denis Morin; Georges Rech </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Faïences et faïenceries de l'arc jurassien et ses marges : procédés techniques et décors l'apport des sources et de l'archéologie : deuxième table ronde franco-suisse 24 et 25 octobre 2009</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Archives départementales de la Haute-Saône; Département des géosciences, université de Fribourg, pp. 109-136, 2013, 78-2-86070-026-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01488997v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dix ans d’archéologie minière et industrielle en Franche-Comté. 1995-2005</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E. J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Hamon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Jean-François Piningre; A. Richard. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">1995-2005 Dix ans d'archéologie en Franche-Comté </w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Ministère de la Culture. Direction Régionale des Affaires Culturelles de Franche-Comté. Service Régional de l’Archéologie, pp. 293- 306, 2013, Bilan scientifique hors série</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01488480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation des gisements métallifères profonds dans l'Antiquité. Les mines du Laurion (Grèce).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5030,73 +8540,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Eckart Olshausen/Vera Sauer. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Die Schätze der Erde - Natürliche Ressourcen in der antiken Welt. Stuttgarter Kolloquium zur Historischen. Geographie des Altertums 10, 2008.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Franz Steiner Verlag Stuttgart, pp.280 - 335, 2012, geographica Historica, 978-3-515-10143-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00794975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mines antiques du Laurion : techniques minières et stratégies d'exploitation, recherches récentes.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5116,73 +8626,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Casa de Velasquez. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mineria y Metalluirgia Antiguas, Visiones y Revisiones</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Casa de Velasquez, pp.9 - 26, 2012, Casa de Velasquez - Volume 128, 978-84-96820-68-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00794993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation et la réduction du fer à haute altitude dans les Alpes du Sud-Ouest: Massifs du Mercantour et de l'Ubaye (Alpes-Maritimes, Alpes-de-Haute-Provence, France)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rosenthal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5202,73 +8712,73 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cucini Costanza. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Acta mineraria et metallurgica</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Civico Museo archeologico di Bergamo, pp.159-182, 2012, Notizie archeologiche bergomensi, 20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00793734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Isola. Mine et ravin de Guercha Soubeïrane (Alpes-Maritimes)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5288,172 +8798,172 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Direction Régionale des Affaires Culturelles Provence - Alpes - Côte d'Azur. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Provence - Alpes - Côte d'Azur 2010</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.62-63, 2011, Bilan scientifique 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01125784v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Préinventaire des mines anciennes du Jura.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Philippe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrick Rosenthal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Direction Régionale des Affaires Culturelles Franche-Comté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bilan scientifique de la région Franche-Comté 2009</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.70-71, 2010, Bilan scientifique 2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01126462v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aux origines de l'extraction du sel en Europe (VIe millénaire av. JC), La source salée de Moriez - Alpes-de-Haute-Provence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5495,73 +9005,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Sel, eau et Forêt. D’hier à aujourd’hui,. Cahiers de la MSHE Ledoux, n° 12, Série "Homme et environnement", n° 1, Presses Univ. Franche-Comté, 281-298</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02977785v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'impact des activités minières et métallurgiques dans le paysage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5581,87 +9091,87 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Actilia Multimedia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4000 ans d'histoire des mines, l'exemple de la région Provence, Alpes, Côte d'Azur. Mélanges J.-P. Jacob (Direction scientifique : H. Barge)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actilia Multimedia, pp.223-235, 2006, 2-915097-07-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude de la métallurgie ancienne de réduction directe et indirecte du Haut-Buëch (Hautes-Alpes) et de la région de Lus-la-Croix-Haute (Drôme)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Ploquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5680,73 +9190,159 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Actilia Multimedia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4000 ans d'histoire des mines, l'exemple de la région Provence, Alpes, Côte d'Azur. Mélanges J.-P. Jacob (direction scientifique. H. Barge)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actilia Multimedia, pp.139-146, 2006, ISBN 2-915097-07-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude diachronique des traces d'exploitation et de traitement du minerai de la Gaule romaine au XXe siècle.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Actilia Multimedia. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mines et minerais de fer de Provence et des Alpes du Sud. 4000 ans d'histoire des mines, l'exemple de la région Provence, Alpes, Côte d'Azur. Mélanges J.-P. Jacob, (direction scientifique H. Barge)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Actilia Multimedia, pp.113-133, 2006, 2-915097-07-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818631v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'exploitation du minerai de plomb argentifère dans les Alpes-de-Haute-Provence (XIVe -XVIIIe siècles).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -5766,434 +9362,348 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Actilia Multimedia. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">4000 ans d'histoire des mines, l'exemple de la région Provence, Alpes, Côte d'Azur. Mélanges J.-P. Jacob (direction Scientifique : H. Barge)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Actilia Multimedia, pp.87-110, 2006, 2-915097-07-0</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818513v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
-[...85 lines deleted...]
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le cheval et la mine : Une longue complicité.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Archives Départementales de Haute-Saône. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Compagnons de labeur : homme et cheval au travail, XVe - XXe siècle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Conseil Général de Haute-Saône, pp.31-46, 2006</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00818496v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La miniera di rame di Campolungo : una coltivazione rivoluzionaria della prima Età del Ferro. Prime ipotesi e osservazioni</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ancel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michel Cottet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Kammenthaler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138" w:history="1">
+            <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paolo Oppizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Costanza Cucini Tizzoni, Marco Tizzoni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Miniera perduta. Cinque anni di ricerche archeometallurrgische nel Territorio di Bienno</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Commune di Bienno, pp.29-46, 1999, 88-87561-00-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La miniera di ferro di Piazzalunga</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Costanza Cucini Tizzoni, Marco Tizzoni. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">La Miniera perduta. Cinque anni di ricerche archeometallurrgische nel Territorio di Bienno</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Commune di Bienno, pp.49-60, 1999, 88-87561-00-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId139" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00820333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les techniques minières en Franche-Comté de l'époque moderne au XIXe siècle.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -6213,3640 +9723,130 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">DRAC Franche-Comté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Eclats d'histoire. 25 000 ans d'héritages, 10 ans d'archéologie en Franche-Comté.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cêtre, p. 56-60, 1995, 2-87823-066-3</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId140" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00853788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mines et Minières de fer aux XVIIIe et XVIIe Siècles en Haute-Saône</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Université de Franche-Comté. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">De la mine à la forge en Franche Comté des origines au XIXe siècle, approche archéologique et historique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Les Belles lettres, Paris, pp.159-188, 1990, Annales Littéraires de l'Université de Besançon n° 410, - Série Archéologie n° 37</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId141" w:history="1">
+            <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00808209v1</w:t>
-              </w:r>
-[...3508 lines deleted...]
-                <w:t xml:space="preserve">hal-00818000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">N°spécial de revue/special issue (5)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10136,51 +10136,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La métallurgie ancienne: fer, fonte acier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Fluzin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Bibliothèque de travail [1964-2006]</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1097, 1998, Bibliothèque de Travail BT</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10231,51 +10231,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamon Hélène Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId135" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Ancel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">1075, 1996</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">N°spécial de revue/special issue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10642,64 +10642,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Indices et traces, la mémoire des gestes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Francis Janot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gérard Giuliato</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E. J. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10843,50 +10843,252 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">LA FAÏENCERIE DE GRANGES-LE-BOURG (HAUTE-SAÔNE) … UNE USINE AUX CHAMPS - RAPPORT DE FOUILLES / CATALOGUE – CORPUS DES FORMES</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pousset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">DRAC Service Régional de l'Archéologie de Franche-Comté; ERMINA - Équipe Interdisciplinaire d’Études et de Recherches archéologiques sur les Mines Anciennes et le Patrimoine Industriel; LEB2d - Laboratoire d'Expertise du Bois et de Datation par Dendrochronologie. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04872179v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">INVENTAIRE, DÉTERMINATION, INTERPRÉTATION ET ÉTUDE DU MOBILIER ARCHÉOLOGIQUE MIS AU JOUR DANS LE PUITS D’EAU SALÉE DE « LA SALAOU » À TARTONNE, ALPES DE HAUTE-PROVENCE. (146 PIÈCES REPRÉSENTATIVES)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Locatelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Pousset</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">ERMINA – EQUIPE INTERDISCIPLINAIRE D’ÉTUDES ET DE RECHERCHES ARCHÉOLOGIQUES SUR LES MINES ANCIENNES ET LE PATRIMOINE INDUSTRIEL; LABORATOIRE D’EXPERTISE DU BOIS ET DE DATATION PAR DENDROCHRONOLOGIE (LEB2d); Service Régional de l'Archéologie de Provence, Alpes, Côte d'Azur. 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04878308v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Inventaire, détermination, interprétation et étude du mobilier archéologique mis au jour dans le puits d'eau salée de &amp;quot; la Salaou &amp;quot; à Tartonne, Alpes-de-Haute-Provence.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
@@ -10918,1438 +11120,1236 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Pousset</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">[Rapport de recherche] Université de Lorraine (Nancy). 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve"> (rapport de recherche)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00795375v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...7 lines deleted...]
-                <w:t xml:space="preserve">LA FAÏENCERIE DE GRANGES-LE-BOURG (HAUTE-SAÔNE) … UNE USINE AUX CHAMPS - RAPPORT DE FOUILLES / CATALOGUE – CORPUS DES FORMES</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faïencerie de Granges-le-Bourg (Haute-Saône), une usine aux champs. Catalogue, corpus des formes. Inventaire raisonné.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816647v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La faïencerie de Granges-le-Bourg (Haute-Saône), une usine aux champs. Catalogue, corpus des formes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">DRAC Service Régional de l'Archéologie de Franche-Comté; ERMINA - Équipe Interdisciplinaire d’Études et de Recherches archéologiques sur les Mines Anciennes et le Patrimoine Industriel; LEB2d - Laboratoire d'Expertise du Bois et de Datation par Dendrochronologie. 2010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00812988v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources salées de la vallée de l'Asse (Alpes-de-Haute-Provence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mines, Minéralurgie, métallurgie du fer dans les Grands Causses (Département du Lot)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources salées de la vallée de l'Asse (Alpes-de-Haute-Provence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820487v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La forge de Montagney (Doubs). Le haut fourneau de Montagney (XVIe - XIXe siècle)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855069v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les anciennes mines des Barrencs. Communes de Fournes Cabardes et de Lastours (Aude).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...30 lines deleted...]
-              <w:t xml:space="preserve">ERMINA – EQUIPE INTERDISCIPLINAIRE D’ÉTUDES ET DE RECHERCHES ARCHÉOLOGIQUES SUR LES MINES ANCIENNES ET LE PATRIMOINE INDUSTRIEL; LABORATOIRE D’EXPERTISE DU BOIS ET DE DATATION PAR DENDROCHRONOLOGIE (LEB2d); Service Régional de l'Archéologie de Provence, Alpes, Côte d'Azur. 2010</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...34 lines deleted...]
-            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00803421v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mines, Minéralurgie, métallurgie du fer dans les Grands Causses (Département du Lot)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E.J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hélène Morin - Hamon</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820343v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pré-inventaire des anciennes mines du Jura (Département du Jura). Etude diachronique des vestiges d'exploitation minière (Archives Nationales et Départementales).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Morin</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...4 lines deleted...]
-              <w:t xml:space="preserve">2009</w:t>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michel Philippe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2001</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId213" w:history="1">
-[...47 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00851644v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mines et métallurgie du fer de Provence et des Alpes du Sud. Étude diachronique des vestiges d'exploitation minière et de métallurgie du fer dans les Alpes et en région Provence-Alpes-Côte-d'Azur.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] -. 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00851610v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les sources salées de la vallée de l'Asse (Alpes-de-Haute-Provence)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2009</w:t>
+              <w:t xml:space="preserve">1999</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId214" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les sources salées de la vallée de l'Asse (Alpes-de-Haute-Provence)</w:t>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les puits salés de la vallée de l'Asse (Alpes de haute Provence)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">2003</w:t>
+              <w:t xml:space="preserve">1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId215" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Mines, Minéralurgie, métallurgie du fer dans les Grands Causses (Département du Lot)</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00820485v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La forge de Montagney - Servigney (Doubs)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00854993v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mines et métallurgie du fer de Provence et des Alpes du Sud. Etude diachronique des vestiges d'exploitation minière et de métallurgie du fer en région Provence-Alpes-Côte d'Azur (PACA). Campagne 1996 Vaucluse. Les mines de Gordes, Fontaine-de-Vaucluse et Lagnes.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis E. J. Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Rosenthal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Faivre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">[Rapport de recherche] Direction Régionale des Affaires Culturelles Provence, Alpes, Côte d'Azur. 1996</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00801534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les anciennes mines des Préalpes de Digne-Sisteron. La mine de Barles et les mines de plomb argentifère de la haute vallée de la Durance ( Alpes de Haute-Provence).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1995</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00851643v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les ancienes mines des Préalpes de Digne-Sisteron. La mine de Saint-Geniez et les mines de plomb/plomb argentifère de la Durance (Alpes-de-Haute-Provence).</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis E.J. Morin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...17 lines deleted...]
-              <w:t xml:space="preserve">2002</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId216" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">2002</w:t>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00819046v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les mines polymétalliques des Préalpes de Digne-Sisteron. Les mines de plomb argentifère de la haute vallée de la Durance (Alpes-de-Haute-Provence).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Morin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">1994</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Rapport</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...767 lines deleted...]
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00851647v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-00819046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les mines polymétalliques de Barles-Verdaches et Saint-Geniez. Réserve Géologique de Digne (Alpes-de-Haute-Provence) Prospections thématiques programmées du Conseil Supérieur de la Recherche Archéologique (CSRA) et du CNRS. : &amp;quot; Mines et Minières polymétalliques des Alpes de Haute Provence de l'Antiquité à l'Epoque Moderne - Programme H.03 Mines &amp;quot;.</w:t>
               </w:r>
@@ -12748,51 +12748,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="56010057"/>
+    <w:nsid w:val="4F54F876"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -12979,51 +12979,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-morin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8993-1108" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422488v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lamotte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Gil Salvador" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404269v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036265v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courbet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Py" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745057v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422463v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Johan Laffitte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pr&#233;vot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane D&#233;derix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tarantola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Voudouris" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilios Melfos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Mavrogonatos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adonis Photiades" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Moraiti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min11010076" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703380v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roald Docter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Laffineur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bergemann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kapetanios" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946198v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morin - Hamon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sainty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738944v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morin-Hamon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lavier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.9769" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943742v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delpech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Caltagirone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03895203v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Paragot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francomme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Karakatsani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947299v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922043v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932267v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Scheffer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tarantola" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanderhaeghe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rigaudier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.06.029" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD3S7PX8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946185v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chanson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fizaine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745318v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745325v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01491161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Huguenin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Deherripont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Detrey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2014.10.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20TZ8JVK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794473v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E.J. Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745322v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796209v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Herbach" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rosenthal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770487v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796220v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795371v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tizzoni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2009.13832" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376449v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fontugne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803876v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavier Catherine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812970v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818468v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Folletete" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serneels" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816274v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816275v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816276v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818516v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817115v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202710v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818457v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816289v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850110v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744553v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.30" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734017v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025482v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943726v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemot" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943736v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946192v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488798v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488480v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hamon" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488997v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794975v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794993v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793734v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125784v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126462v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977785v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818515v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818672v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ploquin" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818513v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818631v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818496v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820336v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ancel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cottet" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kammenthaler" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Oppizzi" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820333v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853788v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808209v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177066v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855749v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943732v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01490267v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Janot" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Giuliato" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823505v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/dbm.264.388" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001298v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822022v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703371v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488330v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455836v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lacroix" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Atton" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delpech" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812953v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812947v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844704v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919534v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825418v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844683v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806600v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fadin" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794475v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796208v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512505v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483577v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425396v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807141v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803974v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816498v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bohly" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816288v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816793v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855076v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814870v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816238v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815547v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819057v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817144v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818680v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817169v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mangin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Camus" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818677v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818772v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818759v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818763v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818000v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915778v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855746v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745301v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853843v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745303v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamon H&#233;l&#232;ne Morin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880015v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036413v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Maggetti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Rech" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488310v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775931v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795375v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Locatelli" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pousset" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872179v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878308v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812988v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816647v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820488v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820348v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820487v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855069v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803421v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820343v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851644v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820486v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851610v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820485v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854993v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801534v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faivre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851643v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851647v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819046v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851633v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853914v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817119v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hamon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816794v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-morin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8993-1108" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04404269v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Lamotte" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Gil Salvador" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Morin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Baptiste Fourvel" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Louguet" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422488v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036265v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Courbet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Py" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745057v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04422463v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915878v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Johan Laffitte" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Pr&#233;vot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703377v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylviane D&#233;derix" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E. J. Morin" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexander Tarantola" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Panagiotis Voudouris" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vasilios Melfos" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantinos Mavrogonatos" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adonis Photiades" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenia Moraiti" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/min11010076" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703380v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roald Docter" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Laffineur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes Bergemann" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andreas Kapetanios" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946198v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morin - Hamon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sainty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04738944v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Morin-Hamon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Lavier" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/rge.9769" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03165542v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943742v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Delpech" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Caltagirone" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03895203v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Paragot" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Francomme" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Despina Karakatsani" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04922043v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02947299v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932267v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Scheffer" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Tarantola" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Vanderhaeghe" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rigaudier" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tecto.2017.06.029" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-SD3S7PX8-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946185v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Chanson" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Paul Fizaine" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745318v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745325v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01491161v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Huguenin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Campy" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Deherripont" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Detrey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.anthro.2014.10.005" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-20TZ8JVK-D/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794473v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis E.J. Morin" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745322v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796209v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820014v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Herbach" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Rosenthal" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00770487v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796220v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795371v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Tizzoni" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3406/bspf.2009.13832" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00376449v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Fontugne" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803876v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lavier Catherine" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Myette Guiomar" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812970v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818468v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Folletete" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Serneels" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816274v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816275v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816276v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816278v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04762908v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818516v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817115v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05202710v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818457v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816289v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00850110v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03177066v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855749v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943732v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01490267v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Janot" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Giuliato" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823505v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46586/dbm.264.388" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04001298v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822022v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03703371v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488330v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01455836v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lacroix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cauzid" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mika&#235;l Atton" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Delpech" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delpech" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812947v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844704v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00919534v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825418v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00844683v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Jacquemot" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812953v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00806600v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Fadin" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794475v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00796208v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00512505v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00483577v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00425396v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807141v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803974v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816498v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Bohly" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816793v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816288v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00814870v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855076v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816238v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00815547v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817144v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819057v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818772v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818677v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817169v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Fluzin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mangin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Camus" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818680v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818759v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818763v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818000v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04734017v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04744553v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/dana9.9782356135377.30" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04025482v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943726v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02943736v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02946192v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02488798v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488997v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Hamon" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488480v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794975v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794993v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00793734v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01125784v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01126462v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Philippe" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977785v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818515v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818672v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Ploquin" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818631v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818513v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00818496v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820336v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Ancel" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cottet" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Kammenthaler" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paolo Oppizzi" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820333v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853788v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00808209v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-paris8.hal.science/hal-03915778v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04855746v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745301v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853843v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04745303v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamon H&#233;l&#232;ne Morin" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02880015v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04036413v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04824419v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marino Maggetti" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Rech" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-lorraine.fr/hal-01488310v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04775931v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04872179v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Locatelli" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Pousset" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04878308v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00795375v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816647v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00812988v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820488v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820348v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820487v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855069v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00803421v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820343v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851644v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851610v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820486v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00820485v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00854993v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00801534v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Faivre" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851643v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00819046v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851647v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00851633v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00853914v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00817119v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Hamon" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816794v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>