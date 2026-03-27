--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -135,51 +135,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (73)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (74)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -1186,9043 +1186,9427 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04286608v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of the beneficial effects of sodium doping Cu2ZnSnS4 material</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">C. Leroux</w:t>
+                <w:t xml:space="preserve">Effect of Y, La, and Yb simultaneous doping on the thermal conductivity and thermoelectric performances of CaMnO3 ceramics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Madre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hippolyte Amaveda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oscar Dura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Mora</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Optical Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.optmat.2022.112709⟩</w:t>
+              <w:t xml:space="preserve">Journal of Alloys and Compounds</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 954 (7), pp.170201. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jallcom.2023.170201⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03777821v1</w:t>
+                <w:t xml:space="preserve">hal-05563340v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural evolution in an annealed (Eu, Tb)-doped ZnO/Si nanoscale junction: implication for red LED development</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Zoryana Zhuchenko</w:t>
+                <w:t xml:space="preserve">Study of the beneficial effects of sodium doping Cu2ZnSnS4 material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Marzougui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Hammami</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Oueslati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Coq Germanicus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leroux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acsanm.2c04355⟩</w:t>
+              <w:t xml:space="preserve">Optical Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 132, pp.112709. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.optmat.2022.112709⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03921715v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03777821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discovery of a Low Thermal Conductivity Oxide Guided by Probe Structure Prediction and Machine Learning</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Michael Moran</w:t>
+                <w:t xml:space="preserve">Structural evolution in an annealed (Eu, Tb)-doped ZnO/Si nanoscale junction: implication for red LED development</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoryana Zhuchenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202102073⟩</w:t>
+              <w:t xml:space="preserve">ACS Applied Nano Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 5 (12), pp.18545-18552. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acsanm.2c04355⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447129v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03921715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermopower in the Ba 1−δ M 2+x Ru 4−x O 11 (M = Co, Mn, Fe) magnetic hexagonal ruthenates</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean Juraszek</w:t>
+                <w:t xml:space="preserve">Discovery of a Low Thermal Conductivity Oxide Guided by Probe Structure Prediction and Machine Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christopher Collins</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luke Daniels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quinn Gibson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gaultois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Moran</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235106⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (30), pp.16457-16465. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202102073⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447165v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447129v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Influence of post annealing treatments on the luminescence of rare earth ions in ZnO:Tb,Eu/Si heterojunction</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J. López-Vidrier</w:t>
+                <w:t xml:space="preserve">Thermopower in the Ba 1−δ M 2+x Ru 4−x O 11 (M = Co, Mn, Fe) magnetic hexagonal ruthenates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pawula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ramzy Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Juraszek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Surface Science</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.149754⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 103 (23), pp.235106. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.103.235106⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId79" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195570v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of (Tb,Eu) 9.43 (SiO 4 ) 6 O 2−δ Oxy-Apatite Structures as Nanometric Inclusions in Annealed (Eu,Tb)-Doped ZnO/Si Junctions: Combined Electron Diffraction and Chemical Contrast Imaging Studies</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Influence of post annealing treatments on the luminescence of rare earth ions in ZnO:Tb,Eu/Si heterojunction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.L. Frieiro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Blázquez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. López-Vidrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.0c03361⟩</w:t>
+              <w:t xml:space="preserve">Applied Surface Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 556, pp.149754. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.apsusc.2021.149754⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03195571v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195570v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chemically Controllable Magnetic Transition Temperature and Magneto‐Elastic Coupling in MnZnSb Compounds</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Identification of (Tb,Eu) 9.43 (SiO 4 ) 6 O 2−δ Oxy-Apatite Structures as Nanometric Inclusions in Annealed (Eu,Tb)-Doped ZnO/Si Junctions: Combined Electron Diffraction and Chemical Contrast Imaging Studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chris Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Guillaume</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Labbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Portier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/adfm.202100108⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 60 (7), pp.4508-4516. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.0c03361⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03447210v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03195571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exotic Compositional Ordering in Manganese–Nickel–Arsenic (Mn-Ni-As) Intermetallics</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">D. Pelloquin</w:t>
+                <w:t xml:space="preserve">Chemically Controllable Magnetic Transition Temperature and Magneto‐Elastic Coupling in MnZnSb Compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philip Murgatroyd</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kieran Routledge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samantha Durdy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Gaultois</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Wesley Surta</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/anie.202006135⟩</w:t>
+              <w:t xml:space="preserve">Advanced Functional Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31 (17), pp.2100108. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/adfm.202100108⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082338v1</w:t>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03447210v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId101" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced magnetic frustration in a new high entropy diamond lattice spinel oxide</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Exotic Compositional Ordering in Manganese–Nickel–Arsenic (Mn-Ni-As) Intermetallics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gonano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Fabien Veillon</w:t>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Øystein Slagtern Fjellvåg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwladys Steciuk</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dipankar Saha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scripta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.04.027⟩</w:t>
+              <w:t xml:space="preserve">Angewandte Chemie International Edition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 59 (50), pp.22382-22387. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/anie.202006135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId101" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016471v1</w:t>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03082338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long range magnetic ordering and magneto-(di) electric effect in a new class of high entropy spinel oxide</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Enhanced magnetic frustration in a new high entropy diamond lattice spinel oxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourav Marik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Deepak Singh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gonano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Veillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Scripta Materialia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 183, pp.107-110. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.03.033⟩</w:t>
+              <w:t xml:space="preserve">, 2020, 186, pp.366-369. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.04.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03016459v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016471v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new magnetic hollandites A 1.5 Ru 6.1 Cr 1.9 O 16 (A = Sr, Ba): magnetoresistance and thermopower</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long range magnetic ordering and magneto-(di) electric effect in a new class of high entropy spinel oxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourav Marik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gonano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Veillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8tc04518f⟩</w:t>
+              <w:t xml:space="preserve">Scripta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 183, pp.107-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.scriptamat.2020.03.033⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264199v1</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03016459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of the iron substitution on the thermoelectric properties of Co 1− x Fe x S 2 ( x ≤ 0.30)</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabienne Richomme</w:t>
+                <w:t xml:space="preserve">Two new magnetic hollandites A 1.5 Ru 6.1 Cr 1.9 O 16 (A = Sr, Ba): magnetoresistance and thermopower</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Pawula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0337⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 7 (1), pp.86-94. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8tc04518f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02176306v1</w:t>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temperature independence of the dielectric constant in the antiferromagnetic iron intergrowth: Sr4Fe2.5O7.25(SO4)0.5</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Caignaert</w:t>
+                <w:t xml:space="preserve">Impact of the iron substitution on the thermoelectric properties of Co 1− x Fe x S 2 ( x ≤ 0.30)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ulises Acevedo Salas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ismail Fourati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Juraszek</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2018.12.009⟩</w:t>
+              <w:t xml:space="preserve">Philosophical Transactions of the Royal Society A: Mathematical, Physical and Engineering Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 377 (2152), pp.20180337. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1098/rsta.2018.0337⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02112069v1</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02176306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId121" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long Range Magnetic Ordering and Magneto-(di) electric Effect in a New Class of High Entropy Spinel Oxide</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Fabien Veillon</w:t>
+                <w:t xml:space="preserve">Temperature independence of the dielectric constant in the antiferromagnetic iron intergrowth: Sr4Fe2.5O7.25(SO4)0.5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Gonano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Veillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Acta Materialia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.2139/ssrn.3507452⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics and Chemistry of Solids</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 127, pp.88-93. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jpcs.2018.12.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03082280v1</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02112069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Low Dimensional Magnetic Lattice and Room Temperature Magneto(di)electric Effect in Polyanion Ruddlesden–Popper Iron Oxides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourav Marik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gonano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Veillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId124" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Clet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 58 (17), pp.11561-11568. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId125" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.9b01409⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
+            <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03358945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tetrahedral chain ordering and low dimensional magnetic lattice in a new brownmillerite Sr2ScFeO5</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId102" w:history="1">
+                <w:t xml:space="preserve">Long Range Magnetic Ordering and Magneto-(di) electric Effect in a New Class of High Entropy Spinel Oxide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sourav Marik</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deepak Singh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gonano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabien Veillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c9cc05158a⟩</w:t>
+              <w:t xml:space="preserve">Acta Materialia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 183, pp.107-110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.2139/ssrn.3507452⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02328899v1</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03082280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, electronic structure and physical properties of polycrystalline Ba(2)FePnSe(5) (Pn = Sb, Bi)</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Houria Kabbour</w:t>
+                <w:t xml:space="preserve">Tetrahedral chain ordering and low dimensional magnetic lattice in a new brownmillerite Sr2ScFeO5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourav Marik</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gonano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabien Veillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Olivier Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2017.09.060⟩</w:t>
+              <w:t xml:space="preserve">Chemical Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 55 (70), pp.10436-10439. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c9cc05158a⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02174424v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02328899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cation order imaging and magnetic properties in the Ca2Fe2-xGaxO5 brownmillerite (0 &amp;lt;= x &amp;lt;= 1)</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Synthesis, electronic structure and physical properties of polycrystalline Ba(2)FePnSe(5) (Pn = Sb, Bi)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Maier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Houria Kabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2018.05.032⟩</w:t>
+              <w:t xml:space="preserve">Materials Chemistry and Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 203, pp.202-211. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.matchemphys.2017.09.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId133" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02174380v1</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02174424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">First transparent oxide ion conducting ceramics synthesized by full crystallization from glass</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Cation order imaging and magnetic properties in the Ca2Fe2-xGaxO5 brownmillerite (0 &amp;lt;= x &amp;lt;= 1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ayman Moussa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Monnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c7ta07621e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 265, pp.129-134. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2018.05.032⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01898378v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02174380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deciphering local complex order by HAADF in a disordered mixed polyanion iron oxide: Sr 4 Fe 2 [Fe 0.5 (SO 4 ) 0.25 (CO 3 ) 0.25 ]O 7.25</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Olivier Perez</w:t>
+                <w:t xml:space="preserve">First transparent oxide ion conducting ceramics synthesized by full crystallization from glass</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marina Boyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xiaoyan Yang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alberto José Fernández Carrión</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Quanchao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Véron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dalton Transactions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c8dt02146e⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry A</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 6 (13), pp.5276 - 5289. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c7ta07621e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01894426v1</w:t>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01898378v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId148" w:history="1">
+            <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Combining Multiscale Approaches for the Structure Determination of an Iron Layered Oxysulfate: Sr 4 Fe 2.5 O 7.25 (SO 4 ) 0.5</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                <w:t xml:space="preserve">Deciphering local complex order by HAADF in a disordered mixed polyanion iron oxide: Sr 4 Fe 2 [Fe 0.5 (SO 4 ) 0.25 (CO 3 ) 0.25 ]O 7.25</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Gonano</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yohann Breard</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Caignaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Pérez</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b02572⟩</w:t>
+              <w:t xml:space="preserve">Dalton Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (37), pp.13088 - 13093. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c8dt02146e⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId148" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02307710v1</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01894426v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId151" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Linear, Hypervalent Se-3(4-) Units and Unprecedented Cu4Se9 Building Blocks in the Copper(I) Selenide Ba4Cu8Se13</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Olivier Perez</w:t>
+                <w:t xml:space="preserve">Combining Multiscale Approaches for the Structure Determination of an Iron Layered Oxysulfate: Sr 4 Fe 2.5 O 7.25 (SO 4 ) 0.5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Gonano</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohann Breard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId152" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Sylvie Hebert</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 56 (15), pp.9209-9218. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01224⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 56 (24), pp.15241-15250. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b02572⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId151" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175404v1</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02307710v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultra-low thermal conductivity of Tl0.98In5Se8 and structure of the new complex chalcogenide Tl0.98In13.12Se16.7Te2.3</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Linear, Hypervalent Se-3(4-) Units and Unprecedented Cu4Se9 Building Blocks in the Copper(I) Selenide Ba4Cu8Se13</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Maier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Berthebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Sophie Boudin</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2017.03.024⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 56 (15), pp.9209-9218. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.7b01224⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId154" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02175393v1</w:t>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morin-like spin canting in the magnetic CaFe 5 O 7 ferrite: A combined neutron and Mössbauer study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">J.M. Greneche</w:t>
+                <w:t xml:space="preserve">Ultra-low thermal conductivity of Tl0.98In5Se8 and structure of the new complex chalcogenide Tl0.98In13.12Se16.7Te2.3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robin Lefevre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Boudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2017, 247, pp.13-19. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2016.12.021⟩</w:t>
+              <w:t xml:space="preserve">, 2017, 250, pp.114-120. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2017.03.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02161188v1</w:t>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02175393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of densification on microstructure and transport properties of CaFe5O7</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId159" w:history="1">
+                <w:t xml:space="preserve">Morin-like spin canting in the magnetic CaFe 5 O 7 ferrite: A combined neutron and Mössbauer study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Delacotte</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Hardy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">R. Maki</w:t>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.M. Greneche</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.11.006⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 247, pp.13-19. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2016.12.021⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId164" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02161199v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161188v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Searching for new thermoelectric materials Some examples among oxides, sulfides and selenides</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Impact of densification on microstructure and transport properties of CaFe5O7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Hardy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y. Bréard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">D. Pelloquin</w:t>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Maki</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/1/013001⟩</w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Anion-Controlled New Inorganic Materials, 54, pp.54-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2015.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184733v1</w:t>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02161199v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two components for one resistivity in LaVO3/SrTiO3 heterostructure</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">A David</w:t>
+                <w:t xml:space="preserve">Searching for new thermoelectric materials Some examples among oxides, sulfides and selenides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603 1-8. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/9/095603⟩</w:t>
+              <w:t xml:space="preserve">, 2016, 28 (1), pp.013001. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/28/1/013001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01164152v1</w:t>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184733v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Polar Transition-Metal Chalcogenide Structure and Properties of the New Pseudo-Hollandite Ba0.5Cr5Se8</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">S. Hébert</w:t>
+                <w:t xml:space="preserve">Two components for one resistivity in LaVO3/SrTiO3 heterostructure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H Rotella</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O Copie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A Pautrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P Boullay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A David</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b02933⟩</w:t>
+              <w:t xml:space="preserve">Journal of Physics: Condensed Matter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (9), pp.095603 1-8. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1088/0953-8984/27/9/095603⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184167v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01164152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId178" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Magnetodielectric Effect in Crystals of the Noncentrosymmetric CaOFeS at Low Temperature</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Polar Transition-Metal Chalcogenide Structure and Properties of the New Pseudo-Hollandite Ba0.5Cr5Se8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">R. Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">O. Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">David Berthebaud</w:t>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b00879⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 27 (20), pp.7110-7118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.chemmater.5b02933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02184139v1</w:t>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184167v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId184" w:history="1">
+            <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Crystal and electronic structures of two new iron selenides Ba&amp;lt;inf&amp;gt;4&amp;lt;/inf&amp;gt;Fe&amp;lt;inf&amp;gt;3&amp;lt;/inf&amp;gt;Se&amp;lt;inf&amp;gt;10&amp;lt;/inf&amp;gt; and BaFe&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;Se&amp;lt;inf&amp;gt;4&amp;lt;/inf&amp;gt;</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Magnetodielectric Effect in Crystals of the Noncentrosymmetric CaOFeS at Low Temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Pautrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Berthebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId179" w:history="1">
-[...46 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2015.07.027⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 54 (13), pp.6560-6565. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/acs.inorgchem.5b00879⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02184153v1</w:t>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis, crystal structure and electronic properties of the new iron selenide Ba9Fe4Se16</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId152" w:history="1">
+                <w:t xml:space="preserve">Crystal and electronic structures of two new iron selenides Ba&amp;lt;inf&amp;gt;4&amp;lt;/inf&amp;gt;Fe&amp;lt;inf&amp;gt;3&amp;lt;/inf&amp;gt;Se&amp;lt;inf&amp;gt;10&amp;lt;/inf&amp;gt; and BaFe&amp;lt;inf&amp;gt;2&amp;lt;/inf&amp;gt;Se&amp;lt;inf&amp;gt;4&amp;lt;/inf&amp;gt;</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">David Berthebaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Antoine Maignan</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Tobola</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 211, pp.184-190. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2013.12.024⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 230, pp.293-300. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2015.07.027⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264209v1</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02184153v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId192" w:history="1">
+            <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Triple Co-II,Co- (III,) (IV) charge ordering and spin states in modular cobaltites: a systematization through experimental and virtual compounds</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Synthesis, crystal structure and electronic properties of the new iron selenide Ba9Fe4Se16</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K.R.S. Preethi Meher</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/c4tc01486c⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 211, pp.184-190. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2013.12.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01220393v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264209v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId198" w:history="1">
+            <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural, magnetic and transport properties of 2D structured perovskite oxychalcogenides</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Triple Co-II,Co- (III,) (IV) charge ordering and spin states in modular cobaltites: a systematization through experimental and virtual compounds</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. David</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Kabbour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Bordet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Leynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2014.08.001⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 2 (44), pp.9457-9466. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c4tc01486c⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId201" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02264205v1</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01220393v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sr 21 Bi 8 Cu 2 (CO 3 ) 2 O 41 , a Bi 5+ Oxycarbonate with an Original 10L Structure</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Marco Daturi</w:t>
+                <w:t xml:space="preserve">Structural, magnetic and transport properties of 2D structured perovskite oxychalcogenides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Berthebaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oleg Lebedev</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic501322w⟩</w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 36, pp.94-100. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2014.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId202" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01840251v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264205v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId208" w:history="1">
+            <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Structural Transition at 360 K in the CaFe 5 O 7 Ferrite: Toward a New Charge Ordering Distribution</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">O. Pérez</w:t>
+                <w:t xml:space="preserve">Sr 21 Bi 8 Cu 2 (CO 3 ) 2 O 41 , a Bi 5+ Oxycarbonate with an Original 10L Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artem M. Abakumov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Daturi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustaaf Van Tendeloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 53 (19), pp.10171-10177. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic5011456⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 53 (19), pp.10266-10275. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic501322w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId208" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02269859v1</w:t>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId212" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthesis and structure determination of CaSi1/3B2/3O8/3, a new calcium borosilicate</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthew R. Suchomel</w:t>
+                <w:t xml:space="preserve">Structural Transition at 360 K in the CaFe 5 O 7 Ferrite: Toward a New Charge Ordering Distribution</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Delacotte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Hüe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hebert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Inorganic Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2013, 52 (8), pp.4250-4258. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic302114t⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 53 (19), pp.10171-10177. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic5011456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId212" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00794672v1</w:t>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02269859v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bi16Sr42Cu3(CO3)(2)O-86, a novel oxycarbonate exhibiting an original structure: Synthesis and structural characterization by combined XRD, SAED, HREM, and HAADF/STEM studies</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Artem M Abakumov</w:t>
+                <w:t xml:space="preserve">Synthesis and structure determination of CaSi1/3B2/3O8/3, a new calcium borosilicate</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mounesha N. Garaga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId206" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Marco Daturi</w:t>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvian Cadars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew R. Suchomel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 52 (8), pp.4250-4258. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic302114t⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01840334v1</w:t>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00794672v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High-temperature redox chemistry of Pr0.5Sr1.5Cr0.5Mn0.5O4-delta investigated in situ by neutron diffraction and X-ray absorption spectroscopy under reducing and oxidizing gas flows</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Carmelo Prestipino</w:t>
+                <w:t xml:space="preserve">Bi16Sr42Cu3(CO3)(2)O-86, a novel oxycarbonate exhibiting an original structure: Synthesis and structural characterization by combined XRD, SAED, HREM, and HAADF/STEM studies</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Malo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artem M Abakumov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId223" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">T. Hansen</w:t>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gustaaf Van Tendeloo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marco Daturi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Abstracts of Papers of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 244</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00821922v1</w:t>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01840334v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId225" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The electronic structure of the CuRh1-xMgxO 2 thermoelectric materials: An X-ray photoelectron spectroscopy study</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Danielle Gonbeau</w:t>
+                <w:t xml:space="preserve">High-temperature redox chemistry of Pr0.5Sr1.5Cr0.5Mn0.5O4-delta investigated in situ by neutron diffraction and X-ray absorption spectroscopy under reducing and oxidizing gas flows</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Bahout</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florent Tonus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carmelo Prestipino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Hansen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2011.07.005⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 22 (21), pp.10560-10570. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/c2jm31448g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01499432v1</w:t>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00821922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId226" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phasoid intergrowth between the double perovskite Sr2MgMoO6 and the n=2 R-P phase Sr3Mo2O7</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">John Claridge</w:t>
+                <w:t xml:space="preserve">The electronic structure of the CuRh1-xMgxO 2 thermoelectric materials: An X-ray photoelectron spectroscopy study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T.K. Le</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Martinez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Andreu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Danielle Gonbeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Ionics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssi.2010.04.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 184 (9), pp.2387-2392. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2011.07.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId233" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId233" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286841v1</w:t>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499432v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh1-xMgxO2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raymond Fresard</w:t>
+                <w:t xml:space="preserve">Phasoid intergrowth between the double perovskite Sr2MgMoO6 and the n=2 R-P phase Sr3Mo2O7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carlos Bernuy-Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bernard Raveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Allix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Claridge</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
+              <w:t xml:space="preserve">Solid State Ionics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 181 (19-20), pp.889-893. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssi.2010.04.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02264082v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Frustration of Magnetic and Ferroelectric Long-Range Order in Bi 2 Mn 4/3 Ni 2/3 O 6</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Matthew Suchomel</w:t>
+                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh1-xMgxO2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Eyert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja902424x⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286847v1</w:t>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02264082v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId251" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metallicity in crystals of the quasi-one-dimensional rhodate Ba 1.2 Rh 8 O 16</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Frustration of Magnetic and Ferroelectric Long-Range Order in Bi 2 Mn 4/3 Ni 2/3 O 6</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">John Claridge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helen Hughes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Craig Bridges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Allix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Suchomel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.085207⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 131 (39), pp.14000-14017. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja902424x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId251" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286858v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286847v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A New Mixed-Valence Ferrite with a Cubic Structure, YBaFe 4 O 7 : Spin-Glass-Like Behavior</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">A. Abakumov</w:t>
+                <w:t xml:space="preserve">Metallicity in crystals of the quasi-one-dimensional rhodate Ba 1.2 Rh 8 O 16</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId256" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm803312f⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 79 (8), pp.085207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.79.085207⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286854v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId258" w:history="1">
+            <w:hyperlink r:id="rId255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh 1 − x Mg x O 2</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Raymond Fresard</w:t>
+                <w:t xml:space="preserve">A New Mixed-Valence Ferrite with a Cubic Structure, YBaFe 4 O 7 : Spin-Glass-Like Behavior</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Abakumov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 21 (6), pp.1116-1122. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm803312f⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId258" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02264093v1</w:t>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transition-Metal Oxides with Triangular Lattices: Generation of New Magnetic and Electronic Properties</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+                <w:t xml:space="preserve">Electronic structure and thermoelectric properties of CuRh 1 − x Mg x O 2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Volker Eyert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stefan Kremer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raymond Fresard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ic8006926⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B: Condensed Matter and Materials Physics (1998-2015)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 80 (11), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.80.115103⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId262" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId259" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286866v1</w:t>
+                <w:t xml:space="preserve">hal-02264093v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId263" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nickel substitution in YBaCo4O7: Effect on the physical properties</w:t>
+                <w:t xml:space="preserve">Transition-Metal Oxides with Triangular Lattices: Generation of New Magnetic and Electronic Properties</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">V. Pralong</w:t>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ssc.2008.06.039⟩</w:t>
+              <w:t xml:space="preserve">Inorganic Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 47 (19), pp.8553-8561. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ic8006926⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId263" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286871v1</w:t>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intrinsic magnetic properties of In2O3 and transition metal-doped-In2O3</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
+                <w:t xml:space="preserve">Nickel substitution in YBaCo4O7: Effect on the physical properties</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2007.10.002⟩</w:t>
+              <w:t xml:space="preserve">Solid State Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 147 (11-12), pp.470-473. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ssc.2008.06.039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286892v1</w:t>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286871v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId267" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Series of Novel Mixed Valent Ferrimagnetic Oxides with a T C up to 270 K: Ca 1− x Y x BaFe 4 O 7</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">V. Pralong</w:t>
+                <w:t xml:space="preserve">Intrinsic magnetic properties of In2O3 and transition metal-doped-In2O3</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Bérardan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuel Guilmeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm8018692⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 320 (6), pp.983-989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2007.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId274" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId271" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286861v1</w:t>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286892v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Sr2.75Ce0.25Co2O7−δ oxide, n=2 member of the Ruddlesden–Popper series: Structural and magnetic evolution depending on oxygen stoichiometry</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">S. Hébert</w:t>
+                <w:t xml:space="preserve">A Series of Novel Mixed Valent Ferrimagnetic Oxides with a T C up to 270 K: Ca 1− x Y x BaFe 4 O 7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Raveau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2008.02.023⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 20 (20), pp.6295-6297. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm8018692⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId275" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286878v1</w:t>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286861v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId279" w:history="1">
+            <w:hyperlink r:id="rId276" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of metal substitutions for cobalt in YBaCo4O7</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Sr2.75Ce0.25Co2O7−δ oxide, n=2 member of the Ruddlesden–Popper series: Structural and magnetic evolution depending on oxygen stoichiometry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Demont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
-              </w:r>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 181 (5), pp.1220-1226. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jssc.2008.02.031⟩</w:t>
+              <w:t xml:space="preserve">, 2008, 181 (6), pp.1314-1320. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2008.02.023⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId279" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286888v1</w:t>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286878v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Oxide Ba 6 Ga 2 Co 11 O 26 : A New Close-Packed Stacking Derived from the Hexagonal Perovskite</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of metal substitutions for cobalt in YBaCo4O7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm0702823⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 181 (5), pp.1220-1226. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2008.02.031⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286907v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286888v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId283" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interplay between magnetic properties and thermoelectricity in misfit and Na cobaltates</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Julien Bobroff</w:t>
+                <w:t xml:space="preserve">The Oxide Ba 6 Ga 2 Co 11 O 26 : A New Close-Packed Stacking Derived from the Hexagonal Perovskite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pérez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Martinet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.100407⟩</w:t>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 19 (10), pp.2658-2662. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm0702823⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286901v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286907v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enhanced thermoelectric properties in a layered rhodium oxide with a trigonal symmetry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">W. Kobayashi</w:t>
+                <w:t xml:space="preserve">Interplay between magnetic properties and thermoelectricity in misfit and Na cobaltates</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Bobroff</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Lang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Mendels</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...22 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Physical Review B</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2007, 76 (24), pp.245102. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.245102⟩</w:t>
+              <w:t xml:space="preserve">, 2007, 76 (10), pp.100407. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.100407⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId290" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286897v1</w:t>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286901v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId292" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mixed “cobalt-nickel” layered oxides and oxyhydroxides of n = 2 members of the Ruddlesden–Popper family Sr 2.5 La 0.5 Co 1.3 Ni 0.7 (O,OH) 7−y</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">B. Raveau</w:t>
+                <w:t xml:space="preserve">Enhanced thermoelectric properties in a layered rhodium oxide with a trigonal symmetry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. Kobayashi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Pérez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1039/b702117h⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 76 (24), pp.245102. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.76.245102⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId294" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04286912v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286897v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId293" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hexagonal perovskite cobaltites: Unconventional magnetism at low temperature</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">V. Pralong</w:t>
+                <w:t xml:space="preserve">Mixed “cobalt-nickel” layered oxides and oxyhydroxides of n = 2 members of the Ruddlesden–Popper family Sr 2.5 La 0.5 Co 1.3 Ni 0.7 (O,OH) 7−y</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Bréard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Raveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2007.03.143⟩</w:t>
+              <w:t xml:space="preserve">Journal of Materials Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 17 (27), pp.2818-2823. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1039/b702117h⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId297" w:history="1">
+            <w:hyperlink r:id="rId295" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286906v1</w:t>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId298" w:history="1">
+            <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Three-Coordinate Metal Centers in Extended Transition Metal Oxides</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mathieu Allix</w:t>
+                <w:t xml:space="preserve">Hexagonal perovskite cobaltites: Unconventional magnetism at low temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Matthew Rosseinsky</w:t>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/ja064083g⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 316 (2), pp.394-399. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2007.03.143⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId302" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId298" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286918v1</w:t>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286906v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A cobaltite with a room temperature electrical and magnetic transition: YBaCo4O7</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">S. Hébert</w:t>
+                <w:t xml:space="preserve">Three-Coordinate Metal Centers in Extended Transition Metal Oxides</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amy Bowman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathieu Allix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthew Rosseinsky</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Solid State Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2006.05.004⟩</w:t>
+              <w:t xml:space="preserve">Journal of the American Chemical Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 128 (39), pp.12606-12607. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId302" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/ja064083g⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId305" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04286924v1</w:t>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286918v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId306" w:history="1">
+            <w:hyperlink r:id="rId304" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spin, charge, and lattice coupling in triangular and Kagomé sublattices of Co O 4 tetrahedra: Yb Ba Co 4 O 7 + δ ( δ = 0 , 1 )</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A cobaltite with a room temperature electrical and magnetic transition: YBaCo4O7</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">V. Caignaert</w:t>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.165110⟩</w:t>
+              <w:t xml:space="preserve">Solid State Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 8 (10), pp.1160-1163. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.solidstatesciences.2006.05.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04286928v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286924v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId308" w:history="1">
+            <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Two new hydrated oxyhydroxides Sr3Co1.7Ti 0.3O5(OH)2xH2O and Sr 4CO1.6Ti1.4O8(OH) 2,xH2O derived from the RP n = 2 and 3 members: Structural and magnetic behavior versus temperature</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId119" w:history="1">
+                <w:t xml:space="preserve">Spin, charge, and lattice coupling in triangular and Kagomé sublattices of Co O 4 tetrahedra: Yb Ba Co 4 O 7 + δ ( δ = 0 , 1 )</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">V. Caignaert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hébert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Pralong</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemistry of Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1021/cm048447k⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 74 (16), pp.165110. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.74.165110⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId311" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01499380v1</w:t>
+            <w:hyperlink r:id="rId307" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04286928v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId312" w:history="1">
+            <w:hyperlink r:id="rId309" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X-ray diffraction study of damage induced by swift heavy ion irradiation in fluorapatite</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Two new hydrated oxyhydroxides Sr3Co1.7Ti 0.3O5(OH)2xH2O and Sr 4CO1.6Ti1.4O8(OH) 2,xH2O derived from the RP n = 2 and 3 members: Structural and magnetic behavior versus temperature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Barrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemistry of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 17 (4), pp.773--780. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1021/cm048447k⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00021448v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Diluted magnetic interactions in an oxygen-deficient perovskite cobaltite: Magnetoresistance in the series SrCo 1-xSc xO 3-δ (0</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">A. Maignan</w:t>
+                <w:t xml:space="preserve">X-ray diffraction study of damage induced by swift heavy ion irradiation in fluorapatite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Miro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Grebille</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Chateigner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.P. Stoquert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Nuclear Instruments and Methods in Physics Research Section B: Beam Interactions with Materials and Atoms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 227, pp.306-318</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId319" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01499389v1</w:t>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00021448v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId320" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Specific heat and ac susceptibility of Hg 0.8 Cu 0.2 Ba 2 CuO 4 + δ single crystals with T C = 95 K</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J. Chaussy</w:t>
+                <w:t xml:space="preserve">Diluted magnetic interactions in an oxygen-deficient perovskite cobaltite: Magnetoresistance in the series SrCo 1-xSc xO 3-δ (0</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Flahaut</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Caignaert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physical Review B</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1103/PhysRevB.56.10824⟩</w:t>
+              <w:t xml:space="preserve">Journal of Solid State Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 177 (10), pp.3693--3699. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jssc.2004.06.029⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04135152v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01499389v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mécanismes de la non-stœchiométrie dans les nouveaux supraconducteurs à haute Tc</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Specific heat and ac susceptibility of Hg 0.8 Cu 0.2 Ba 2 CuO 4 + δ single crystals with T C = 95 K</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Billon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Charalambous</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Riou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Chaussy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Physique III</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1051/jp3:1994258⟩</w:t>
+              <w:t xml:space="preserve">Physical Review B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1997, 56 (17), pp.10824-10827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1103/PhysRevB.56.10824⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">jpa-00249242v1</w:t>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04135152v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId333" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nouveaux supraconducteurs à haute température critique à base de mercure</w:t>
+                <w:t xml:space="preserve">Mécanismes de la non-stœchiométrie dans les nouveaux supraconducteurs à haute Tc</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">M. Hervieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Christine Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId327" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">D. Pelloquin</w:t>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Huvé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. van Tendeloo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal de Physique III</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
+              <w:t xml:space="preserve">, 1994, 4 (11), pp.2057-2067. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp3:1994258⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">jpa-00249242v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId334" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nouveaux supraconducteurs à haute température critique à base de mercure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Hervieu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Martin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Maignan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journal de Physique III</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
               <w:t xml:space="preserve">, 1994, 4 (11), pp.2079-2091. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId335" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/jp3:1994260⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
-              <w:r>
-[...29 lines deleted...]
-            <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">jpa-00249244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Communication dans un congrès (2)</w:t>
+        <w:t xml:space="preserve">Communication dans un congrès (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId336" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Synthèse et résolution structurale d'un nouveau borosilicate de calcium par la méthode de charge flipping</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Structural and Magnetic Investigations of Iron-Based Pyrite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId338" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Allix</w:t>
+                <w:t xml:space="preserve">Najah Rhimi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Agnarelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">E. Suard</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">D. Pelloquin</w:t>
+                <w:t xml:space="preserve">Abdeslem Fnidiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvie Hebert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9ème colloque Rayons X et Matière</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2011, Tours, France</w:t>
+              <w:t xml:space="preserve">GFSM 2025, Nanochemistry, Hybrid Materials &amp; Molecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Louvain -la-Neuve, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId336" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00640693v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Magnetic order in spinel compounds for Thermoelectric applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eva Choker</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. El Haber</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fabienne Richomme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdeslem Fnidiki</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">GFSM 2025, Nanochemistry, Hybrid Materials &amp; Molecular Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2025, Louvain-la-Neuve, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05500753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Synthèse et résolution structurale d'un nouveau borosilicate de calcium par la méthode de charge flipping</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Véron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Allix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Suard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Suchomel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Pelloquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9ème colloque Rayons X et Matière</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2011, Tours, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00640693v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Cobalt oxides as potential thermoelectric elements: The influence of the dimensionality</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Hébert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId228" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Flahaut</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Pelloquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christine Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Maignan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Conference on Thermoelectrics, ICT, Proceedings</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2003, Unknown, Unknown Region. pp.161--166, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId342" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/ICT.2003.1287474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId341" w:history="1">
+            <w:hyperlink r:id="rId347" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01499390v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId343"/>
+      <w:footerReference w:type="default" r:id="rId349"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -10290,51 +10674,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="A629D8D3"/>
+    <w:nsid w:val="9E55D804"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10521,51 +10905,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-pelloquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8381-9318" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405443v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Agnarelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelloquin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc03147h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353341v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04779974v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04780019v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preethi Meher K.R.S." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9.0000833" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405440v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Folton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240914" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Madre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Amaveda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dura" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Mora" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170201" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286608v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Mohanty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Sharma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Singh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Breard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.084408" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777821v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marzougui" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hammami" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oueslati" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coq Germanicus" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112709" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921715v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Leroux" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillaume" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labb&#233;" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoryana Zhuchenko" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c04355" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447129v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Collins" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Daniels" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quinn Gibson" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaultois" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Moran" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202102073" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447165v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235106" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195570v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Frieiro" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-Vidrier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149754" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195571v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03361" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447210v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Murgatroyd" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Routledge" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Durdy" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202100108" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082338v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gonano" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;ystein Slagtern Fjellv&#229;g" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Steciuk" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipankar Saha" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202006135" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016471v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Marik" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Veillon" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.027" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016459v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.03.033" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264199v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hebert" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tc04518f" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176306v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Acevedo Salas" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fourati" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0337" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112069v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gonano" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Veillon" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Br&#233;ard" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caignaert" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2018.12.009" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082280v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3507452" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03358945v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clet" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b01409" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328899v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc05158a" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174424v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2017.09.060" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174380v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monnier" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2018.05.032" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898378v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Boyer" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Yang" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Jos&#233; Fern&#225;ndez Carri&#243;n" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanchao Wang" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta07621e" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01894426v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;ard" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caignaert" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt02146e" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307710v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02572" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175404v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01224" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175393v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefevre" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boudin" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.03.024" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161188v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacotte" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hardy" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Greneche" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.12.021" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z70G56QG-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161199v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maki" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.11.006" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184733v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/1/013001" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164152v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rotella" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Copie" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pautrat" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boullay" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A David" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/9/095603" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184167v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Perez" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b02933" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184139v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pautrat" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00879" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184153v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tobola" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.07.027" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K6KFMT1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264209v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.R.S. Preethi Meher" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.12.024" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KH185PFL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220393v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. David" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kabbour" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bordet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leynaud" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01486c" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264205v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2014.08.001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDM3Q6WR-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840251v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem M. Abakumov" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Daturi" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustaaf Van Tendeloo" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501322w" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269859v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H&#252;e" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. P&#233;rez" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic5011456" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794672v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounesha N. Garaga" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvian Cadars" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R. Suchomel" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic302114t" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840334v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem M Abakumov" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821922v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Bahout" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tonus" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hansen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm31448g" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499432v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Le" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Martinez" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andreu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Gonbeau" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2011.07.005" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JBZ5X5X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286841v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bernuy-Lopez" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Allix" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Claridge" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssi.2010.04.011" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMH351F1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264082v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115103" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286847v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Hughes" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Bridges" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Suchomel" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja902424x" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286858v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kobayashi" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.085207" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286854v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abakumov" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pralong" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm803312f" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264093v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286866v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martinet" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic8006926" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DVHR6CB1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286871v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2008.06.039" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z25V72F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286892v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2007.10.002" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD9KFRM6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286861v1" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Raveau" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm8018692" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4PVWNZH0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286878v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Demont" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.023" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SR31QSM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286888v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.031" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5L85050-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286907v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm0702823" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-B7CZL8HF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286901v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lang" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mendels" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.100407" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286897v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.245102" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286912v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b702117h" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-9Z5QBD1G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286906v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2007.03.143" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-541DZDG9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286918v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Bowman" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Rosseinsky" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja064083g" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0N4G3QF7-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286924v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2006.05.004" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-206JLNQC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286928v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.165110" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499380v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barrier" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm048447k" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D7FBHFG5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021448v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miro" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grebille" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chateigner" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Stoquert" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499389v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2004.06.029" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6DKP8D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135152v1" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Billon" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charalambous" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Riou" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chaussy" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.56.10824" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249242v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervieu" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huv&#233;" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994258" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B00EC2B829052CB1E99D4B378630C5DC20005B58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249244v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994260" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/96EAF4FA7F0BD4EAD1B1878E8EA7D133B9BB984E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640693v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V&#233;ron" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allix" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suard" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suchomel" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499390v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2003.1287474" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/denis-pelloquin" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8381-9318" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405443v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Agnarelli" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Pelloquin" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Maignan" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie H&#233;bert" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/d5cc03147h" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05353341v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Maignan" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Pelloquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O.I. Lebedev" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. El Haber" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Daou" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2025.112710" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05484141v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Agnarelli" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Pelloquin" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Daou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Maignan" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S H&#233;bert" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-648X/ae0b21" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04779974v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. H&#233;bert" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2024.107454" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04780019v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Preethi Meher K.R.S." TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ch. Simon" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/9.0000833" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05405440v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Folton" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hug" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0240914" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286535v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Madre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hippolyte Amaveda" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Dura" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Mora" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2023.170201" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286608v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prachi Mohanty" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Neha Sharma" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deepak Singh" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Breard" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevMaterials.7.084408" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05563340v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03777821v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Marzougui" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Hammami" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Oueslati" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Coq Germanicus" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroux" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.optmat.2022.112709" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03921715v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chris Leroux" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Guillaume" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labb&#233;" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Portier" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoryana Zhuchenko" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acsanm.2c04355" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447129v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christopher Collins" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luke Daniels" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quinn Gibson" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gaultois" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Moran" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202102073" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447165v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Pawula" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ramzy Daou" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Juraszek" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.103.235106" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195570v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Guillaume" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.L. Frieiro" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Bl&#225;zquez" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Labbe" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. L&#243;pez-Vidrier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apsusc.2021.149754" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03195571v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Labbe" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.0c03361" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03447210v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philip Murgatroyd" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kieran Routledge" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samantha Durdy" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Wesley Surta" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adfm.202100108" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082338v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Gonano" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#216;ystein Slagtern Fjellv&#229;g" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwladys Steciuk" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dipankar Saha" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/anie.202006135" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016471v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sourav Marik" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Veillon" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.04.027" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03016459v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2020.03.033" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264199v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Hebert" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8tc04518f" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02176306v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ulises Acevedo Salas" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ismail Fourati" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Richomme" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1098/rsta.2018.0337" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02112069v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gonano" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Veillon" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Br&#233;ard" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Caignaert" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jpcs.2018.12.009" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-03358945v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Clet" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.9b01409" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03082280v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2139/ssrn.3507452" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02328899v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c9cc05158a" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174424v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Maier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Houria Kabbour" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Perez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.matchemphys.2017.09.060" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02174380v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ayman Moussa" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Monnier" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2018.05.032" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01898378v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marina Boyer" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyan Yang" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alberto Jos&#233; Fern&#225;ndez Carri&#243;n" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quanchao Wang" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel V&#233;ron" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c7ta07621e" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01894426v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohann Br&#233;ard" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Caignaert" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c8dt02146e" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02307710v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier P&#233;rez" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b02572" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175404v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Berthebaud" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.7b01224" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02175393v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robin Lefevre" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Boudin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2017.03.024" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161188v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Delacotte" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Hardy" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Greneche" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2016.12.021" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z70G56QG-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161199v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hebert" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Maki" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2015.11.006" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184733v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/28/1/013001" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01164152v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H Rotella" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Copie" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Pautrat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Boullay" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A David" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0953-8984/27/9/095603" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184167v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Lef&#232;vre" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Perez" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.chemmater.5b02933" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184139v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Pautrat" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/acs.inorgchem.5b00879" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02184153v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Tobola" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2015.07.027" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8K6KFMT1-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264209v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K.R.S. Preethi Meher" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2013.12.024" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KH185PFL-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01220393v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. David" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Kabbour" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Bordet" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Leynaud" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c4tc01486c" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264205v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oleg Lebedev" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2014.08.001" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JDM3Q6WR-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840251v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Malo" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem M. Abakumov" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Daturi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gustaaf Van Tendeloo" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic501322w" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02269859v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. H&#252;e" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. P&#233;rez" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic5011456" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00794672v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounesha N. Garaga" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvian Cadars" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew R. Suchomel" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic302114t" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01840334v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Artem M Abakumov" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821922v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Bahout" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Tonus" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmelo Prestipino" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Hansen" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/c2jm31448g" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499432v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T.K. Le" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Flahaut" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Martinez" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Andreu" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Danielle Gonbeau" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2011.07.005" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-3JBZ5X5X-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286841v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bernuy-Lopez" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Raveau" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Allix" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=John Claridge" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssi.2010.04.011" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BMH351F1-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264082v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Volker Eyert" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Martin" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Kremer" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymond Fresard" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.80.115103" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286847v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helen Hughes" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig Bridges" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Suchomel" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja902424x" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286858v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W. Kobayashi" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.79.085207" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286854v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Abakumov" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Pralong" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm803312f" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02264093v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286866v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Martinet" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ic8006926" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-DVHR6CB1-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286871v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ssc.2008.06.039" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0Z25V72F-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286892v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David B&#233;rardan" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Guilmeau" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2007.10.002" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PD9KFRM6-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286861v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Raveau" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm8018692" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-4PVWNZH0-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286878v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Demont" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.023" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7SR31QSM-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286888v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2008.02.031" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-V5L85050-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286907v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm0702823" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-B7CZL8HF-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286901v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Bobroff" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Lang" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mendels" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.100407" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286897v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.76.245102" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286912v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1039/b702117h" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/QHD-9Z5QBD1G-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286906v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2007.03.143" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-541DZDG9-0/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286918v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amy Bowman" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthew Rosseinsky" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/ja064083g" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-0N4G3QF7-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286924v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.solidstatesciences.2006.05.004" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-206JLNQC-7/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04286928v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.74.165110" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499380v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Barrier" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1021/cm048447k" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/TPS-D7FBHFG5-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00021448v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Miro" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Grebille" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Chateigner" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Stoquert" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499389v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jssc.2004.06.029" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-HP6DKP8D-3/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04135152v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Billon" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Charalambous" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Riou" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Chaussy" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1103/PhysRevB.56.10824" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249242v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Hervieu" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Michel" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Huv&#233;" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. van Tendeloo" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994258" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/B00EC2B829052CB1E99D4B378630C5DC20005B58/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/jpa-00249244v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/jp3:1994260" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/96EAF4FA7F0BD4EAD1B1878E8EA7D133B9BB984E/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05500722v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Najah Rhimi" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdeslem Fnidiki" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-05500753v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Choker" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640693v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. V&#233;ron" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Allix" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Suard" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Suchomel" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01499390v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICT.2003.1287474" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>