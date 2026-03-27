--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -100,563 +100,563 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebral plasticity after hypoglosso-facial anastomosis in facial palsy: a magnetoencephalography study</w:t>
+                <w:t xml:space="preserve">Brain dynamics of the interplay between auditory selective attention and working memory during melody encoding</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rémi Hervochon</w:t>
+                <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deborah Ziri</w:t>
+                <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guillaume Dupuch</w:t>
+                <w:t xml:space="preserve">Alma Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maximilien Chaumon</w:t>
+                <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Claire Foirest</w:t>
+                <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neuroimage: Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 5 (100294), pp.100294. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 15 (1), pp.22453. </w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ynirp.2025.100294⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-025-03378-w⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05405420v1</w:t>
+                <w:t xml:space="preserve">hal-05139162v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Brain dynamics of the interplay between auditory selective attention and working memory during melody encoding</w:t>
+                <w:t xml:space="preserve">NIRSTORM: a Brainstorm extension dedicated to functional near-infrared spectroscopy data analysis, advanced 3D reconstructions, and optimal probe design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
+                <w:t xml:space="preserve">Édouard Delaire</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
+                <w:t xml:space="preserve">Thomas Vincent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alma Elshafei</w:t>
+                <w:t xml:space="preserve">Zhengchen Cai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis P Schwartz</w:t>
+                <w:t xml:space="preserve">Alexis Machado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Daligault</w:t>
+                <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 15 (1), pp.22453. </w:t>
+              <w:t xml:space="preserve">Neurophotonics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 12 (02), </w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41598-025-03378-w⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1117/1.NPh.12.2.025011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05139162v2</w:t>
+                <w:t xml:space="preserve">hal-05088618v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NIRSTORM: a Brainstorm extension dedicated to functional near-infrared spectroscopy data analysis, advanced 3D reconstructions, and optimal probe design</w:t>
+                <w:t xml:space="preserve">Cerebellar-cortical beta oscillations emerge as a predictive signal facilitating the stability of behavioral performance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Édouard Delaire</w:t>
+                <w:t xml:space="preserve">Martina Bracco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Vincent</w:t>
+                <w:t xml:space="preserve">Varsha Vasudevan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Zhengchen Cai</w:t>
+                <w:t xml:space="preserve">Vridhi Rohira</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexis Machado</w:t>
+                <w:t xml:space="preserve">Quentin Welniarz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Hugueville</w:t>
+                <w:t xml:space="preserve">Mihoby Razafinimanana</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Neurophotonics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 12 (02), </w:t>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, </w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/1.NPh.12.2.025011⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.11.049⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05088618v1</w:t>
+                <w:t xml:space="preserve">hal-05450449v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cerebellar-cortical beta oscillations emerge as a predictive signal facilitating the stability of behavioral performance</w:t>
+                <w:t xml:space="preserve">Cerebral plasticity after hypoglosso-facial anastomosis in facial palsy: a magnetoencephalography study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Martina Bracco</w:t>
+                <w:t xml:space="preserve">Rémi Hervochon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Varsha Vasudevan</w:t>
+                <w:t xml:space="preserve">Deborah Ziri</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vridhi Rohira</w:t>
+                <w:t xml:space="preserve">Guillaume Dupuch</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quentin Welniarz</w:t>
+                <w:t xml:space="preserve">Maximilien Chaumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mihoby Razafinimanana</w:t>
+                <w:t xml:space="preserve">Claire Foirest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Current Biology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, </w:t>
+              <w:t xml:space="preserve">Neuroimage: Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 5 (100294), pp.100294. </w:t>
             </w:r>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.cub.2025.11.049⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ynirp.2025.100294⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05450449v1</w:t>
+                <w:t xml:space="preserve">hal-05405420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measuring Neuronal Avalanches to inform Brain-Computer Interfaces</w:t>
               </w:r>
@@ -668,51 +668,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -949,51 +949,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Bonnefond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tommy Clausner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rudy Romain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1360,51 +1360,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Neural Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 18 (5), pp.056002. </w:t>
@@ -1494,51 +1494,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroImage</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2020, 209, pp.116500. </w:t>
@@ -1749,51 +1749,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankit Khambhati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -1972,261 +1972,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01578419v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Phase-amplitude coupling at the organism level: the amplitude of spontaneous alpha rhythm fluctuations varies with the phase of the infra-slow gastric basal rhythm</w:t>
+                <w:t xml:space="preserve">Large-Scale Functional Networks Identified from Resting-State EEG Using Spatial ICA</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Craig G. Richter</w:t>
+                <w:t xml:space="preserve">Stéphane Sockeel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mariana Babo-Rebelo</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Denis Schwartz</w:t>
+                <w:t xml:space="preserve">Mélanie Pélégrini-Issac</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Catherine Tallon-Baudry</w:t>
+                <w:t xml:space="preserve">Habib Benali</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, </w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 11 (1), pp.e0146845. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.08.043⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146845⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01357963v1</w:t>
+                <w:t xml:space="preserve">hal-01274101v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Large-Scale Functional Networks Identified from Resting-State EEG Using Spatial ICA</w:t>
+                <w:t xml:space="preserve">Phase-amplitude coupling at the organism level: the amplitude of spontaneous alpha rhythm fluctuations varies with the phase of the infra-slow gastric basal rhythm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Sockeel</w:t>
+                <w:t xml:space="preserve">Craig G. Richter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mariana Babo-Rebelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Habib Benali</w:t>
+                <w:t xml:space="preserve">Catherine Tallon-Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 11 (1), pp.e0146845. </w:t>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0146845⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2016.08.043⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01274101v1</w:t>
+                <w:t xml:space="preserve">hal-01357963v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">FEM method for the EEG forward problem and improvement based on modification of the saint venant's method</w:t>
               </w:r>
@@ -2336,368 +2336,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01222242v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparative performance evaluation of data-driven causality measures applied to brain networks</w:t>
+                <w:t xml:space="preserve">Simultaneous MEG-intracranial EEG: New insights into the ability of MEG to capture oscillatory modulations in the neocortex and the hippocampus</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angie Fasoula</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Sarang Dalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karim Jerbi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Ducorps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2013.02.021⟩</w:t>
+              <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, pp.10.1016/j.yebeh.2013.03.012. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2013.03.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId103" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00818207v1</w:t>
+                <w:t xml:space="preserve">inserm-00823750v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous MEG-intracranial EEG: New insights into the ability of MEG to capture oscillatory modulations in the neocortex and the hippocampus</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Assessment of Subcortical Source Localization Using Deep Brain Activity Imaging Model with Minimum Norm Operators: A MEG Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yohan Attal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Epilepsy &amp; Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.yebeh.2013.03.012⟩</w:t>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 8 (3), pp.e59856. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0059856⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-00823750v1</w:t>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00816043v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Assessment of Subcortical Source Localization Using Deep Brain Activity Imaging Model with Minimum Norm Operators: A MEG Study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparative performance evaluation of data-driven causality measures applied to brain networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angie Fasoula</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yohan Attal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Neuroscience Methods</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 215 (2), pp.170-189. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jneumeth.2013.02.021⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0059856⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00816043v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00818207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Altered low-γ sampling in auditory cortex accounts for the three main facets of dyslexia.</w:t>
               </w:r>
@@ -2852,51 +2852,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie Vidailhet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bourdain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ducorps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -2965,84 +2965,84 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous MEG and intracranial EEG recordings during attentive reading.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarang S Dalal</w:t>
+                <w:t xml:space="preserve">Sarang S. Dalal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claude Adam</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ducorps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3075,447 +3075,447 @@
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00805395v1</w:t>
+                <w:t xml:space="preserve">inserm-00573856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simultaneous MEG and intracranial EEG recordings during attentive reading.</w:t>
+                <w:t xml:space="preserve">The birth of musical emotion: a depth electrode case study in a human subject with epilepsy.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarang S. Dalal</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Denis Schwartz</w:t>
+                <w:t xml:space="preserve">Delphine Dellacherie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Micha Pfeuty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dominique Hasboun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lefèvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NeuroImage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2009.01.017⟩</w:t>
+              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 1169, pp.336-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04870.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId129" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-00573856v1</w:t>
+                <w:t xml:space="preserve">hal-00805430v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unconscious learning versus visual perception: dissociable roles for gamma oscillations revealed in MEG.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maximilien Chaumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Tallon-Baudry</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Cognitive Neuroscience</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 21 (12), pp.2287-99. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId133" w:history="1">
+            <w:hyperlink r:id="rId138" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1162/jocn.2008.21155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00805388v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId134" w:history="1">
+            <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The birth of musical emotion: a depth electrode case study in a human subject with epilepsy.</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hugueville</w:t>
+                <w:t xml:space="preserve">Simultaneous MEG and intracranial EEG recordings during attentive reading.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarang S Dalal</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Baillet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Claude Adam</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Ducorps</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of the New York Academy of Sciences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">NeuroImage</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 45 (4), pp.1289-304. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.neuroimage.2009.01.017⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId139" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1111/j.1749-6632.2009.04870.x⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-00805430v1</w:t>
+                <w:t xml:space="preserve">hal-00805395v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Realistic synthetic background neuronal activity for the analysis of MEG probe configurations.</w:t>
               </w:r>
@@ -3661,51 +3661,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Casini</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patricia Romaiguère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Ducorps</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3957,51 +3957,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tjerk Gutteling</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maciej Szul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Labyt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4049,103 +4049,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Auditory selective attention during a working memory task with melodies: a MEG study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélien de la Chapelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Salomé Serres-Blain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alma Elshafei</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Daligault</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
@@ -4225,51 +4225,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4354,51 +4354,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4447,402 +4447,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M/EEG networks integration to elicit patterns of motor imagery-based BCI training</w:t>
+                <w:t xml:space="preserve">M/EEG networks integration to elicit patters of motor imagery-based Brain-Computer Interface (BCI) training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FENS Forum 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
+              <w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695420v1</w:t>
+                <w:t xml:space="preserve">hal-03773296v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M/EEG networks integration to elicit patters of motor imagery-based Brain-Computer Interface (BCI) training</w:t>
+                <w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis P Schwartz</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId167" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773296v1</w:t>
+                <w:t xml:space="preserve">hal-03773303v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Functional connectivity predicts MI-based BCI learning</w:t>
+                <w:t xml:space="preserve">M/EEG networks integration to elicit patterns of motor imagery-based BCI training</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis Schwartz</w:t>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">FENS Forum 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03773303v1</w:t>
+                <w:t xml:space="preserve">hal-03695420v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (19)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4886,77 +4886,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">NeuroFrance 2023</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société des Neurosciences, May 2023, Lyon, France</w:t>
@@ -4979,402 +4979,402 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04140131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t>
+                <w:t xml:space="preserve">Neuronal avalanches differentiate resting-state and task conditions in Brain-Computer Interfaces</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Brain Criticality Hybrid Meeting 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2022, Bethesda, United States</w:t>
+              <w:t xml:space="preserve">OHBM 2022 - Organization of Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03871532v1</w:t>
+                <w:t xml:space="preserve">hal-03695403v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t>
+              <w:t xml:space="preserve">CNS 2022 - 31st Annual Computational Neuroscience Meeting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2022, Melbourne, Australia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695441v1</w:t>
+                <w:t xml:space="preserve">hal-03695434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Neuronal avalanches differentiate resting-state and task conditions in Brain-Computer Interfaces</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OHBM 2022 - Organization of Human Brain Mapping</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2022, Glasgow, United Kingdom</w:t>
+              <w:t xml:space="preserve">BIOMAG 2022 - 22nd International Conference on Biomagnetism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2022, Birmingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695403v1</w:t>
+                <w:t xml:space="preserve">hal-03695441v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploiting brain critical dynamics to inform Brain-Computer Interfaces performance</w:t>
               </w:r>
@@ -5386,120 +5386,120 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierpaolo Sorrentino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis P Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CNS 2022 - 31st Annual Computational Neuroscience Meeting</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2022, Melbourne, Australia</w:t>
+              <w:t xml:space="preserve">Brain Criticality Hybrid Meeting 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2022, Bethesda, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03695434v1</w:t>
+                <w:t xml:space="preserve">hal-03871532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Core-periphery markers of longitudinal BCI from multiplex brain networks</w:t>
               </w:r>
@@ -5537,51 +5537,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Networks 2021: A Joint Sunbelt and NetSci Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2021, Virtual, France</w:t>
@@ -5662,51 +5662,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">BCI 2021 - 8th International Meeting of the Brain-Computer Interface Society</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2021, Virtual, France</w:t>
@@ -5761,51 +5761,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId177" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nesrine Hazem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mariana Babo-Rebelo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5854,411 +5854,411 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03713509v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for neurophysiological correlates of brain-computer interface learning</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Mario Chavez</w:t>
+                <w:t xml:space="preserve">P3-324: CONCURRENT EEG/FMRI NETWORK DYNAMICS ALTERATIONS IN COGNITIVELY INTACT INDIVIDUALS AT RISK FOR ALZHEIMER'S DISEASE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrizia Andrea Chiesa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Giuseppe Spinelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Laurent Hugueville</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simone Lista</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Claude Potier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">OHBM 2019 - Annual Meeting on Organization for Human Brain Mapping</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AAIC'2019 Alzheimer’s Association International Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Los Angeles, United States. pp.P1062-P1063, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.3356⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02157179v1</w:t>
+                <w:t xml:space="preserve">hal-03006234v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Looking for cortical patterns of successful motor imagery-based BCI learning</w:t>
+                <w:t xml:space="preserve">Looking for neurophysiological correlates of brain-computer interface learning</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Denis P Schwartz</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie George</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th Graz Brain-Computer Interface Conference 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t>
+              <w:t xml:space="preserve">OHBM 2019 - Annual Meeting on Organization for Human Brain Mapping</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2019, Rome, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02123582v1</w:t>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02157179v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P3-324: CONCURRENT EEG/FMRI NETWORK DYNAMICS ALTERATIONS IN COGNITIVELY INTACT INDIVIDUALS AT RISK FOR ALZHEIMER'S DISEASE</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Marie-Claude Potier</w:t>
+                <w:t xml:space="preserve">Looking for cortical patterns of successful motor imagery-based BCI learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Constance Corsi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mario Chavez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis P Schwartz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie George</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AAIC'2019 Alzheimer’s Association International Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">8th Graz Brain-Computer Interface Conference 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2019, Graz, Austria</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jalz.2019.06.3356⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03006234v1</w:t>
+                <w:t xml:space="preserve">hal-02123582v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P4-027: EVIDENCE FOR COGNITIVE COMPENSATION IN EARLY AMYLOIDOSIS IN HIGH-PERFORMING HEALTHY ELDERLY AT RISK FOR ALZHEIMER'S DISEASE</w:t>
               </w:r>
@@ -6417,51 +6417,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankit Khambhati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -6542,51 +6542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mario Chavez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Schwartz</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Hugueville</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ankit Khambhati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -7505,51 +7505,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405420v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Hervochon" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Ziri" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupuch" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Chaumon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Foirest" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ynirp.2025.100294" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139162v2" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Chapelle" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Serres-Blain" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Elshafei" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03378-w" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05088618v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Delaire" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vincent" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengchen Cai" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Machado" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.NPh.12.2.025011" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05450449v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bracco" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Vasudevan" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vridhi Rohira" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Welniarz" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihoby Razafinimanana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.11.049" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04345847v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo L. Gollo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108734" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04556794v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hssain-Khalladi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Huneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16379" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038892v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjerk Gutteling" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnefond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Clausner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Romain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052801" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433092v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Klibi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vernet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Imed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Farah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMARTTECH54121.2022.00041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769660v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spinelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovagim Bakardjian" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Potier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Habert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220204" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03171591v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chavez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abef39" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006210v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116500" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02265308v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Battiston" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Attal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina La Corte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00087" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Khambhati" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129065718500144" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578419v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dubois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07846-w" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01357963v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig G. Richter" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Babo-Rebelo" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tallon-Baudry" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.08.043" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01274101v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sockeel" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;l&#233;grini-Issac" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Benali" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146845" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01222242v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takfarinas Medani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lautru" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER15050102" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818207v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Fasoula" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2013.02.021" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQM2FC1V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00823750v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang Dalal" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Jerbi" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Adam" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ducorps" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2013.03.012" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816043v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059856" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795726v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ramus" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Villiermet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2011.11.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585772v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bleton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidailhet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdain" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.192476" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-Z6C6VWFT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805395v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang S Dalal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2009.01.017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ0VLRDL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00573856v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang S. Dalal" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805388v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2008.21155" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805430v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dellacherie" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Pfeuty" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04870.x" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPNS6BJK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00188494v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Badier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cosandier-Rimele" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Benar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chauvel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4352826" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521200v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Casini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Romaigu&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Anton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2006.08.124" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18NSL4PC-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Szul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Agarwal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gailhard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Fernandez Pujol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367239v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139676v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701010v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140120v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari E Kahn" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695420v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773296v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773303v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140131v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03871532v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695441v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695403v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695434v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226414v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226408v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713509v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hazem" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Yahia Cherif" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157179v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123582v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006234v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Andrea Chiesa" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lista" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.3356" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006236v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Hampel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2018.06.2429" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966314v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966311v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01421525v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2015.7146815" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143241v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143262v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143283v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04038982v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139162v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien de la Chapelle" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salom&#233; Serres-Blain" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alma Elshafei" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis P Schwartz" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Daligault" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-025-03378-w" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05088618v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;douard Delaire" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Vincent" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhengchen Cai" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Machado" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Hugueville" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/1.NPh.12.2.025011" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05450449v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martina Bracco" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Varsha Vasudevan" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vridhi Rohira" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Welniarz" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mihoby Razafinimanana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2025.11.049" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05405420v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;mi Hervochon" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Deborah Ziri" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Dupuch" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximilien Chaumon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Foirest" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ynirp.2025.100294" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04345847v2" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Constance Corsi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierpaolo Sorrentino" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie George" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leonardo L. Gollo" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.isci.2023.108734" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-04556794v2" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sahar Hssain-Khalladi" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Giron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Huneau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Gitton" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Schwartz" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/ejn.16379" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04038892v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tjerk Gutteling" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Bonnefond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tommy Clausner" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rudy Romain" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/s23052801" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05433092v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Klibi" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Vernet" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th Imed" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Riadh Farah" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/SMARTTECH54121.2022.00041" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769660v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giuseppe Spinelli" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hovagim Bakardjian" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Claude Potier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Habert" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/JAD-220204" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03171591v2" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Chavez" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1741-2552/abef39" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006210v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2019.116500" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02265308v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Guillon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federico Battiston" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yohan Attal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina La Corte" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/netn_a_00087" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893132v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ankit Khambhati" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0129065718500144" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01578419v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Colliot" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Dubois" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07846-w" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01274101v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Sockeel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie P&#233;l&#233;grini-Issac" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Habib Benali" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0146845" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01357963v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Craig G. Richter" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariana Babo-Rebelo" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Tallon-Baudry" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2016.08.043" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01222242v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takfarinas Medani" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Lautru" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhuoxiang Ren" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rard Sou" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/PIER15050102" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00823750v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang Dalal" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Jerbi" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bertrand" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Adam" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Ducorps" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.yebeh.2013.03.012" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00816043v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0059856" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00818207v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Fasoula" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jneumeth.2013.02.021" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JQM2FC1V-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00795726v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Katia Lehongre" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Ramus" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Villiermet" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Lise Giraud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuron.2011.11.002" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00585772v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Bleton" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Vidailhet" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bourdain" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jnnp.2009.192476" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/NVC-Z6C6VWFT-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00573856v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang S. Dalal" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Baillet" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.neuroimage.2009.01.017" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-MZ0VLRDL-X/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805430v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Dellacherie" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha Pfeuty" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Hasboun" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lef&#232;vre" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1749-6632.2009.04870.x" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-HPNS6BJK-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805388v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1162/jocn.2008.21155" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00805395v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarang S Dalal" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-00188494v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Michel Badier" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Cosandier-Rimele" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Benar" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Chauvel" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IEMBS.2007.4352826" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01521200v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Casini" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia Romaigu&#232;re" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Anton" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.brainres.2006.08.124" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-18NSL4PC-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05511808v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maciej Szul" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ishita Agarwal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Moreau" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Gailhard" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carolina Fernandez Pujol" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05367239v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Labyt" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Jung" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05139676v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04701010v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140120v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ari E Kahn" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773296v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03773303v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695420v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04140131v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695403v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695434v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03695441v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03871532v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226414v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03226408v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03713509v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nesrine Hazem" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Yahia Cherif" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006234v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrizia Andrea Chiesa" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simone Lista" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2019.06.3356" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02157179v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02123582v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03006236v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Harald Hampel" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jalz.2018.06.2429" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966314v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01966311v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01266621v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01421525v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/NER.2015.7146815" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143241v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143262v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-01143283v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04038982v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>