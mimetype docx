--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -197,51 +197,51 @@
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Ultrasonics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, In press</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05521418v1</w:t>
+                <w:t xml:space="preserve">hal-05521418v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ultrasonic scattering in polycrystalline materials with elongated grains: A comparative 3D and 2D theoretical and numerical analysis</w:t>
               </w:r>
@@ -327,51 +327,51 @@
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ultras.2025.107642⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05004948v1</w:t>
+                <w:t xml:space="preserve">hal-05004948v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Theoretical analysis of the dimensionality of ultrasonic attenuation in polycrystalline materials with elongated grains</w:t>
               </w:r>
@@ -6243,51 +6243,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521418v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Camilo Victoria Giraldo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Solas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lh&#233;mery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004948v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107642" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2822/1/012181" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811218v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Baghdadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Boumerzoug" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brisset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36547/ams.28.2.1504" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048743v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Widomski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Solas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Baudin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brisset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lebel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1121/1/012031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035530v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Widomski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.1611" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03248400v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jamoneau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morisot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hubert Schmitt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141222" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353811v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourahima" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Helbert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rege" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ji" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Solas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.09.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01851723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201700279" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665205v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Cemin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Abadias" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberiu Minea" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Furgeaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.09.007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9GT4CLD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858597v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Chow" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Puel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aubin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9359-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302581v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Jaeger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fandeur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.08.038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP2DR7WR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752000v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thebault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751986v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. L Etter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ceccaldi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Penelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2004.05.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402559v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichen Kong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Guillemot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Gandin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088667v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Laurent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402588v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402543v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839010v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838995v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532232v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489816v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246459v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03887714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Boujnah" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Neggers" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089265v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szmytka" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Locq" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04170190v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405188v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mouronval" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02442274v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Asserin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ayrault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fandeur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ronfard-Haret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01845351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bai" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Aubry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106155v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01079436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perrin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01079437v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349296v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349293v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322626v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Drouelle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Etter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533019v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Joseph Rizzo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550917v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;bault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294228v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292746v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clavel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445976v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Telmen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417735v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778505v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00788568v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771436v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00783041v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05521418v2" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Camilo Victoria Giraldo" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Solas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Laurent" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Lh&#233;mery" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bing Tie" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05004948v2" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ultras.2025.107642" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04485455v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2822/1/012181" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03811218v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lamia Baghdadi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zakaria Boumerzoug" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Brisset" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baudin" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36547/ams.28.2.1504" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03048743v2" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Widomski" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Solas" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Baudin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Brisset" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Lebel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899x/1121/1/012031" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03035530v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Widomski" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Helbert" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/MSF.1016.1611" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-03248400v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Jamoneau" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Bourgon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Morisot" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Hubert Schmitt" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2021.141222" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02353811v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bourahima" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. Helbert" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rege" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Ji" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Solas" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jallcom.2018.09.004" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01851723v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/adem.201700279" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03665205v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Felipe Cemin" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregory Abadias" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tiberiu Minea" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clarisse Furgeaud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2017.09.007" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S9GT4CLD-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01858597v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Chow" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Puel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Aubin" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10853-015-9359-4" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01302581v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien de Jaeger" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Fandeur" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Colette Rey" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.msea.2015.08.038" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-WP2DR7WR-N/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00752000v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Thebault" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00751986v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Baudin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Rey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03300284v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. L. L Etter" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Ceccaldi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Penelle" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scriptamat.2004.05.001" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402559v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zichen Kong" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Guillemot" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles-Andr&#233; Gandin" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Bellet" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05088667v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Laurent" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402588v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05402543v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04839010v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04838995v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04532232v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04489816v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04246459v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03887714v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abir Boujnah" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan Neggers" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04089265v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M Thomas" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Charkaluk" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Szmytka" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Locq" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04170190v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02405188v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Renaud" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Mouronval" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aubry" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cea.hal.science/hal-02442274v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Gao" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Asserin" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Ayrault" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Fandeur" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ronfard-Haret" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01845351v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Tie" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Bai" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Aubry" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03106155v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01079436v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Perrin" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-01079437v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349296v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01349293v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03322626v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Drouelle" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.L. Etter" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Daniel" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Hubert" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01533019v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karl-Joseph Rizzo" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00550917v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Th&#233;bault" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00294228v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292746v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Clavel" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00264160v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04445976v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Thomas" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baris Telmen" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02417735v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yuan Gao" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Asserin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dani&#232;le Ayrault" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00778505v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00788568v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00771436v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://centralesupelec.hal.science/hal-00783041v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>