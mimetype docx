--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -1725,2464 +1725,2464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00881474v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Philologie wider Philologie.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geschichte der Germanistik. Mitteilungen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 41/42, pp.18-31</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789100v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le peuple du muet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique : revue générale des publications françaises et étrangères</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 780 (mai 2012), pp.464-468</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789104v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Objectivation ou aliénation.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue Germanique Internationale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 15 (Ernst Cassirer), pp.115-128</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00789081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 780 (mai 2012), pp.464-468</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Comment lire Simmel?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44-2 (automne 2012), pp.19-42</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 41/42, pp.18-31</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789073v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réciprocités sociales. Lectures de Simmel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Fitzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sociologie et Sociétés</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 44-2 (automne 2012), pp.5-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44-2 (automne 2012), pp.19-42</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'histoire, enquête de vérité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agenda de la pensée contemporaine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21, pp.35-48</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...69 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 44-2 (automne 2012), pp.5-18</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646973v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un fondement religieux du libéralisme?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales Benjamin Constant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 36, pp.97-109</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Un fondement religieux du libéralisme?</w:t>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00536360v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sprachen, Differenzen und Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kultur &amp; Gespenster</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 10, pp.91-98</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Vergegenständlichung des Geistes. Simmels Hermeneutik der Objektivität</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internationales Jahrbuch für Hermeneutik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 9, pp.327-339</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447789v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Celan para los filósofos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affinidades. Revista de leteratura y pensamiento</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, pp.5-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455504v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le déchiffrement de l'énigme. Humboldt, Champollion et la question de l'écriture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Historiographia linguistica </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 36 (2/3), pp.409-429</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00431488v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Über den Gegenstand der Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allgemeine Zeitschrift für Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32, pp.121-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00452212v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Points de passage. Diversité des langues, traduction et compréhension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hermès, La Revue - Cognition, communication, politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 49, pp.29-36</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455499v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Über den Gegenstand der Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Allgemeine Zeitschrift für Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 32 (2), p. 121-135</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00161470v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modi interpretandi. Clés et méthodes dans l'herméneutique de la première modernité : Mathias Flacius Illyricus, Joseph Mede et Isaac Newton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mitteilungen des SFB 573 Pluralisierung und Autorität in der Frühen Neuzeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.15-23</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455486v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthode des sciences de la culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodus. Revista internacional de filosofia moderna. International Journal for modern Philosophy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.38-60</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455491v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philosophie, Philologie und Hermeneutik bei Peter Szondi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Internationales Jahrbuch für Hermeneutik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 5, p. 347-358</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130749v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subjectivité et sentiment religieux : Constant et Schleiermacher</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales Benjamin Constant</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2011, 36, pp.97-109</w:t>
+              <w:t xml:space="preserve">, 2006, 30, pp.71-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 21, pp.35-48</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La méthode des sciences de la culture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodus. Revista internacional de filosofia moderna (Santiago de Chile)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, p. 36-60</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 10, pp.91-98</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subjectivité et sentiment religieux : Constant et Schleiermacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Annales Benjamin Constant</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 30, p. 71-95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 9, pp.327-339</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130753v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Modi interpretandi. Clés et méthodes dans l'herméneutique de la première modernité : Mathias Flacius Illyricus, Joseph Mede et Isaac Newton</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mitteilungen des SFB 573 Pluralisierung und Autorität in der Frühen Neuzeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 2006-2, p. 15-23</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2009, pp.5-9</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130762v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humboldt et la France au miroir de la traduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kodikas / Code - international journal of semiotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, pp.81-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2009, 36 (2/3), pp.409-429</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455483v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humboldt et la France au miroir de la traduction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ars semeiotica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, 27 (1-2), pp. 81-102</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 32, pp.121-135</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00276260v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kant et la raison étrangère. Sur le &amp;quot;Kant&amp;quot; de Josef Simon (2003).</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Archives de Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2004, pp. 669-675</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2007, 49, pp.29-36</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00276522v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enjeu de la philologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critique: Studies in Contemporary Fiction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2003, 672, pp.345-359</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...57 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce qu'une ‘herméneutique critique' ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodos : savoirs et textes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2002, 2, pp.289-312. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4000/methodos.100⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.38-60</w:t>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00430258v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">El arte critico de Jean Bollack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Quimera. Revista de literatura</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, 202, pp.20-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 5, p. 347-358</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455476v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La question de la 'forme de la philosophie' dans le premier romantisme allemand</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Methodos : savoirs et textes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2001, pp.155-172</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, pp.15-23</w:t>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur fond de nuit. Assisi de Paul Celan</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Etudes Germaniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, Numéro Paul Celan, pp.647-663</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 30, pp.71-95</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Schlegel entre histoire de la poésie et critique de la philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">», Littérature</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2000, 120, pp.45-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, p. 36-60</w:t>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455473v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Critique philologique et philosophie chez Le Clerc, Heumann et Kant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue philosophique de la France et de l'étranger</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 2, pp.151-168</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 30, p. 71-95</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447776v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subjectivité ou individualité. La destination de l'homme selon Fichte et Schleiermache</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 61, pp.3-39</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2006, 2006-2, p. 15-23</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455465v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamann et la langue des philosophes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rue Descartes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1999, 26, pp.93-105</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Humboldt et la France au miroir de la traduction</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455468v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Verstehen im Nichtverstehen. Zum Problem der Hermeneutik bei Humboldt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Kodikas / Code - international journal of semiotics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2005, pp.81-102</w:t>
+              <w:t xml:space="preserve">, 1998, 21, pp.271-285</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2004, 27 (1-2), pp. 81-102</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455460v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tradition directe et tradition indirecte. Remarque sur l'interprétation de Platon par Schleiermacher et ses utilisations</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les études philosophiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1998, pp.543-556</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...767 lines deleted...]
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-00455458v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">halshs-00455460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kant et l'herméneutique</w:t>
               </w:r>
@@ -5895,3264 +5895,3264 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">L'interprétation. Dictionnaire des auteurs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johann Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Claude Gens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">VRIN</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.424, 2025, Varia, 978-2-7116-3177-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05518991v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Georg Simmel, Ecrits sur Rodin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Amat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Matthieu Amat; Denis Thouard. Circé, 2025, 97828585424</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (édition critique)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05386805v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les enfants de Georg Simmel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Editions Circé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 484 p., 2024, 978-2-84242-536-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04853103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kommunikation in Philosophie, Religion und Gesellschaft:</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Berner; Sarah Schmidt; Brent W. Sockness; Denis Thouard. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter de Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, 520 p., 2024, Schleiermacher Archiv, 9783111067094</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04269818v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goethe, le second auteur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph König</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermann, 2022, Les colloques de Cerisy, 9791037007124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03970518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hermeneutik und Recht im 18. Jahrhundert,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Grunert Frank</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502539v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté et religion.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du CNRS, pp. 200, 2020, 978-2-271-11610-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02509471v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Georg Simmel. Une orientation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Circé, 237 pp., 2020, 978-2-84242-482-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId108" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085549v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herméneutiques contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions Hermann, pp. 370, 2020, 979 1 0370 0396 6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03039323v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simmel, Le parti pris du tiers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du CNRS, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03943295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">•Simmel, le parti-pris du tiers,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard, Bénédicte Zimmermann. Cnrs editions, 2017, Simmel, le parti-pris du tiers, 978-2-271-08741-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01567441v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pourquoi ce poète ? Le Celan des philosophes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Editions du Seuil, 2016, L'Ordre Philosophique, 9782021319040</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100945v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Et toute langue est étrangère</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">encre bleue / Les Belles Lettres</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 9782350881065</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geteilte Ideen.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Matthes &amp; Seitz, 2016</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Constant, De la religion L. VI-VIII</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kurt Kloocke</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">de Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OCBC 19, 2015, Œuvres complètes de Benjamin Constant, K. Kloocke, 9783110336689</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04100926v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'Interprétation. Un dictionnaire philosophique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Amat</w:t>
+                <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Matthieu Amat; Denis Thouard. Circé, 2025, 97828585424</w:t>
+              <w:t xml:space="preserve">Berner, Christian and Thouard, Denis. Vrin, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
-            <w:r>
-[...36 lines deleted...]
-                <w:t xml:space="preserve">L'interprétation. Dictionnaire des auteurs</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01551219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interprétation. Un dictionnaire philosophique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vrin, 2015, 9782711626281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schleiermacher philosophe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">77, pp.211-330, 2014, Schleiermacher philosophe, 0003-9632</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01090264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herméneutique critique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires du Septentrion, pp.182, 2012, Opuscules phi, 978-2-7574-0405-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789042v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réciprocités sociales. Lectures de Simmel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Johann Michel</w:t>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gregor Fitzi</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses de L'Université de Montréal, pp.309, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Textes clés : &amp;quot;Herméneutique contemporaine. Comprendre, interpréter, connaître</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vrin, pp.380, 2011</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520079v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La philologie au présent. Pour Jean Bollack</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...22 lines deleted...]
-              <w:t xml:space="preserve">, pp.424, 2025, Varia, 978-2-7116-3177-3</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph König</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.385, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId95" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, 484 p., 2024, 978-2-84242-536-4</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520071v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philologie als Wissensmodell. Philologie und Philosophie in der Frühen Neuzeit / La philologie comme modèle du savoir. Philologie et philosophie à la Renaissance et à l'Age classique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fosca Mariani Zini</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Friedrich Vollhardt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Walter de Gruyter (P&amp;A), pp.406, 2010</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...62 lines deleted...]
-              <w:t xml:space="preserve">, 35, 520 p., 2024, Schleiermacher Archiv, 9783111067094</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Flacius Illyricus, La clé des Ecritures, traduction et commentaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Büttgen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.200, 2009, Opuscules phi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Christoph König</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00452209v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathias Flacius Illyricus, La clé des Ecritures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Hermann, 2022, Les colloques de Cerisy, 9791037007124</w:t>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Büttgen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Büttgen et Denis Thouard. Presses Universitaires du Septentrion, pp.200, 2009, Opuscules phi, Chr. Berner et D. Thouard</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Denis Thouard</w:t>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00435187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Warten auf Godot : Das Absurde und die Geschichte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard Tim Trzaskalik (hrsg.). Mathes &amp; Seitz, pp.187, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454642v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sens et interprétation. Pour une introduction à l'herméneutique.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">2021</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Villeneuve d'Ascq, Presses Universitaires du Septentrion, 157 p., 2008</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Circé, 237 pp., 2020, 978-2-84242-482-4</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00330600v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sens et interprétation. Pour une introduction à l'herméneutique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chr. Berner. P. U. du Septentrion, pp.157, 2008, Opuscules phi</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Editions du CNRS, pp. 200, 2020, 978-2-271-11610-9</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454640v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le partage des idées.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, CNRS EDITIONS, pp.231, 2007, CNRS Philosphie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Editions Hermann, pp. 370, 2020, 979 1 0370 0396 6</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00127380v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schleiermacher. Communauté, individualité, communication.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, Librairie philosophique J. Vrin, 282 p., 2007, Bibliothèque d'Histoire de la Philosophie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Simmel, Le parti pris du tiers</w:t>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00181598v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le partage des idées. Etudes sur la forme de la philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">CNRS Editions, pp.233, 2007, Philosophie, 9782271064790</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schleiermacher. Communauté, individualité, communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vrin, pp.288, 2007, Bibliothèque d'Histoire de la Philosophie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00448061v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire avec Carlo Ginzburg.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion, 255 p., 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00154290v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kant et Hobbes. De la violence à la politique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Editions du CNRS, 2017</w:t>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Foisneau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bibliothèque d'Histoire de la Philosophie, 256 p., 2005, 978-2-7116-1736</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Bénédicte Zimmermann</w:t>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454651v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire avec Carlo Ginzburg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.265, 2005, Opuscules phi, 978-2-85939-986-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454648v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Simon, Signe et interprétation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard (éd.). Presses Universitaires du Septentrion, 163 p., 2004, Coll. "Opuscules Phi"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195741v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Schleiermacher, Esthétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thouard (éd.). Cerf, pp.270, 2004, 9782204073738</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447734v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristote au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard (éd.). Presses Universitaires du Septentrion, 465 p., 2004, Coll. "Cahiers de Philologie", série "Apparat critique"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195662v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Josef Simon, Signe et interprétation,</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">P.U. Septentrion, pp.163, 2004, Opuscules phi</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447735v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristote au XIXe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion, pp.465, 2004, Cahiers de philologie</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ouvrages</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454653v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Esthétique&amp;quot; de F. Schleiermacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Denis Thouard, Bénédicte Zimmermann. Cnrs editions, 2017, Simmel, le parti-pris du tiers, 978-2-271-08741-6</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisabeth Decultot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId151" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc de Launay</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. d'Angelo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Paris, Editions du Cerf, 270 p., 2004, Cpll. "Passages"</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Editions du Seuil, 2016, L'Ordre Philosophique, 9782021319040</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Symphilosophie. F. Schlegel à Iéna</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Di Cesare</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Behler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berner</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Vrin, pp.228, 2002, Bibliothèque des Textes Philosophiques, 9782711615582</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...49 lines deleted...]
-              <w:t xml:space="preserve">Matthes &amp; Seitz, 2016</w:t>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447675v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Belles Lettres, pp.176, 2001, Figures du savoir</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...58 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 9782350881065</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454636v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">W. von Humboldt, Sur le caractère national des langues et autres écrits sur le langage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Seuil, pp.204, 2000, Points</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...41 lines deleted...]
-                <w:t xml:space="preserve">Christian Berner</w:t>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lettres édifiantes et curieuses sur la langue chinoise. Wilhelm von Humboldt/Jean-Pierre Abel Rémusat (1820/1831). Un débat philosophico-grammatical</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...13 lines deleted...]
-              <w:t xml:space="preserve">Berner, Christian and Thouard, Denis. Vrin, 2015</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Rousseau, D. Thouard (éds.). Presses Universitaires du Septentrion, pp.340, 1999, 978-2-85939-588-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Benjamin Constant, De la religion L. VI-VIII</w:t>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454786v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Schleiermacher, Dialectique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...2102 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Cerf, pp.350, 1997, Passages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9565,8886 +9565,8886 @@
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-05518923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Fénelon et Kant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Charles-Olivier Sticker-Métral, François Trémolières (éds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lectures et Figures de Fénelon</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Garnier, pp.323-339, 2023, 978-2-406-14489-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04100893v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Postface</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Mathieu Protin. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Godot dans l’histoire,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Circe, pp.89-104 et 111-115 (notes), 2023, Penser le théâtre, 978-2-84242-502-9</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04319333v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lire, déchiffrer, interpréter: le défi de l’herméneutique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Dominique Charpin; Xavier Leroy. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Déchiffrement(s) : des hiéroglyphes à l’ADN</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Odile Jacob, pp.243-261, 2023, college de France, 978-2-4150-0687-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId169" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04269775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herméneutique et traduction, d’un paradigme à l’autre ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">MARC CRÉPON et GINEVRA MARTINA VENIER (dir.). </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Politique des traductions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Editions Rue d'Ulm, pp.29-44, 2023, 978-2-7288-0803-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04100900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Bollack et l’amitié. La recherche de la bonne distance</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Stéphanie Cudre-Mauroux; Christoph König; Martin Steinrück. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Lire Jean Bollack – Jean Bollack lesen</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Bollackiana I, Schwabe, pp.55-65, 2023, Bollackiana, ‎ 978-3796548475</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId171" w:history="1">
+            <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">halshs-04269747v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...38 lines deleted...]
-              <w:t xml:space="preserve">, Garnier, pp.323-339, 2023, 978-2-406-14489-2</w:t>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schleiermacher en français</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Berner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Berner, Sarah Schmidt, Brent W. Sockness et Denis Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kommunikation in Philosophie, Religion und Gesellschaft. Akten des Internationalen Schleiermacher-Kongresses 25.-29. Mai 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, de Gruyter, pp.491-500, 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04358325v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kommunikation in Philosophie, Religion und Gesellschaft. Zur Einleitung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...25 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Schmidt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brent W. Sockness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kommunikation in Philosophie, Religion und Gesellschaft Akten des Internationalen Schleiermacher-Kongresses 25.–29. Mai 2021</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 35, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">de gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.13-27, 2023, Schleiermacher-Archiv, 9783111128801. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1515/9783111128801⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...4 lines deleted...]
-                <w:t xml:space="preserve">Kommunikation in Philosophie, Religion und Gesellschaft. Zur Einleitung</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04361479v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’altérité de l’interprète</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Monde(s) et poésie. Au cœur des sciences du langage et de la culture,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.377-388, 2023, 979-10-300-0975-0</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04100920v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prologue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Thouard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph König</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe, le second auteur. Actualité d’un inactuel</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03888673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Dialektik in der Hermeneutik. Szondi, Adorno</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Germán Garrido et Linda Maeding (éds.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peter Szondi. Stellungnahmen zur literarischen Hermeneutik</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, AISTHESIS Verlag, p. 29-47, 2022, 9783849817718</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03888402v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une poétique de la résignation. Réflexions sur le style tardif</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe, le second auteur. Actualité d’un inactuel, Paris Editions Hermann, 2022,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 9791037007124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03867348v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Deux lectures de l‘Élégie de Marienbad</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christoph König</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard, Christoph König. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Goethe, le second auteur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions Hermann, pp.305-321, 2022, Les colloques de Cerisy, 9791037002124</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04763738v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Art of complicating Things</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gregor Fitzi. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Routledge International Hand Book of Simmel Studies,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Routledge, pp.111-121, 2021, Routledge international Handbooks, 978-0-367-27723-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085576v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Umgangsformen. Ein Modellfall der Formalisierung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Steven Sello, Anja Röcke (eds.), Lebensführung, Lebenskunst und Lebenssinn. Soziologie, Philosophie und Psychologie des Lebens, Weinheim: Beltz Juventa, 2021, S. 94-124.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philosophical readings of Paul Celan in France. Three Steps</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Michael Eskin, Karen Jane Leeder, Marko Pajević (éds.), Paul Celan Today. A Companion, Berlin, Boston, W. de Gruyter, 2021, p. 143-158.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502535v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retour de la Poétique (après le structuralisme)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Luis Galván (ed.), Mímesis, accíon, ficción : contextos y consecuencias de la Poética de Aristóteles, Kassel, Reichenberger, 2021, p. 227-242.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’herméneutique comme cynégétique. Ouverture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Eléonore Reverzy, Bertrand Marquer (éds.), Histoires de chasse. Traces et traques dans la littérature du XIXe siècle, Paris, Garnier, 2021, p. 21-34.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502538v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pensées cavalières sur la traduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Franziska Humphreys (éd.), Penser la traduction, Paris, Editions de la MSH, 2021, p. 227-239</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03502537v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georg Simmel, Méditations sur la vie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Circé, pp.7-40, 2020, 978 2 84242 470 1</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085556v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Politiques d’Orphée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Häfner, Ralph; Winkler, Markus. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Götter-Exile. Neuzeitliche Figuratione antiker Mythen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 7, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carl Winter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.147-162, 2020, Myosotis. Forschungen zur europäischen Traditionsgeschichte, 978-3-8253-4776-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085663v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Celan en France.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Fradin, Clément; Badiou, Bertrand; Wögerbauer, Werner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l’Herne Paul Celan</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L#Herne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.156-167, 2020, 9-791031-903996</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085687v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Urteilen und Verstehen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Grimm, Dieter; König, Christoph. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lektüre und Geltung. Zur Verstehenspraxis in der Rechtswissenschaft und in der Literaturwissenschaft</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wallstein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.251-265, 2020, Philologien. Theorie - Praxis - Geschichte, 978-3-8353-3828-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085652v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La ville comme forme de l’esprit objectif.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Antonioli, manuela; Borsari, Andrea. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Georg Simmel et le champ architectural. Sociabilité urbaine, paysage et esthétisation du monde</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mimesis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.55-69, 2020, 9788869762376</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId197" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085673v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die philosophische Intention Georg Simmels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Gerald Hartung / Heike Koenig / Tim-Florian Steinbach. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Philosoph Georg Simmel,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 8, Karl Alber Verlag, pp.37-58, 2020, Kulturphilosophische Studien, 978-3-495-49158-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085569v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muss (auch) die Philosophie populär werden?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claude Haas; Daniel Weidner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Über Wissenschaft reden. Studien zu Sprachgebrauch, Darstellung und Adressierung in der deutschsprachigen Wissenschaftsprosa um 1800</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Walter de Gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.39-56, 2020, Lingua Academica, 4, 978-3-11-067662-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03085582v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’Europe selon Georg Simmel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Starsbourg, creuset des dociologies allemandes et francaises</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395457v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The dark Poetry of the Black Notebooks. On the Use of Poetry by Heidegger during the 30s and after</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">André Laks (ed.), What should we do with Heidegger?, Topicos, revista de filosofia, vol. extraordinario, Universidad Panamericana, México,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId203" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395530v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">War on Rhetoric? Aristotle’s Rhetoric in the 19th Century</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gerald Hartung, Colin G. King, Christof Rapp (ed.), Aristotelian Studies in the 19th Century Philosophy, Berlin, Boston, de Gruyter, 2018,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395533v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La réduction de la lecture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Révolutions du XXIème siècle, Paris, PUF, 2018, (Zarka, YC, Taussig, S. eds)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId205" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395547v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tempo rubato</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Abel in Dialog. Perspektiven der Zeichen- und Interpretationsphilosophie, Berlin, Boston, de Gruyter, 2018 Ulrich Dirk, Astrid Wagner (éds.),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395518v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Blumenberg et l’herméneutique de la lecture. Phénoménologie de la culture et philologie du monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ragione e mito. Hans Blumenberg e la costituzione della razionalità moderna, Dianoia. Rivista di filosofia 27, 2018, p. 15-34.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId207" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395555v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Qu’est-ce que la poésie ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Arts et sciences du romantisme allemand, Rennes, PUR, « AEsthetica », 2018 (André Stanguennec, Daniel Lancereau (éds.),</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-02395560v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Kunst der Moderne. Von Schleiermacher zu Schwitters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Arnulf von Scheliha, Jörg Dierken (Hrsg.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Der Mensch und seine Seele. Bildung – Frömmigkeit – Ästhetik, Akten des internationalen Kongresses der Schleiermachergesellschaft in Münster September 2015,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 26, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">walter de gruyter</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.459-468, 2017, Schleiermacher-Archiv, 9783110464573</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId209" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04099286v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Reduktion des Lesens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luisa Banki und Michael Scheffel (eds). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lektüren. Positionen zeitgenössischer Philologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Bd. 94, Wissenschaftlicehr Verlag Trier, pp.147-161, 2017, Schriftenreihe Literaturwissenschaft, 978-3-86821-716-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04099245v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Considérations simmeliennes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Zimmermann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard; Bénédicte Zimmermann (Dir.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Simmel, Le parti pris du tiers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions du CNRS, pp.9-29, 2017</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-03956500v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deux herméneutiques de l’historien</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Guido Cusinato; Ferdinando Luigi Marcolungo; Alberto Romele (eds.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Interpretazione e trasformazione</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mimesis, pp.127-137, 2017, Filosofie, 9788857538976</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04099264v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Sprachphilosophie der Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Andreas Arndt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Friedrich Schleiermachers Hermeneutik. Interpretationen und Perspektiven</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, de gruyter, pp.85-100, 2016, 978-3-11-045312-6</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01416767v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Crítica filológica e filosofia crítica</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Bruno Duarte. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Da crítica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sistema solar, pp.73-86, 2016, "Documenta", 9789898834027</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100949v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liberté, individualité, diversité. Humboldt de la politique aux langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">O. Agard et F. Lartillot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le libéralisme de Wilhelm von Humboldt. Autour de l'Essai sur les limites de l'action de l'État</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Harmattan, pp.19-33, 2015, 978-2-343-07161-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100956v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ein Philologe in der Dreyfus-Affäre: Louis Havet.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ralf Klausnitzer, Carlos Spoerhase, Dirk Werle. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ethos und Pathos der Geisteswissenschaften</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 12, de Gruyter, pp.133-164, 2015, Historia hermeneutica series studia, 978-3-11-037499-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-01185875v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hegel in Berlin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarah Schmidt, Dimitris Karydas et Jure Zovko (éds.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Begriff und Interpretation im Zeichen der Moderne. Festschrift Andreas Arndt</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, de Gruyter, pp.291-297, 2015, 9783110365061</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100962v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Passer entre les langues. Réflexions en marge du discours de Schleiermacher sur la traduction.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Larissa Cercel et Adriana Serban (éds.),. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Friedrich Schleiermacher and the Question of Translation, 1813-2013,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Schleiermacher Archiv 25, de Gruyter, pp.59-73, 2015, 9783110375916-006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04100960v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les deux modes de la compréhension du sens chez Simmel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luigi Cataldi Madonna. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Naturalistische Hermeneutik. Ein neues Paradigma des Verstehens und Interpretierens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Königshausen &amp; Neumann, pp.49-67, 2013, 978-3-8260-4857-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId220" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00881501v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Making new Classics : The Archaeology of Luo Zhenyu and Victor Segalen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tao Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sarah C. Humphreys &amp; Rudolf G. Wagner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Modernity's Classics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Springer, pp.231-260, 2013, Transcultural Research - Heidelberg Studies on Asia and Europe in a Global Context, 978-3-642-33070-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId221" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00881496v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eine Encyklopädie zwischen Ethik und Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christiane Hackel &amp; Sabine Seifert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">August Boeckh. Philologie, Hermeneutik und Wissenschaftspolitik,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berliner Wissenschafts-Verlag, pp.107-124, 2013, Berliner Intellektuelle um 1800, 978-3-8305-3141-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId223" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00881489v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Subjectivité et identité.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Patrice Canivez et Lambros Couloubaritsis. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'éthique et le soi chez Paul Ricoeur. Huit études sur Soi-même comme un autre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires du Septentrion, pp.71-98, 2013, Opuscules phi, 978-2-7574-0419-5</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00881480v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilhelm von Humboldt und das vergleichende Sprachstudium</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Ute Tintemann et Jürgen Trabant. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wilhem von Humboldt: Universalität und Individualität,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm Fink, Munich, pp.171-181, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789093v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'invention du sentiment chez Kant.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">E. Décultot, G. Lauer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kunst und Empfindung. Zur Genealogie einer kunsttheoretischen Fragestellung in Deutschland und Frankreich im 18. Jahrhundert</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Carl Winter Verlag, Heidelberg, pp.129-146, 2012</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00789101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">His temporibus accommodata.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christoph Bultmann &amp; Lutz Danneberg. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hebraistik - Hermeneutik - Homiletik Die "Philologia Sacra" im frühneuzeitlichen Bibelstudium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Walter de Gruyter, pp.557-568, 2011, Historia Hermeneutica</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00647022v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">On the Historiography of Hermeneutics: Some reflections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. U. Lessing, R. MA. Makkreel, R. Pozzo. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Recent Contributions to Dilthey's Philosophy of the Human Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frommann-Holzboog, pp.241-253, 2011, Problemata 153</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00654894v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Préface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Herméneutique contemporaine. Comprendre, interpréter, connaître</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, pp.7-37, 2011, Textes clé</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00651788v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Réflexions sur la constitution de l'herméneutique en discipline. Flacius, Hyperius et Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Frank, St. Meier-Oeser. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hermeneutik - Methodenlehre - Exegese. Zur Theorie der Interpretation in der frühen Neuzeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Frommann-Holzboog, pp.37-66, 2011, Melanchthon Schriften der Stadt Bretten</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520103v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La puissance des oeuvres</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Mario G. Lombardo, A. Romele. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Effettività dell'Ermeneutica. Puissances de l'herméneutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, FrancoAngeli, Milan, pp.219-233, 2011, Filosofia</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646040v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zentrale Aussenseiter im Vergleich</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Anne Baillot. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Netzwerke des Wissens. Das Intellektuelle Berlin um 1800</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Berliner Wissenschafts Verlag, pp.113-130, 2011, Berliner Intellektuelle um 1800</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Soziale Zeit, gelebte Zeit.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Frank Degler. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bloch-Almanach</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 30 (30), talheimer verlag, pp.111-126, 2011, Periodikum des Ernst Bloch Archivs</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00646048v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La sagacité de l'esprit. La conjecture au XVIIIe siècle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hans Adler, Rainer Godel. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Formen des Nicht-Wissens in der Aufklärung, ‚Hallesche Beiträge zur Europäischen Aufklärung'</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Niemeyer, pp.141-156, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520106v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstruktionsspiele. Ein Versuch über die Divination. Ein Dialog</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Kai Bremer et alii. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Konjektur und Krux. Zur Methodenpolitik der Philologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wallstein Verlag, pp.116-128, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langue et contre-langue</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christoph König et Denis Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La philologie au présent. Pour Jean Bollack</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.341-350, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520082v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Constant et l'Ecole de Göttingen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H.-E. Bödeker, Ph. Büttgen, M. Espagne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Göttingen vers 1800</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerf, pp.129-153, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520084v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Der unmögliche Abschluß. Schlegel, Wolf und die Kunst der Diaskeuasten</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christian Benne, Ulrich Breuer. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Antike – Philologie – Romantik. Friedrich Schlegels altertumswissenschaftliche Manuskripte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Schöningh, pp.41-61, 2010</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520115v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Folgen der Philologisierung</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thouard, F. Vollhardt, F. Mariani Zini. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Philologie als Wissensmodell. La philologie comme modèle de savoir</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WdG, pp.1-19, 2010, Pluralisierung und Autorität, 2076-8281</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00520096v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Die Ausübung der Vernunft an der Sprache. Philologische Begriffe und Wirkungen in der Philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Christoph König. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Das Potential Europäischer Philologien. Geschichte, Leistung, Funktion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wallstein Verlag, pp.117-129, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId240" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Von Schleiermacher zu Trendelenburg. Die Voraussetzungen der Renaissance des Aristoteles im 19. Jahrhundert</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Baertschi, Annette M.; King, Colin G. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die modernen Väter der Antike. Die Entwicklung der Altertumswissenschaften an Akademie und Universität im Berlin des 19. Jahrhunderts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Walter de Gruyter, pp.303-328, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId241" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455399v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philologie der Welt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Meßling, U. Tintemann. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">„Der Mensch ist nur Mensch durch Sprache“. Zur Sprachlichkeit des Menschen</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wilhelm Fink Verlag, pp.103-113, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId242" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455198v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Introduction à la Clavis Scripturae Sacrae</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Büttgen</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Philippe Büttgen et Denis Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mathias Flacius Illyricus, La clé des Ecritures, traduction et commentaire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.9-63, 2009, Opuscules phi</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId243" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00431682v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre concept et sujet. Quelques réflexions sur l'histoire de la philosophie française</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le concept, le sujet et la science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vrin, pp.219-236, 2009</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId244" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455191v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bossuet ou la philosophie de l'histoire comme métacritique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sabrina Ebbersmeyer, Helga Pirner-Pareschi et Thomas Ricklin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sol et homo. Mensch und Natur in der Renaissance, Festschrift zum 70. Geburtstag für Eckhard Keßler</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sabrina Ebbersmeyer, Helga Pirner-Pareschi et Thomas Ricklin, pp.Fink, 2008, Humanistische Bibliothek Reihe I, Band 59</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId245" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455187v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Postface (2006)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La naissance du paradigme herméneutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.313-326, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId246" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455182v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gefühl und Freiheit in politischer Hinsicht. Einige Überlegungen zu Humboldt, Constant, Schleiermacher und ihrem Verhältnis zum Liberalismus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Arndt, U. Barth et W. Gräb. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kultur, Staat, Christentum. Akten des Kongresses der Internationalen Schleiermacher-Gesellschaft in Berlin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, WdG, pp.355-374, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447769v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjamin Constant und die Göttinger Schule</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">H. E. Bödeker, Ph. Büttgen, M. Espagne. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Die Wissenschaften vom Menschen in Göttingen um 1800 : Wissenschaftliche Praktiken, institutionelle Geographie, europäische Netzwerke,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Vandenhoeck &amp; Ruprecht, pp.101-123, 2008, MPIG 237</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00431686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eine Geschichte ohne Rezeption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. T. et T. Tzraskalik. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Warten auf Godot. Das Absurde und die Geshcichte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mathes &amp; Seitz, pp.123-132, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId249" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455181v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les conceptions du texte. Un conflit d'interprétation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chr. Berner et D. Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sens et interprétation. Pour une introduction à l'herméneutique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. U. du Septentrion, pp.99-130 +145-157, 2008</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455185v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Langage et subjectivité. Sur le Kantbuch de Josef Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Capeillères; Chr. Berner. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kant et les kantismes dans la philosophie contemporaine 1804-2004</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.247-258, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId251" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455175v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indice et herméneutique. Cynégétique, caractéristique, allégories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, p. 73-86., 2007, Coll. "Opuscules Phi"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00154296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enquête sur l'indice. Quelques préalables</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire avec Carlo Ginzburg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.9-21, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455165v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le paradigme indiciaire</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Marc Ferry</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses Universitaires du Septentrion. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Interprétation des indices. Enquête sur le paradigme indiciaire avec Carlo Ginzburg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp91-102, 2007, 978-2-85939-986-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01742859v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Indice et herméneutique. Cynégétique, caractéristique, allégories</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire avec Carlo Ginzburg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.73-86, 2007</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455169v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'enquête sur l'indice. Quelques préalables.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Denis Thouard (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'interprétation des indices. Enquête sur le paradigme indiciaire.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, p. 9-21., 2007, Coll. "Opuscules Phi"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId257" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00154291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Notices « Humboldt », « Schlegel », « Schleiermacher »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">rééd. sous la dir. de J.-F. Balaudé de l'ouvrage éd. par M. Merleau-Ponty. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les philosophes de l'Antiquité au XXe siècle. Histoire et portraits</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Livre de Poche, p. 892-902, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130768v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamann and the History of Philosophy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chr. Ligota &amp; J.-L. Quentin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">History of Scholarship</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.413-436, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00127730v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que les Lumières pour le premier romantisme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Studies on Voltaire and the Eightenth Century 12, numéro « Qu'est-ce que les Lumières</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford University Press, pp.197-212, 2006</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId260" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perfectibilité et norme esthétique dans le néo-classicisme. Philologie, poésie et politique chez André Chénier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Th. Belleguic, E. van der Schueren, S. Vervacke. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les songes de Clio. Fiction et histoire sous l'Ancien Régime</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l'Université de Laval, pp.585-610, 2006, Collection de la République des Lettres</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId261" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Perfectibilité et norme esthétique dans le néo-classicisme.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Th. Belleguic, E. van der Schueren, S. Vervacke. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les songes de Clio. Fiction et histoire sous l'Ancien Régime.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Laval, Presses de l'Université de Laval, pp.585-610, 2006, Collection de la République des Lettres</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId262" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00127736v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Qu'est-ce que les Lumières pour le premier romantisme ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">G. Pigeard de Gurbert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Qu'est-ce que les Lumières ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oxford, Voltaire Foundation, 13 p., 2006, Voltaire Studies</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00127777v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Article &amp;quot;Herméneutique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Mesure et P. Savidan. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Dictionnaire des sciences humaines</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, PUF, p. 536-538., 2006, "Quadriges"</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00130757v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Rire et amour-propre. Anthropologie du rire et subjectivité chez Kant et Hobbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kant et Hobbes. De la violence à la politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vrin, pp.55-85, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455105v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wie Flacius zum ersten Hermeneutiker der Moderne wurde. Dilthey, Twesten, Schleiermacher und die Historiographie der Hermeneutik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Schönert/F. Vollhardt. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Geschichte der Hermeneutik und die Methodik der textinterpretierenden Disziplinen,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, de Gruyter, pp.265-280, 2005, „Dokumente und Studien zur frühzeitlichen Hermeneutik“, 9783110924534</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04101064v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rire et amour-propre. Anthropologie du rire et subjectivité chez Kant et Hobbes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">L. Foisneau et D. Thouard (éd.). </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">De la violence à la politique. Kant et Hobbes: politique de la raison</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Paris, Librairie J. Vrin, p. 55-85., 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00195807v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamann und der Streit um die Poesie der Hebräer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Achtes internationales Hamann-Kolloquium an der Universität Halle-Wittenberg, Die Gegenwärtigkeit J. G. Hamanns</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Peter Lang, pp.321-334, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455101v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schlegel, Lessing et l'essence de la critique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'essence de la critique. Ecrits sur Lessing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presse Universitaires du Septentrion, pp.9-27, 2005</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId269" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447765v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kant et Hobbes. De la violence à la politique. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId142" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Foisneau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luc Foisneau; Denis Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kant et Hobbes. De la violence à la politique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId271" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vrin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.9-13, 2005, Histoire de la philosophie, 978-2-7116-1736-4</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04352943v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De la grammaire générale à l'étude comparée des langues : langage et langues à Berlin entre A. F. Bernhardi et W. von Humboldt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">U. Tintemann et J. Trabant. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sprache und Sprachen um 1800</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wehrhahn, pp.293-318, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId272" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'art comme faire humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">l'Esthétique de Schleiermacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cerf, pp.7-48, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId273" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« L'expérience de la diversité par les langues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">« La diversité linguistique, fondement essentiel de la diversité culturelle ?</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sceaux, pp.47-55, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455117v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aristote : la résurrection d'une philosophie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aristote au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Septentrion, pp.9-21, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455089v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eléments de bibliographie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aristote : la résurrection d'une philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Septentrion, pp.451-460, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455092v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dilthey et la naissance de l'herméneutique en 1900</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Worms. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le moment 1900 en philosophie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires du Septentrion, pp.169-184, 2004</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447760v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Présentation » de Josef Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Signe et interprétation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, P. U. du Septentrion, pp.7-26, 2004, Opuscules phi</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455110v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une métacritique des catégories. L'usage critique d'Aristote chez Trendelenburg</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">D. Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aristote au XIXe siècle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Septentrion, pp.37-62, 2004, Cahiers de philologie, 2-85939-864-3</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455098v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">The Hermeneutics of Hamann: ‘Condescenscio' and ‘Irony</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Jeffrey F. Keuss. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Sacred and the Profane: Contemporary Demands On Hermeneutics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aldershot and Burlington Ashgate, pp.47-52, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kant et Lucrèce</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">A. Monet. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Le Jardin romain. Epicurisme et poésie à Rome. Mélanges offerts à M. Bollack</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Editions de l'Université de Lille3, pp.265-280, 2003</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455056v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gefühl und Urteil in Schleiermachers Dialektik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chr. Kranich/Chr. Helmer/B. Rehme-Iffert. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schleiermachers Dialektik. Die Liebe zum Wissen in Philosophie und Theologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mohr-Siebeck, pp.120-131, 2002, Religion in Philosophy and Theology</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId282" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447756v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« F. Schlegel et la philosophie : une bibliographie 1980-2000</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symphilosophie. F. Schlegel à Iéna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vrin, pp.203-216, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455010v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Schleiermacher et Kant : les modalités de l'assentiment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Claude Piché. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Années 1781-1801. Kant, Critique de la raison pure, Vingt ans de réception</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vrin, pp.183-193, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455016v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'epos spéculatif. La Phénoménologie de l'Esprit comme Iliade et comme Odyssée</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">B. Lindorfer und D. Naguschewski. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hegel. Zur Sprache. Beiträge zu einer Geschichte des europäischen Sprachdenkens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Gunter Narr, pp.231-246, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447750v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">avant propos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symphilosophie. F. Schlegel à Iéna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vrin, pp.9-15, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455008v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La difficulté de Humboldt</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Editer et lire Humboldt, Les Dossiers de HEL 1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, SHEL, pp.XX, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455053v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Remarques sur le tragique chez Solger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'Esthétique de K. W. F. Solger. Symbole, tragique et ironie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ed. du Lérot, pp.121-135, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455047v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Schlegel de la philologie à la philosophie (1795-1800)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Symphilosophie. F. Schlegel à Iéna</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, vrin, pp.17-66, 2002</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455006v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pietro Verri entre Locke et Kant. Subjectivité et popularité dans les Lumières milanaises</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yves Panafieu. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La philosophie italienne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Publications du Lurpi, pp.95-110, 2001</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447747v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Religione e soggetività in Schleiermacher e in Benjamin Constant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">S. Sorrentino. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Religione e religioni a partire dai 'Discorsi' di Schleiermacher</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Cittadella, pp.261-294, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00455001v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Goethe, Humboldt : poétique et herméneutique de la traduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. L. Chiff; G. Dessons. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La force du langage. Rythme - Discours - Traduction</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Champion, pp.197-215, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454964v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La Grèce de F. Schlegel entre Homère et Platon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Grèce au miroir de l'Allemagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Kairos 16, pp.59-84, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447779v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le centaure et le cyclope. Réflexions sur Nietzsche et la philologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">M. Crépon. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cahiers de l'Herne F. Nietzsche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L'Herne, pp.159-178, 2000</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454998v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Humboldt, Abel-Rémusat et le chinois : la recherche de la correspondance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Rousseau; D. Thouard. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lettres édifiantes et curieuses sur la langue chinoise. Humboldt/Abel-Rémusat (1821-1831)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUS, pp.9-27, 1999</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454961v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le cogito et l'amour. Fénelon entre Descartes et Augustin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">De Courcelles/K. Flasch. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Augustinus in der Neuzeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Brepols, pp.217-241, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId296" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454799v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La rhétorique de la clarté et l'imposition du comprendre chez Fichte</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Gayon; J.C. Gens; J. Poirier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">La Rhétorique : Enjeux de ses Résurgences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ousia, pp.200-223., 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454924v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Merz : l'autre synthèse</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">J. Caullier. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'idée de la synthèse des arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ateliers 16, pp.73-88, 1998</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00454929v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les trois possibilités de l'herméneutique après Kant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">F. Rastier, J.-M. Salanskis &amp; R. Scheps. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Herméneutique : textes, sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, PUF, pp.33-55, 1997, 2-13-048676-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-00447739v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La dialectique ou l'art de philosopher , introduction à Schleiermacher</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Thouard</w:t>
+              </w:r>
+            </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...8351 lines deleted...]
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Berner</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Dialectique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Cerf, pp.7-38, 1997</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -19746,51 +19746,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520222v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thouard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.942.0058" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518942v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2280-8574/12988" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853087v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100911v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888730v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763735v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502545v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunert Frank" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085666v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02422329v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395483v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099276v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100951v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100964v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101091v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881474v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789081v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789104v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789100v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789073v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Fitzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00536360v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646973v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520125v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447789v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455504v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431488v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452212v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455499v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161470v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455491v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130749v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455486v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455489v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130756v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130762v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276260v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455480v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430258v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/methodos.100" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455476v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447787v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455471v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455473v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447776v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455465v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455468v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455458v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455460v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448087v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448089v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448082v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455451v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447773v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lagny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455516v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448079v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455446v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448076v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455440v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448074v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455435v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455401v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540580v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130772v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130775v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130773v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130770v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130769v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130774v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386805v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amat" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518991v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berner" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gens" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711631773/linterpretation-dictionnaire-des-auteurs" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-circe.fr/livre-Les_enfants_de_Georg_Simmel-652-1-1-0-1.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269818v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/isbn/9783111128801/html?lang=de" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970518v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph K&#246;nig" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502539v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085549v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509471v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039323v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943295v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Zimmermann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567441v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100945v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100948v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100947v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782350881065/et-toute-langue-est-etrangere" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01551219v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100926v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Kloocke" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110336689/html" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100943v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01090264v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789058v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789042v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520079v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520071v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520061v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fosca Mariani Zini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Vollhardt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452209v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#252;ttgen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00330600v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454642v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454640v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447663v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448061v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127380v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181598v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154290v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454648v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454651v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Foisneau" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447735v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195662v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195741v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447734v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454653v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195686v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Decultot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Launay" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. d'Angelo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447675v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Di Cesare" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Behler" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454636v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454788v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454786v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rousseau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454789v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454787v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447683v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518951v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518829v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518923v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/13391-book-08536407-9782745364074.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319333v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269775v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100900v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269747v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100893v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04358325v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04361479v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Schmidt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent W. Sockness" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/serial/schlarch-b/html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111128801" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100920v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888673v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888402v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03867348v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763738v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085576v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502530v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502535v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502533v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502538v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502537v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085652v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wallstein-verlag.de/9783835338289-lektuere-und-geltung.html" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085673v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairie-de-paris.fr/livre/9788869762376-georg-simmel-et-le-champ-architectural-sociabilite-urbaine-paysage-et-esthetisation-du-monde-andrea-borsari-manola-antonioli/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085556v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085687v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdelherne.com/publication/cahier-paul-celan/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085663v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winter-verlag.de/de/detail/978-3-8253-4776-5/Haefner_Winkler_Hg_Goetter_Exile/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085569v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085582v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/title/569809?lang=en" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395457v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395533v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395530v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395547v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395518v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395555v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395560v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099245v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03956500v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099264v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099286v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110468311/html?lang=de" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416767v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100949v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100956v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185875v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100962v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100960v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881501v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881496v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881489v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881480v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789093v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789101v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00647022v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00654894v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00651788v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520103v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646040v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646058v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646048v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520082v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520092v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520084v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520115v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520106v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520096v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455199v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455399v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455198v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431682v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455191v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455182v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455187v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447769v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431686v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455181v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455185v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455175v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154296v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455165v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742859v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455169v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154291v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130768v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127730v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455147v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455142v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127736v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127777v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130757v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101064v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195807v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455101v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455105v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447765v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352943v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711617364/kant-et-hobbes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455117v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455086v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455107v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455089v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455092v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447760v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455110v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455098v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455059v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455056v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455008v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455010v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455016v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447750v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447756v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455053v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455006v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455047v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447747v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454964v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455001v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447779v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454998v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454961v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454924v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454799v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454929v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447739v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454796v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454794v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454790v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454792v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448068v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520269v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Theriault" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520244v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502546v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101651v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101649v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100969v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881504v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395505v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433760v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482633v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Baudelle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sabot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lojkine" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rostang" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520222v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Thouard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/criti.942.0058" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518942v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13135/2280-8574/12988" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853087v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100911v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100903v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888730v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763735v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502545v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Grunert Frank" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085666v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02422329v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395483v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395475v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099276v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100951v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100964v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100967v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101091v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100957v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01120686v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881474v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789100v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789104v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789081v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789073v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789062v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gregor Fitzi" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646973v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00536360v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520125v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447789v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455504v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431488v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452212v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455499v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00161470v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455486v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455491v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130749v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455489v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130756v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130753v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130762v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455483v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276260v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00276522v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455480v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00430258v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/methodos.100" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455476v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447787v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455471v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455473v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447776v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455465v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455468v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455460v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455458v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448087v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448089v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448082v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455451v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447773v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Lagny" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455516v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455447v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455442v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448079v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455446v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448076v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455440v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448074v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455438v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455435v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455401v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00540580v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130772v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130775v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130773v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130771v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130770v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130769v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130774v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518991v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Berner" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johann Michel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Claude Gens" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711631773/linterpretation-dictionnaire-des-auteurs" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05386805v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Amat" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04853103v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editions-circe.fr/livre-Les_enfants_de_Georg_Simmel-652-1-1-0-1.html" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269818v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/isbn/9783111128801/html?lang=de" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03970518v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christoph K&#246;nig" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502539v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02509471v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085549v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03039323v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03943295v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Zimmermann" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01567441v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100945v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100947v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lesbelleslettres.com/livre/9782350881065/et-toute-langue-est-etrangere" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100948v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100926v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kurt Kloocke" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110336689/html" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01551219v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100943v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01090264v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789042v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789058v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520079v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520071v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520061v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fosca Mariani Zini" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Friedrich Vollhardt" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00452209v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe B&#252;ttgen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00435187v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454642v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00330600v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454640v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127380v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00181598v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447663v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448061v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154290v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454651v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Foisneau" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454648v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195741v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447734v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195662v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447735v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454653v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195686v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisabeth Decultot" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc de Launay" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. d'Angelo" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447675v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Di Cesare" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Behler" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454636v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454788v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454786v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Rousseau" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454789v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454787v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447683v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Beck" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518951v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518829v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05518923v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.honorechampion.com/fr/editions-honore-champion/13391-book-08536407-9782745364074.html" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100893v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04319333v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269775v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100900v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04269747v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04358325v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-04361479v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Schmidt" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brent W. Sockness" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/serial/schlarch-b/html" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1515/9783111128801" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04100920v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888673v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03888402v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03867348v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04763738v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085576v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502530v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502535v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502533v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502538v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502537v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085556v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085663v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.winter-verlag.de/de/detail/978-3-8253-4776-5/Haefner_Winkler_Hg_Goetter_Exile/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085687v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.editionsdelherne.com/publication/cahier-paul-celan/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085652v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wallstein-verlag.de/9783835338289-lektuere-und-geltung.html" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085673v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.librairie-de-paris.fr/livre/9788869762376-georg-simmel-et-le-champ-architectural-sociabilite-urbaine-paysage-et-esthetisation-du-monde-andrea-borsari-manola-antonioli/" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085569v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03085582v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/view/title/569809?lang=en" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395457v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395530v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395533v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395547v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395518v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395555v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395560v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099286v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.degruyter.com/document/doi/10.1515/9783110468311/html?lang=de" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099245v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03956500v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04099264v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01416767v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100949v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100956v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01185875v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100962v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100960v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881501v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881496v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tao Wang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881489v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881480v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789093v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00789101v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00647022v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00654894v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00651788v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520103v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646040v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646058v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00646048v1" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520106v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520092v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520082v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520084v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520115v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00520096v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455199v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455399v1" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455198v1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431682v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455191v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455187v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455182v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447769v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00431686v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455181v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455185v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455175v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154296v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455165v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01742859v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Ferry" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455169v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00154291v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130768v1" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127730v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455147v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455142v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127736v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00127777v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00130757v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455105v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101064v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00195807v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455101v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447765v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04352943v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.vrin.fr/livre/9782711617364/kant-et-hobbes" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455107v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455086v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455117v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455089v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455092v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447760v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455110v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455098v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455059v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455056v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447756v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455010v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455016v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447750v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455008v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455053v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455047v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455006v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447747v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00455001v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454964v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447779v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454998v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454961v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454799v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454924v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454929v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00447739v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454796v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454794v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454790v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00454792v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00448068v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520269v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Theriault" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05520244v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03502546v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101651v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04101649v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04100969v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00881504v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02395505v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-00433760v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04482633v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Baudelle" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Sabot" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carvallo" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Lojkine" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Rostang" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>