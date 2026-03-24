--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dennis Fox </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Environmental Hazard Resilience through Transdisciplinary Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Porcherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Le Gourrierec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yasmine Dechraoui Bottein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Espace, Environnement, Risques et Résilience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building footprint layers show that flooding risk increased more due to greater building exposure than to greater peak discharge with urbanisation in SE France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis M Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostafa Banitalebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rainaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 54, pp.101882. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Future Urban Flood Risk Using Land Change and Hydraulic Modeling in a River Watershed in the Central Province of Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dinh Kha Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Tuan Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Vu Viet Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (2), pp.262. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13020262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework to analyse urban sprawl in the French Mediterranean coastal zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Boulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grandclement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (2), pp.559-572. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-018-1425-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of geoenvironmental data underline coastal aquifer anthropogenic nitrate legacy through groundwater vulnerability mapping methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Huneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Erostate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 658, pp.1390-1403. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How wildfire risk is related to urban planning and Fire Weather Index in SE France (1990–2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 621 (avril 2018), pp.120 - 129. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.11.174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of vineyard area dynamics on soil erosion in a Mediterranean catchment (1950-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari G Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Land Use Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (1-2), pp.118-129. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1747423X.2017.1385654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POSTFIRE: A model to map forest fire burn scar and estimate runoff and soil erosion risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L D Malkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Maselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing Applications: Society and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4, pp.83-91. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsase.2016.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dormant categories and spatial resolution affect the perception of land cover change model performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari G Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.27794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increases in fire risk due to warmer summer temperatures and wildland urban interface changes do not necessarily lead to more fires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.12. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeog.2014.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial dynamics of land cover change in a Euro-Mediterranean catchment (1950-2008)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari Gobinda Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Land Use Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1747423X.2014.898105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Land Cover Change in a Mediterranean Catchment at Different Time Scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari Gobinda Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Computational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8582, pp.315 - 330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study of land cover change (1950–2003) and runoff in a Mediterranean catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Soulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Penalver-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32 (2), pp.810-821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeog.2011.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using SPOT images and field sampling to map burn severity and vegetation factors affecting post forest fire erosion risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Maselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (3), pp.326-335. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2008.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of fire-induced water repellency on soil aggregate stability, splash erosion, and saturated hydraulic conductivity for different size fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21 (17), pp.2377-2384. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.6758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of fire-induced water repellency on soil aggregate stability, splash erosion, and saturated hydraulic conductivity for different size fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">At Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21, pp.2377 - 2384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et cartographie de l'érosion des sols dans un vignoble du Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Grosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes de Géographie Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, XXXIII, pp.23-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping erosion risk and selecting sites for simple erosion control measures after a forest fire in Mediterranean France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Berolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31, pp.606-621. </w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de cartographie du risque érosif : application aux collines du Terrefort lauragais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting sediment deposition on roadways: topographic controls on vulnerable roads and cost analysis of planting grass buffer strips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.39-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de cartographie du risque érosif : exemple d'application aux collines du Terrefort lauragais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76, pp.1 - 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in pore characteristics with depth for structural crusts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R B Bryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C A Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2003.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting sediment deposition on roadways: topographic controls on vulnerable roads and cost analysis of planting grass buffer strips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.39 - 45. </w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2003.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship of soil loss by interrill erosion to slope gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rorke B Bryan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 38, pp.211 - 222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crusting, runoff and sheet erosion on silty loamy soils at various scales and upscaling from m 2 to small catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Chaplot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Tillage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 46, pp.69 - 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of ponding depth on infiltration in a crusted surface depression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 32, pp.87 - 100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The implications of spatial variability in surface seal hydraulic resistance for infiltration in a mound and depression microtopography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quétin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 32 (2), pp.101 - 114. </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0341-8162(98)00043-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crusting, runoff and sheet erosion on silty loamy soils at various scales and upscaling from m2 to small catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chaplot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Tillage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 46, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01461040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of slope angle on final infiltration rate for interrill conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R B Bryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Price</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 80, pp.181 - 194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse du ruissellement et de l'érosion diffuse sur sols limoneux : analyse du transfert d'échelle du m2 au bassin-versant élémentaire agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Eimberck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 3, pp.51-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02699070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reclaiming Farmland in Urbanized Mediterranean-Alpine Region: Utopia, Reality, and the Role of Action-Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lulovicova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Ibn-Daifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouissou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seeds of Change: Emerging voices for the changemaking of food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Vonthron; Riccardo Giovanni Bruno; Alessandra Manganelli; Roxana Triboi, Jun 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivers facing change in Alpine and Mediterranean climate: a geomorphic point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostafa Banitalebi Dehkordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lezioni apprese nell'integrazione delle traiettorie idromorfologiche per la gestione delle risorse idriche nei fiumi alpini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Trento, Jun 2025, Belluno, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès final du projet Concert Eaux OPERA - Activité 3.1: Poursuite des études liées à la tempête Alex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès final du projet Concert-Eaux OPERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CARF, Oct 2024, Menton, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet FORESEE: Enseignements de la tempête Alex et proposition de méthode de diagnostic territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Teobaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MARALEX : Les bassins maralpins face aux changements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie 3 :, Jul 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Agricultural Soils to Urban & Suburban Development in France (2000-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Caglioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belén Benitez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Hillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alina Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique de l'Académie 5 Axe 2 "Les contributions des SHS aux études sur l’environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réaction des bassins versants maralpins aux précipitations intenses du 2 octobre 2020 : mesures du transport sédimentaire, modèle de connectivité sédimentaire en Roya et principes de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude morphodynamique suite à des opérations de restauration sur des rivières en tresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Devreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Belletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des flux sédimentaires des frayères dans un torrent alpin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tourade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres SHF - Changement global et morphodynamique des rivières, des bassins versants à la mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACA-TRENDS : Tendances historiques de la couverture terrestre et du climat afin de prévoir l'évolution des risques d'inondation, d'incendie de forêt et d'érosion des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Thématique 3 : Risques en Zone Nord-Méditerranéenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academie 3: Espace, Environnement, Risques et Résilience, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCERT’EAUX : Consultation transfrontalière de la vallée de la Roya aux stratégies d'adaptation au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brigode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Thématique 3 : Risques en Zone Nord-Méditerranéenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academie 3: Espace, Environnement, Risques et Résilience, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling complex systems in Archaeology: general issues and first insights from the ModelAnSet project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bertoncello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Jeanne Ouriachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia da Costa Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tettamanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Purdue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Systems Academy of Excellence, Nice, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Argentina; S. Barland; P. Reynaud-Bouret; F. Cauneau; K. Guillouzouic; U. Kuhl; T. Passot; F. Planchon, Jan 2018, Nice, France. pp.145-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use and vulnerability of the groundwater (2016) The case of the coastal aquifer of the Biguglia lagoon (Corsica, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Huneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH International Congress “Groundwater and Society: 60 years of IAH”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use/cover change near Bastia, Corsica, 1990-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Gourrierec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Pasqualini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conférence Mistral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01301347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des chemins de l'eau dans un paysage semi-aride de la Dorsale Tunisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO DRYLAND CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétroactions des incendies de forêt sur le vent : exemples mesurés sur parcelles végétales expérimentales dans le sud-est de la France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Yohia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe colloque de l’Association Internationale de Climatologie (AIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Cluj-Napoca, Roumanie. pp.115-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00470013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expliquer les organisations spatiales et les flux hydriques dans un bassin versant : apports de l'analyse paysagère à la modélisation hydrologique globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GÉOPOINT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France. pp.319 - 326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érosion des sols à la suite d'un feu de forêt : conséquences sur l'érodibilité et pour la conservation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Guillaume Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées Nationales de l'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de l'érosion hydrique des sols cultivés phénomènes physiques et dispositifs d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Papy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'échanges et prospectives. De la recherche des sols à la décision publique : le programme Gessol (Gestion Durable des Sols), un support à la Directive Cadre sur la Protection des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating the results of crusting studies into erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël J. Daroussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GCTE Soil Erosion Network Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de particules par érosion diffuse à l'échelle de la parcelle cultivée et du petit bassin versant agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Eimberck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating crusting in erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATO advanced research workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catchments’ reactions to the Oct. 2nd 2020 heavy rainfall in the Maritime Alps (France): sediment transport measurements, sediment connectivity model in the Roya river and reconstruction guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers 2022 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental design to model infiltration into a water repellent soil using a crust-type infiltration equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting of Fire Effects on Soil Properties (FESP III)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Guimarães, Portugal. , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic controls on soil properties affecting post-fire erosion and sediment redistribution in a mixed forested-agricultural Mediterranean catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU, European Geosciences Union, General Assembly 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Vienne, Austria. Copernicus Publications, Geophysical Research Abstracts, 8, 2006, Geophysical Research Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Urbanization and Land Planning in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Trémélo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Pasqualini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDCOAST 15, The Twelfth International Conference on the Mediterranean Coastal Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1-2, pp.119-130, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01218349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Green Book of the Academy Space, Environment, Risk and Resilience n°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yasmine Dechraoui Bottein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Côte d'Azur. , 2, 2024, 978-2957115433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Green Book of the Academy Space, Environment, Risk and Resilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1, 2020, 978-2-9571154-0-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'incertitude scientifique explique-t-elle la défiance ? Le cas de la réception des résultats du suivi scientifique du loup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mauz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Picon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.383-396, 2008, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques naturels en montagne : aspects juridiques de l'affichage de l'incertitude dans les expertises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Batton-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.281-291, 2008, Ecologie humaine, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la gestion des plantes aquatiques envahissantes : intervenir pour quoi, pour qui, avec quelles modalités ? Ou comment agir malgré la variabilité des situations et des enjeux : application à la gestion des jussies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutartre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Menozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Picon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.371-382, 2008, Ecologie humaine, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'érosion des sols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sols et Environnement. Cours, exercices et études de cas.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2005, 978-2-1005-1695-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02831902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating crusting processes in erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Bresson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling soil erosion by water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I55, Springer-Verlag, 1998, NATO ASI Series. Subseries 1, Global Environmental Change</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eufirelab: Euro-Mediterranean Wildland Fire Laboratory, a &amp;quot;wall-less&amp;quot; laboratory for Wildland Fire Sciences and Technologies in the Euro-Mediterranean Region. Common methods for mapping the wildland fire danger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Marzano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bovio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Guglielmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jappiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2004, pp.95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02584061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUFIRELAB: Euro-Mediterranean Wildland Fire Laboratory, a &amp;quot;wall-less&amp;quot; laboratory for Wildland Fire Sciences and Technologies in the Euro-Mediterranean Region. Deliverable D-08-02. Wildland Fire Danger and Hazards: a State of the Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Camia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Guglielmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bovio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deshayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2004, pp.59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId211"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Dennis Fox </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Environmental Hazard Resilience through Transdisciplinary Education</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Porcherie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manon Le Gourrierec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yasmine Dechraoui Bottein</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les Cahiers Espace, Environnement, Risques et Résilience</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (article de synthèse)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05354427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Building footprint layers show that flooding risk increased more due to greater building exposure than to greater peak discharge with urbanisation in SE France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis M Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostafa Banitalebi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne Rainaud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Hydrology: Regional Studies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 54, pp.101882. </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejrh.2024.101882⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05136568v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Future Urban Flood Risk Using Land Change and Hydraulic Modeling in a River Watershed in the Central Province of Vietnam</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Huu Duy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dinh Kha Dang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le Tuan Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Quan Vu Viet Du</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 13 (2), pp.262. </w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs13020262⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03601285v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A framework to analyse urban sprawl in the French Mediterranean coastal zone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilhem Boulay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Grandclement</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Garrido</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Regional Environmental Change</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 19 (2), pp.559-572. </w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s10113-018-1425-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01893178v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinations of geoenvironmental data underline coastal aquifer anthropogenic nitrate legacy through groundwater vulnerability mapping methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Huneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Erostate</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Santoni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 658, pp.1390-1403. </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2018.12.249⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02553115v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">How wildfire risk is related to urban planning and Fire Weather Index in SE France (1990–2013)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Ren</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Caillouet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Science of the Total Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 621 (avril 2018), pp.120 - 129. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.scitotenv.2017.11.174⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01802897v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Impacts of vineyard area dynamics on soil erosion in a Mediterranean catchment (1950-2011)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari G Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Land Use Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 13 (1-2), pp.118-129. </w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1747423X.2017.1385654⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572357v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POSTFIRE: A model to map forest fire burn scar and estimate runoff and soil erosion risks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Y. Laaroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L D Malkinson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Maselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing Applications: Society and Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 4, pp.83-91. </w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.rsase.2016.07.002⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02566494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dormant categories and spatial resolution affect the perception of land cover change model performance</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari G Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybergeo : Revue européenne de géographie / European journal of geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.4000/cybergeo.27794⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572351v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Increases in fire risk due to warmer summer temperatures and wildland urban interface changes do not necessarily lead to more fires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, pp.12. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeog.2014.10.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01133187v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Spatial dynamics of land cover change in a Euro-Mediterranean catchment (1950-2008)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari Gobinda Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Land Use Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, </w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1080/1747423X.2014.898105⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting Land Cover Change in a Mediterranean Catchment at Different Time Scales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hari Gobinda Roy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karine Emsellem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transactions on Computational Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, 8582, pp.315 - 330</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572363v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A case study of land cover change (1950–2003) and runoff in a Mediterranean catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Witz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Blanc</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Soulié</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Penalver-Navarro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Applied Geography</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 32 (2), pp.810-821. </w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.apgeog.2011.07.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using SPOT images and field sampling to map burn severity and vegetation factors affecting post forest fire erosion risk</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Maselli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, 75 (3), pp.326-335. </w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.catena.2008.08.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572223v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of fire-induced water repellency on soil aggregate stability, splash erosion, and saturated hydraulic conductivity for different size fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydrological Processes</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21 (17), pp.2377-2384. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/hyp.6758⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02666312v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effects of fire-induced water repellency on soil aggregate stability, splash erosion, and saturated hydraulic conductivity for different size fractions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">At Process</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 21, pp.2377 - 2384</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572231v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mapping erosion risk and selecting sites for simple erosion control measures after a forest fire in Mediterranean France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">W Berolo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Earth Surface Processes and Landforms</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 31, pp.606-621. </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/esp.1346⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572238v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude et cartographie de l'érosion des sols dans un vignoble du Sud-Est de la France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claude Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Grosso</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Etudes de Géographie Physique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, XXXIII, pp.23-32</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00326606v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting sediment deposition on roadways: topographic controls on vulnerable roads and cost analysis of planting grass buffer strips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.-F Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.39 - 45. </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.envsci.2003.10.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changes in pore characteristics with depth for structural crusts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R B Bryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C A Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, </w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.geoderma.2003.08.010⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572275v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limiting sediment deposition on roadways: topographic controls on vulnerable roads and cost analysis of planting grass buffer strips</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Bruno</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Environmental Science &amp; Policy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 7, pp.39-45</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532799v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de cartographie du risque érosif : exemple d'application aux collines du Terrefort lauragais.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004, 76, pp.1 - 11</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532809v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Une méthode de cartographie du risque érosif : application aux collines du Terrefort lauragais</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">M@ppemonde</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2004</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The relationship of soil loss by interrill erosion to slope gradient</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rorke B Bryan</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1999, 38, pp.211 - 222</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572294v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crusting, runoff and sheet erosion on silty loamy soils at various scales and upscaling from m 2 to small catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">V. Chaplot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Tillage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 46, pp.69 - 80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The implications of spatial variability in surface seal hydraulic resistance for infiltration in a mound and depression microtopography</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Quétin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 32 (2), pp.101 - 114. </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/S0341-8162(98)00043-5⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572282v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The effect of ponding depth on infiltration in a crusted surface depression</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ary Bruand</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CATENA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 32, pp.87 - 100</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572261v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Crusting, runoff and sheet erosion on silty loamy soils at various scales and upscaling from m2 to small catchments</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Chaplot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Soil and Tillage Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1998, 46, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01461040v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The influence of slope angle on final infiltration rate for interrill conditions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R B Bryan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A G Price</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Geoderma</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1997, 80, pp.181 - 194</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02572289v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genèse du ruissellement et de l'érosion diffuse sur sols limoneux : analyse du transfert d'échelle du m2 au bassin-versant élémentaire agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Eimberck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Géomorphologie : relief, processus, environnement</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1996, 3, pp.51-64</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02699070v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (21)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reclaiming Farmland in Urbanized Mediterranean-Alpine Region: Utopia, Reality, and the Role of Action-Research</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Lulovicova</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofian Ibn-Daifa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Benedetti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Bouissou</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Seeds of Change: Emerging voices for the changemaking of food systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Simon Vonthron; Riccardo Giovanni Bruno; Alessandra Manganelli; Roxana Triboi, Jun 2025, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05456942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rivers facing change in Alpine and Mediterranean climate: a geomorphic point of view</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mostafa Banitalebi Dehkordi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florent Lombard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lezioni apprese nell'integrazione delle traiettorie idromorfologiche per la gestione delle risorse idriche nei fiumi alpini</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Università di Trento, Jun 2025, Belluno, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05118694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Congrès final du projet Concert Eaux OPERA - Activité 3.1: Poursuite des études liées à la tempête Alex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Congrès final du projet Concert-Eaux OPERA</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, CARF, Oct 2024, Menton, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04753615v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loss of Agricultural Soils to Urban & Suburban Development in France (2000-2018)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matteo Caglioni</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Belén Benitez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sofie Hillen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alina Vogt</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée thématique de l'Académie 5 Axe 2 "Les contributions des SHS aux études sur l’environnement"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04078540v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet FORESEE: Enseignements de la tempête Alex et proposition de méthode de diagnostic territorial</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Christophe Teobaldi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MARALEX : Les bassins maralpins face aux changements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Académie 3 :, Jul 2023, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167477v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La réaction des bassins versants maralpins aux précipitations intenses du 2 octobre 2020 : mesures du transport sédimentaire, modèle de connectivité sédimentaire en Roya et principes de gestion</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etude morphodynamique suite à des opérations de restauration sur des rivières en tresses</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lise Devreux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Belletti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée des Jeunes Géomorphologues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2020, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02532988v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CONCERT’EAUX : Consultation transfrontalière de la vallée de la Roya aux stratégies d'adaptation au changement climatique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Andrieu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Brigode</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Thématique 3 : Risques en Zone Nord-Méditerranéenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academie 3: Espace, Environnement, Risques et Résilience, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111792v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évolution des flux sédimentaires des frayères dans un torrent alpin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Tourade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Vignal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rencontres SHF - Changement global et morphodynamique des rivières, des bassins versants à la mer</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2019, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02960437v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PACA-TRENDS : Tendances historiques de la couverture terrestre et du climat afin de prévoir l'évolution des risques d'inondation, d'incendie de forêt et d'érosion des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Thématique 3 : Risques en Zone Nord-Méditerranéenne</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Academie 3: Espace, Environnement, Risques et Résilience, Mar 2019, Nice, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111788v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling complex systems in Archaeology: general issues and first insights from the ModelAnSet project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédérique Bertoncello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Jeanne Ouriachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Célia da Costa Pereira</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andrea Tettamanzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Louise Purdue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Complex Systems Academy of Excellence, Nice, 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, M. Argentina; S. Barland; P. Reynaud-Bouret; F. Cauneau; K. Guillouzouic; U. Kuhl; T. Passot; F. Planchon, Jan 2018, Nice, France. pp.145-154</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02014645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use and vulnerability of the groundwater (2016) The case of the coastal aquifer of the Biguglia lagoon (Corsica, France)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jessy J. Jaunat</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Huneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd IAH International Congress “Groundwater and Society: 60 years of IAH”</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01790225v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Land use/cover change near Bastia, Corsica, 1990-2011</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Le Gourrierec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. Balme</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Pasqualini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conférence Mistral</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2015, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01301347v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cartographie des chemins de l'eau dans un paysage semi-aride de la Dorsale Tunisienne</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UNESCO DRYLAND CONFERENCE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532821v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rétroactions des incendies de forêt sur le vent : exemples mesurés sur parcelles végétales expérimentales dans le sud-est de la France.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Yohia</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">XXIIe colloque de l’Association Internationale de Climatologie (AIC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2009, Cluj-Napoca, Roumanie. pp.115-120</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00470013v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Expliquer les organisations spatiales et les flux hydriques dans un bassin versant : apports de l'analyse paysagère à la modélisation hydrologique globale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-François Richard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GÉOPOINT</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2006, France. pp.319 - 326</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00532830v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Érosion des sols à la suite d'un feu de forêt : conséquences sur l'érodibilité et pour la conservation des sols</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Guillaume Robin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9. Journées Nationales de l'Etude des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2007, Angers, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02756648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maîtrise de l'érosion hydrique des sols cultivés phénomènes physiques et dispositifs d'action</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Couturier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Papy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journées d'échanges et prospectives. De la recherche des sols à la décision publique : le programme Gessol (Gestion Durable des Sols), un support à la Directive Cadre sur la Protection des Sols</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2006, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01829199v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating the results of crusting studies into erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Joël J. Daroussin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">GCTE Soil Erosion Network Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1997, Utrecht, Netherlands</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02770715v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Transfert de particules par érosion diffuse à l'échelle de la parcelle cultivée et du petit bassin versant agricole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">H. Benkhadra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Gallien</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Micheline Eimberck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">16. Réunion des Sciences de la Terre</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 1996, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02768064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating crusting in erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Bresson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">D. King</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NATO advanced research workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1995, Oxford, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02775686v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catchments’ reactions to the Oct. 2nd 2020 heavy rainfall in the Maritime Alps (France): sediment transport measurements, sediment connectivity model in the Roya river and reconstruction guidelines</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Margot Chapuis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mendy Martins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurence Tissot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IS Rivers 2022 Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2022, Lyon, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03855452v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental design to model infiltration into a water repellent soil using a crust-type infiltration equation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyriel Adnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Morschel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3. International Meeting of Fire Effects on Soil Properties (FESP III)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2011, Guimarães, Portugal. , 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02810406v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Topographic controls on soil properties affecting post-fire erosion and sediment redistribution in a mixed forested-agricultural Mediterranean catchment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Darboux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Carrega</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU, European Geosciences Union, General Assembly 2006</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Vienne, Austria. Copernicus Publications, Geophysical Research Abstracts, 8, 2006, Geophysical Research Abstracts</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01128551v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coastal Urbanization and Land Planning in Southern France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Samuel Robert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aurélie Prévost</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Trémélo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vanina Pasqualini</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MEDCOAST 15, The Twelfth International Conference on the Mediterranean Coastal Environment</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 1-2, pp.119-130, 2015</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01218349v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Green Book of the Academy Space, Environment, Risk and Resilience n°2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Yasmine Dechraoui Bottein</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Galvé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Université Côte d'Azur. , 2, 2024, 978-2957115433</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04879839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Green Book of the Academy Space, Environment, Risk and Resilience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Jean Barre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe den Auwer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Grognard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tristan Guillot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1, 2020, 978-2-9571154-0-2</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04111576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (5)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">De la gestion des plantes aquatiques envahissantes : intervenir pour quoi, pour qui, avec quelles modalités ? Ou comment agir malgré la variabilité des situations et des enjeux : application à la gestion des jussies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Dutartre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.J. Menozzi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Picon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.371-382, 2008, Ecologie humaine, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Risques naturels en montagne : aspects juridiques de l'affichage de l'incertitude dans les expertises</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.M. Tacnet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Lacroix</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Batton-Hubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.281-291, 2008, Ecologie humaine, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'incertitude scientifique explique-t-elle la défiance ? Le cas de la réception des résultats du suivi scientifique du loup</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Mauz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Granjou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Allard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Picon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Incertitude et environnement : la fin des certitudes scientifiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Edisud, pp.383-396, 2008, 978-2-7449-0733-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02590486v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'érosion des sols.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Cerdan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chantal Gascuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Martin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sols et Environnement. Cours, exercices et études de cas.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dunod, 2005, 978-2-1005-1695-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02831902v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Incorporating crusting processes in erosion models</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Le Bissonnais</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dennis Fox</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L.M. Bresson</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modelling soil erosion by water</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, I55, Springer-Verlag, 1998, NATO ASI Series. Subseries 1, Global Environmental Change</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02838537v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eufirelab: Euro-Mediterranean Wildland Fire Laboratory, a &amp;quot;wall-less&amp;quot; laboratory for Wildland Fire Sciences and Technologies in the Euro-Mediterranean Region. Common methods for mapping the wildland fire danger</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Marzano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bovio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Guglielmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Jappiot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2004, pp.95</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02584061v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EUFIRELAB: Euro-Mediterranean Wildland Fire Laboratory, a &amp;quot;wall-less&amp;quot; laboratory for Wildland Fire Sciences and Technologies in the Euro-Mediterranean Region. Deliverable D-08-02. Wildland Fire Danger and Hazards: a State of the Art</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Camia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Guglielmet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Bovio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Deshayes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Lampin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">irstea. 2004, pp.59</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02583987v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId211"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354427v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Porcherie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Le Gourrierec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136568v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis M Fox" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Banitalebi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rainaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101882" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601285v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Duy Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Kha Dang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Tuan Pham" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Vu Viet Du" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13020262" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893178v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Boulay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grandclement" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrido" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-018-1425-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553115v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.249" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802897v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carrega" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ren" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillouet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.11.174" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hari G Roy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1747423X.2017.1385654" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566494v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Laaroussi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L D Malkinson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maselli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2016.07.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572351v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27794" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133187v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2014.10.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572347v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hari Gobinda Roy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1747423X.2014.898105" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572363v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572197v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Witz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Blanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Souli&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Penalver-Navarro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2011.07.007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572223v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maselli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2008.08.001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2K7LWMV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666312v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Darboux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.6758" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572231v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Darboux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326606v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grosso" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Morschel" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572238v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Berolo" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1346" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572329v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532799v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bruno" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532809v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R B Bryan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Fox" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2003.08.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572331v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Morschel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Bruno" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2003.10.003" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572294v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rorke B Bryan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572311v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bissonnais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benkhadra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chaplot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572261v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572282v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;tin" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0341-8162(98)00043-5" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1515X7R-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461040v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaplot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572289v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G Price" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699070v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gallien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456942v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lulovicova" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Ibn-Daifa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Benedetti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouissou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118694v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Banitalebi Dehkordi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lombard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753615v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167477v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Teobaldi" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078540v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Caglioni" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Benitez" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Hillen" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vogt" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Martins" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tissot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532988v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Devreux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960437v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tourade" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111788v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111792v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014645v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Ouriachi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia da Costa Pereira" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tettamanzi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Purdue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790225v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301347v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Gourrierec" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532821v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Yohia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532830v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756648v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Robin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829199v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couturier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cerdan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Papy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770715v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Daroussin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768064v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775686v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Bresson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855452v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810406v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128551v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218349v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879839v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111576v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Barre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Guillot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590486v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mauz" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granjou" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590485v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lacroix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batton-Hubert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590394v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutartre" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Menozzi" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831902v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838537v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584061v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marzano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bovio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guglielmet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lampin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583987v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deshayes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05354427v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Fox" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Porcherie" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Le Gourrierec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Grognard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Yasmine Dechraoui Bottein" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05136568v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis M Fox" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Banitalebi" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Rainaud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejrh.2024.101882" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03601285v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Duy Nguyen" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dinh Kha Dang" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Le Tuan Pham" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quan Vu Viet Du" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs13020262" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01893178v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Robert" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Boulay" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Grandclement" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Garrido" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10113-018-1425-4" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02553115v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jessy J. Jaunat" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Garel" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Huneau" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Erostate" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Santoni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2018.12.249" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802897v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Carrega" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ren" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Caillouet" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Bouillon" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2017.11.174" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572357v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hari G Roy" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Emsellem" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1747423X.2017.1385654" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02566494v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Laaroussi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L D Malkinson" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Maselli" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Andrieu" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.rsase.2016.07.002" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572351v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4000/cybergeo.27794" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01133187v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Martin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyriel Adn&#232;s" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2014.10.001" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572347v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hari Gobinda Roy" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/1747423X.2014.898105" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572363v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572197v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Witz" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Blanc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Souli&#233;" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Penalver-Navarro" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apgeog.2011.07.007" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572223v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Maselli" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Carrega" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.catena.2008.08.001" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2K7LWMV-S/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02666312v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Darboux" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/hyp.6758" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572231v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Darboux" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572238v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=W Berolo" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/esp.1346" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00326606v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Martin" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Grosso" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Morschel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572331v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Morschel" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-F Bruno" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envsci.2003.10.003" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572275v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R B Bryan" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C A Fox" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.geoderma.2003.08.010" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532799v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bruno" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532809v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572329v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572294v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rorke B Bryan" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572311v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Le Bissonnais" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Benkhadra" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Chaplot" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. King" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572282v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Qu&#233;tin" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0341-8162(98)00043-5" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z1515X7R-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572261v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ary Bruand" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01461040v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Chaplot" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02572289v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A G Price" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02699070v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Gallien" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micheline Eimberck" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05456942v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Lulovicova" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofian Ibn-Daifa" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Benedetti" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Bouissou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05118694v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Margot Chapuis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mostafa Banitalebi Dehkordi" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florent Lombard" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04753615v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04078540v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matteo Caglioni" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bel&#233;n Benitez" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sofie Hillen" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alina Vogt" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167477v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Teobaldi" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855459v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mendy Martins" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Tissot" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02532988v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Devreux" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Belletti" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111792v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Brigode" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02960437v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Tourade" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Vignal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111788v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02014645v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;rique Bertoncello" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Jeanne Ouriachi" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia da Costa Pereira" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrea Tettamanzi" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Purdue" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01790225v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01301347v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Le Gourrierec" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balme" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vanina Pasqualini" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532821v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Richard" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00470013v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Yohia" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00532830v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02756648v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Guillaume Robin" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01829199v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Couturier" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Cerdan" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Papy" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Martin" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02770715v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;l J. Daroussin" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02768064v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02775686v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.M. Bresson" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855452v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02810406v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01128551v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01218349v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Pr&#233;vost" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Tr&#233;m&#233;lo" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04879839v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe den Auwer" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Galv&#233;" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04111576v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Jean Barre" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tristan Guillot" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590394v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Dutartre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.J. Menozzi" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Allard" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Picon" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590485v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.M. Tacnet" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Lacroix" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batton-Hubert" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02590486v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Mauz" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Granjou" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02831902v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chantal Gascuel" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02838537v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02584061v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Marzano" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Bovio" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Guglielmet" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Jappiot" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Lampin" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02583987v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Camia" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Deshayes" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>