--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -502,265 +502,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04916245v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endogenous retroelements in hematological malignancies: From epigenetic dysregulation to therapeutic targeting</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Development of NK cell-based cancer immunotherapies through receptor engineering</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mohamed Chour</w:t>
+                <w:t xml:space="preserve">Nicolas Chuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Françoise Porteu</w:t>
+                <w:t xml:space="preserve">Jenny Valladeau-Guilemond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Depil</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Hematology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/ajh.27501⟩</w:t>
+              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 21, pp.315 - 331. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41423-024-01145-x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">inserm-04902678v1</w:t>
+                <w:t xml:space="preserve">hal-04567993v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Development of NK cell-based cancer immunotherapies through receptor engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Audrey Page</w:t>
+                <w:t xml:space="preserve">Endogenous retroelements in hematological malignancies: From epigenetic dysregulation to therapeutic targeting</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed Chour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Chuvin</w:t>
+                <w:t xml:space="preserve">Françoise Porteu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jenny Valladeau-Guilemond</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Depil</w:t>
+                <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cellular and molecular immunology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 21, pp.315 - 331. </w:t>
+              <w:t xml:space="preserve">American Journal of Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 100 (1), pp.116-130. </w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1038/s41423-024-01145-x⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajh.27501⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-04567993v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-04902678v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pushing the boundaries of radiotherapy-immunotherapy combinations: highlights from the 7 &amp;lt;sup&amp;gt;th&amp;lt;/sup&amp;gt; immunorad conference</w:t>
               </w:r>
@@ -1040,51 +1040,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Baulu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Célia Gardet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1393,295 +1393,295 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04482410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of shared tumor epitopes from endogenous retroviruses inducing high-avidity cytotoxic T cells for cancer immunotherapy</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">HERVs characterize normal and leukemia stem cells and represent a source of shared epitopes for cancer immunotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Alcazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Vincent Alcazer</w:t>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurie Tonon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emilie Michel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Mutez</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science Advances </w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 8 (4), </w:t>
+              <w:t xml:space="preserve">American Journal of Hematology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 97 (9), pp.1200-1214. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1126/sciadv.abj3671⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/ajh.26647⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03552937v1</w:t>
+                <w:t xml:space="preserve">hal-03855460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">HERVs characterize normal and leukemia stem cells and represent a source of shared epitopes for cancer immunotherapy</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Identification of shared tumor epitopes from endogenous retroviruses inducing high-avidity cytotoxic T cells for cancer immunotherapy</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Bonaventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paola Bonaventura</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Mutez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurie Tonon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Emilie Michel</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Virginie Mutez</w:t>
+                <w:t xml:space="preserve">Juliette Martin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">American Journal of Hematology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 97 (9), pp.1200-1214. </w:t>
+              <w:t xml:space="preserve">Science Advances </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 8 (4), </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/ajh.26647⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1126/sciadv.abj3671⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03855460v1</w:t>
+                <w:t xml:space="preserve">hal-03552937v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tumour burden and antigen-specific T cell magnitude represent major parameters for clinical response to cancer vaccine and TCR-engineered T cell therapy</w:t>
               </w:r>
@@ -1693,51 +1693,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Mallet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rasha Boulos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1801,51 +1801,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement des CAR-T allogéniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1918,51 +1918,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estelle Baulu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurore Dougé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Chuvin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jacques-Olivier Bay</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2107,265 +2107,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03784058v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">‘Off-the-shelf’ allogeneic CAR T cells: development and challenges</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">L. Poirot</w:t>
+                <w:t xml:space="preserve">Human Endogenous Retroviruses (HERVs): Shaping the Innate Immune Response in Cancers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Alcazer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paola Bonaventura</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nature Reviews Drug Discovery</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41573-019-0051-2⟩</w:t>
+              <w:t xml:space="preserve">Cancers</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 12 (3), pp.610. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/cancers12030610⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (article de synthèse)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03784053v1</w:t>
+                <w:t xml:space="preserve">hal-03784048v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Human Endogenous Retroviruses (HERVs): Shaping the Innate Immune Response in Cancers</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Depil</w:t>
+                <w:t xml:space="preserve">‘Off-the-shelf’ allogeneic CAR T cells: development and challenges</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Depil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Duchateau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Grupp</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Mufti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Poirot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cancers</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 12 (3), pp.610. </w:t>
+              <w:t xml:space="preserve">Nature Reviews Drug Discovery</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 19 (3), pp.185-199. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3390/cancers12030610⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41573-019-0051-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
-            <w:r>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">hal-03784048v1</w:t>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03784053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cancer vaccines: what’s next?</w:t>
               </w:r>
@@ -2377,51 +2377,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Oncotarget</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 10 (40), pp.3985-3987. </w:t>
             </w:r>
             <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
@@ -2883,64 +2883,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tala Shekarian</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Valladeau-Guilemond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sandrine Valsesia-Wittmann</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -3129,51 +3129,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Neoepitopes-based vaccines: challenges and perspectives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3393,51 +3393,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Développement des CAR-T dans les tumeurs solides</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Delenda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4237,51 +4237,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New method for identifying herv-derived epitopes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Depil</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Alcazer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2023144231A1. 2023</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4351,51 +4351,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Caux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paola Bonaventura</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jenny Valladeau-Guilemond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : WO2020049169A1. 2020</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4875,51 +4875,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288554v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonaventura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Page" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Estornes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mutez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2024-010099" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021654v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Sakref" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Saby" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rodriguez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ardin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvia Moudombi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58220-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916245v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Hidaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Porquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Chelbi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bohm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Polyzou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07214-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04902678v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chour" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Porteu" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Depil" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Alcazer" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajh.27501" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567993v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chuvin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Valladeau-Guilemond" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-024-01145-x" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Laurent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Andr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bobard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desiree Deandreis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Demaria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402x.2024.2432726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471048v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Chelbie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04115921v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baulu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Gardet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf3700" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04253805v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ducarouge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Rita Redavid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Victoor" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxanda Chira" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Fonseca" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-023-01209-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04482410v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Morel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Meziani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deutsch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402x.2022.2158013" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552937v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tonon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abj3671" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855460v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Michel" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajh.26647" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mallet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Boulos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.05.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784063v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2021.01.025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Bay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2021.06.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784058v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leclair" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021075" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784053v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Depil" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duchateau" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grupp" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mufti" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poirot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41573-019-0051-2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784048v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12030610" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784033v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.27006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784035v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Juillerat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Tkach" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Busser" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonal Temburni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Valton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12896-019-0537-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02347852v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tala Shekarian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sivado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Jallas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aat5025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323505v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ju Sung" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rama" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeromine Imbach" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany Fiore" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-18-2952" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769056v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Valsesia-Wittmann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00168" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784051v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brody" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Michallet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdz225" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486167v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wittmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2018.12.011" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784028v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit Sachdeva" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duchateau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.AC119.007558" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486670v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delenda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-4551(19)30048-7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792608v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grandin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Delcros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nikodemus" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reuten" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccell.2016.01.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653860v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia De Cremoux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dalvai" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia N'Doye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Moutahir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Rolland" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-014-3233-y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481124v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Juin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geneste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gautier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Campone" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrc3538" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059998v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moral&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Mrizak" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CJI.0b013e31824d72c5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05005174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baulu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bolon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Etchegaray" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raimundo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merienne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940990v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940961v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784072v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Qasim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94353-0_9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189748v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Tesson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roman-Roman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruzalegui" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/221483.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05288554v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paola Bonaventura" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Page" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Tabone" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Estornes" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Mutez" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/jitc-2024-010099" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05021654v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Candice Sakref" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Saby" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Rodriguez" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maude Ardin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lyvia Moudombi" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41467-025-58220-8" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04916245v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Donia Hidaoui" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Porquet" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Chelbi" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Bohm" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aikaterini Polyzou" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s42003-024-07214-1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04567993v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chuvin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jenny Valladeau-Guilemond" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Depil" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41423-024-01145-x" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-04902678v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chour" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Porteu" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Alcazer" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajh.27501" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940881v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Antoine Laurent" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Andr&#233;" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Bobard" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Desiree Deandreis" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Demaria" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402x.2024.2432726" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04471048v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabie Chelbie" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04115921v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Baulu" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;lia Gardet" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.adf3700" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04253805v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Ducarouge" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna-Rita Redavid" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Victoor" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ruxanda Chira" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lien Fonseca" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41418-023-01209-x" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04482410v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daphne Morel" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Meziani" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Deutsch" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/2162402x.2022.2158013" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03855460v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurie Tonon" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emilie Michel" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajh.26647" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552937v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Martin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/sciadv.abj3671" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784075v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Mallet" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rasha Boulos" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2022.05.008" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784063v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2021.01.025" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784069v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Doug&#233;" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques-Olivier Bay" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bulcan.2021.06.004" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784058v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Leclair" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/2021075" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784048v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/cancers12030610" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784053v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Depil" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Duchateau" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Grupp" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Mufti" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Poirot" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41573-019-0051-2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784033v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18632/oncotarget.27006" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784035v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Juillerat" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diane Tkach" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brian Busser" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonal Temburni" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Valton" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12896-019-0537-3" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-02347852v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tala Shekarian" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eva Sivado" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Catherine Jallas" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Janice Kielbassa" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1126/scitranslmed.aat5025" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02323505v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pei-Ju Sung" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rama" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeromine Imbach" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephany Fiore" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1158/0008-5472.CAN-18-2952" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03769056v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Valsesia-Wittmann" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fimmu.2019.00168" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784051v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Brody" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-C&#233;cile Michallet" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdz225" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486167v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Wittmann" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Caux" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejca.2018.12.011" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784028v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohit Sachdeva" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Duchateau" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Poirot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1074/jbc.AC119.007558" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486670v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Delenda" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0007-4551(19)30048-7" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01792608v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Grandin" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Meier" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.G. Delcros" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Nikodemus" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Reuten" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ccell.2016.01.001" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03653860v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patricia De Cremoux" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Dalvai" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia N'Doye" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fatima Moutahir" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Rolland" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10549-014-3233-y" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-02481124v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Juin" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Geneste" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Gautier" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Campone" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/nrc3538" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03059998v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Moral&#232;s" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dhafer Mrizak" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Martin" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Papa Alioune Ndour" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1097/CJI.0b013e31824d72c5" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-05005174v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Baulu" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bolon" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Etchegaray" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Raimundo" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Merienne" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940990v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940961v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03784072v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Waseem Qasim" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-94353-0_9" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01189748v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. M. Tesson" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillem Rigaill" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Gentien" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Roman-Roman" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Cruzalegui" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archives-publications.inrae.fr/221483.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>