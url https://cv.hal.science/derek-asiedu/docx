--- v0 (2026-03-04)
+++ v1 (2026-03-26)
@@ -126,3628 +126,3758 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (16)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (17)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Internet of Vehicles via Rate-Splitting Multiple Access With Antenna and RIS Partitioning</w:t>
+                <w:t xml:space="preserve">Resource Allocation in Full-Duplex Multi-User RIS-Assisted Wireless-Powered IIoT Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maurice Nduwayezu</w:t>
+                <w:t xml:space="preserve">Reynah Akwafo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kofi Amoako Ofori-Amanfo</w:t>
+                <w:t xml:space="preserve">Samuel Kwamena Menanor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Samir Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/JIOT.2025.3647084⟩</w:t>
+              <w:t xml:space="preserve">, 2026, pp.1-1. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JIOT.2026.3667107⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05430804v1</w:t>
+                <w:t xml:space="preserve">hal-05526404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resource Allocation in Full-Duplex Multi-User RIS-Assisted Wireless-Powered IIoT Networks</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId16" w:history="1">
+                <w:t xml:space="preserve">RSMA-Assisted Cell-Free Massive MIMO Multi-Static ISAC System With Correlated Aging Channels</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Kwamena Menanor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reynah Akwafo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Kwamena Menanor</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Saoudi</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2026, pp.1-1. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/JIOT.2026.3667107⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TVT.2026.3670933⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05526404v1</w:t>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05539106v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vehicular Communication Using NOMA with Antenna Partitioning</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Internet of Vehicles via Rate-Splitting Multiple Access With Antenna and RIS Partitioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maurice Nduwayezu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Amoako Ofori-Amanfo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Information and Communication Technology Convergence (ICTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827602⟩</w:t>
+              <w:t xml:space="preserve">IEEE Internet of Things Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/JIOT.2025.3647084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04909998v1</w:t>
+                <w:t xml:space="preserve">hal-05430804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fast Adaptation of Multi-Cell NOMA Resource Allocation via Federated Meta-Reinforcement Learning</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Giang Minh Nguyen</w:t>
+                <w:t xml:space="preserve">Practical Design of Load-Aware Seamless Steering in Wi-Fi Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jisu Kang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yaejoon Han</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Seungho Jeong</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computer Networks</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.comnet.2025.111701⟩</w:t>
+              <w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LWC.2025.3575449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05255669v1</w:t>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05096233v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Neural Network Driven Precision Agriculture Multi-Path Multi-hop Noisy Plant Image Data Transmission and Plant Disease Detection</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vehicular Communication Using NOMA with Antenna Partitioning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maurice Nduwayezu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Samir Saoudi</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s12243-025-01087-z⟩</w:t>
+              <w:t xml:space="preserve">International Conference on Information and Communication Technology Convergence (ICTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.338-339. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827602⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05063354v1</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04909998v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Practical Design of Load-Aware Seamless Steering in Wi-Fi Networks</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Fast Adaptation of Multi-Cell NOMA Resource Allocation via Federated Meta-Reinforcement Learning</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yaejoon Han</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Seungho Jeong</w:t>
+                <w:t xml:space="preserve">Giang Minh Nguyen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LWC.2025.3575449⟩</w:t>
+              <w:t xml:space="preserve">Computer Networks</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, pp.111701. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.comnet.2025.111701⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05096233v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05255669v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptive Foveated Rendering and Offloading in an Edge-Assisted Virtual Reality System</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Neural Network Driven Precision Agriculture Multi-Path Multi-hop Noisy Plant Image Data Transmission and Plant Disease Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennin Kwabena Ebo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Baraka William Nyamtiga</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Yakub Fahim Luckyarno</w:t>
+                <w:t xml:space="preserve">Dennis A. Gookyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
+                <w:t xml:space="preserve">Samir Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/access.2024.3359708⟩</w:t>
+              <w:t xml:space="preserve">Annals of Telecommunications - annales des télécommunications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12243-025-01087-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04592081v1</w:t>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063354v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Full-Duplex Multiuser Wireless Information and Power Transfer With a Multistage Nonlinear Rectifier Energy Harvesting Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Wireless Communications Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (1), pp.183 - 187. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/lwc.2023.3324984⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transmit Power Optimization in Multihop Amplify-and-Forward Relay Systems with Simultaneous Wireless Information and Power Transfer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kunju Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Anokye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Kunju Kim</w:t>
-[...37 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Eunkyung Kim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electronics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 13 (21), pp.4232. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3390/electronics13214232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04910052v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Deep Reinforcement Learning-Based Overfill Rendering, Offloading, and Subband Allocation for Edge-Assisted VR System</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Muhammad Iftikar</w:t>
+                <w:t xml:space="preserve">Nonsequential Link Adaptation Using Repetition Codes for Wi-Fi Backscatter Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Boateng Nti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/access.2024.3477497⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 73 (6), pp.1 - 6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/tvt.2024.3352084⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05073177v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nonsequential Link Adaptation Using Repetition Codes for Wi-Fi Backscatter Communication</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy-Efficiency With Massive MIMO MU-NOMA in Symbiotic BackCom IoT Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sumaila Mahama</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
+                <w:t xml:space="preserve">Samir Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/tvt.2024.3352084⟩</w:t>
+              <w:t xml:space="preserve">IEEE Communications Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (10), pp.2318-2322. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/LCOMM.2024.3448372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599854v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910070v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy-Efficiency With Massive MIMO MU-NOMA in Symbiotic BackCom IoT Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Deep Reinforcement Learning-Based Overfill Rendering, Offloading, and Subband Allocation for Edge-Assisted VR System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Muhammad Iftikar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Takayuki Nishio</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Samir Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Communications Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/LCOMM.2024.3448372⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.149147 - 149161. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2024.3477497⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910070v1</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05073177v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the application of image augmentation for plant disease detection: A systematic literature review</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Kwabena Ebo Bennin</w:t>
+                <w:t xml:space="preserve">Adaptive Foveated Rendering and Offloading in an Edge-Assisted Virtual Reality System</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baraka William Nyamtiga</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Bedir Tekinerdogan</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airlangga Adi Hermawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yakub Fahim Luckyarno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Smart Agricultural Technology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.atech.2024.100590⟩</w:t>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 12, pp.17308-17327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2024.3359708⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910025v1</w:t>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04592081v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Velocity- and Error-Aware Switching of Motion Prediction Models for Cloud Virtual Reality</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Isfan Fauzi</w:t>
+                <w:t xml:space="preserve">On the application of image augmentation for plant disease detection: A systematic literature review</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwame Antwi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwabena Ebo Bennin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bedir Tekinerdogan</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Access</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/access.2023.3307710⟩</w:t>
+              <w:t xml:space="preserve">Smart Agricultural Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 9, pp.100590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.atech.2024.100590⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599831v1</w:t>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power Optimization of Cell-Free Massive MIMO With Full-Duplex and Low-Resolution ADCs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Multi-Stream Transmission in Massive MIMO Systems With Full-Duplex Bi-Directional Communication Links</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bridget Durowaa Antwi-Boasiako</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Anokye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Kwao Ahiadormey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 22 (10), pp.6706-6723. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 72 (9), pp.12367 - 12372. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TWC.2023.3245082⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/tvt.2023.3266715⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599860v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Stream Transmission in Massive MIMO Systems With Full-Duplex Bi-Directional Communication Links</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
+                <w:t xml:space="preserve">Power Optimization of Cell-Free Massive MIMO With Full-Duplex and Low-Resolution ADCs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Anokye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Vehicular Technology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2023, 72 (9), pp.12367 - 12372. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Wireless Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 22 (10), pp.6706-6723. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TWC.2023.3245082⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599860v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Velocity- and Error-Aware Switching of Motion Prediction Models for Cloud Virtual Reality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Airlangga Adi Hermawan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yakub Fahim Luckyarno</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/tvt.2023.3266715⟩</w:t>
+                <w:t xml:space="preserve">Isfan Fauzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tae-Wook Kim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">IEEE Access</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 11, pp.92676 - 92692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/access.2023.3307710⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599836v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (13)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-user Full-duplex Reconfigurable Intelligent Surface Assisted Wireless Powered IIoT Networks</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Energy Efficient Device-To-Device Routing in Three-Tier Symbiotic Radio IoT Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bennin Kwabena Ebo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benjillali Mustapha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Saoudi</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Lee Kyoung-Jae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">VTC2025-Spring: IEEE 101st Vehicular Technology Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IEEE, Jun 2025, Oslo (Norway), Norway. </w:t>
+              <w:t xml:space="preserve">WCNC 2025: IEEE Wireless Communications and Networking Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Mar 2025, Milan, Italy. </w:t>
             </w:r>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/VTC2025-Spring65109.2025.11174875⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/WCNC61545.2025.10978523⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05063366v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05063346v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Energy Efficient Device-To-Device Routing in Three-Tier Symbiotic Radio IoT Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-user Full-duplex Reconfigurable Intelligent Surface Assisted Wireless Powered IIoT Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Akwafo Reynah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Menanor Samuel K.</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lee Kyoung-Jae</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCNC 2025: IEEE Wireless Communications and Networking Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WCNC61545.2025.10978523⟩</w:t>
+              <w:t xml:space="preserve">VTC2025-Spring: IEEE 101st Vehicular Technology Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IEEE, Jun 2025, Oslo (Norway), Norway. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VTC2025-Spring65109.2025.11174875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05063346v1</w:t>
+                <w:t xml:space="preserve">hal-05063366v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vehicle-To-Everything Downlink and Uplink Communication Using Multi-Carrier Rate-Splitting</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yun Ji-Hoon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benjillali Mustapha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE International Conference on Communications</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Jun 2025, Montreal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05063360v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multi-Source Cognitive BackCom with Temporal Combining for Reliable IoT Communication</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Richard B Nti</w:t>
+                <w:t xml:space="preserve">TinyML Implementation on Microcontrollers: The Case of Maize Leaf Disease Identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fortunatus Aabangbio Wulnye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ewura Abena Essanoah Arthur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Agyemanh Nana Gookyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
-[...33 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CTW 2024: IEEE Communication Theory Workshop</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ICTAS 2024: Conference on Information Communications Technology and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2024, Durban, South Africa. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTAS59620.2024.10507115⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599969v1</w:t>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599950v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision Agriculture Deep Neural Network Driven Multi-hop Plant Image Noisy Data Transmission and Plant Disease Detection</w:t>
+                <w:t xml:space="preserve">An Energy-Efficient MU-MIMO and IRS BackCom Symbiotic Radio Network Resource Allocation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Menanor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Benjillali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISIVC 2024: IEEE International Conference on Signal, Image, Video and Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ISIVC61350.2024.10577918⟩</w:t>
+              <w:t xml:space="preserve">WCNC 2024: IEEE Wireless Communications and Networking Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2024, Dubai, United Arab Emirates. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/WCNC57260.2024.10570509⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600029v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600063v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sum-Rate Maximization of Symbiotic Multi-V2X MISO and Multi-RIS BackCom with Imperfections</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Multi-Source Cognitive BackCom with Temporal Combining for Reliable IoT Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard B Nti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mustapha Benjillali</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 IEEE 100th Vehicular Technology Conference (VTC2024-Fall)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">CTW 2024: IEEE Communication Theory Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Banff, Canada</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910086v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04599969v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resource Allocation for IRS-Assisted Symbiotic Vehicular RSMA and Backscatter Communication</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Precision Agriculture Deep Neural Network Driven Multi-hop Plant Image Noisy Data Transmission and Plant Disease Detection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwadwo Boateng Ofori-Amanfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwabena Ebo Bennin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samir Saoudi</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2024 15th International Conference on Information and Communication Technology Convergence (ICTC)</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827565⟩</w:t>
+              <w:t xml:space="preserve">ISIVC 2024: IEEE International Conference on Signal, Image, Video and Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2024, Marrakech, Morocco. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISIVC61350.2024.10577918⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910102v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04600029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TinyML Implementation on Microcontrollers: The Case of Maize Leaf Disease Identification</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sum-Rate Maximization of Symbiotic Multi-V2X MISO and Multi-RIS BackCom with Imperfections</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICTAS 2024: Conference on Information Communications Technology and Society</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/ICTAS59620.2024.10507115⟩</w:t>
+              <w:t xml:space="preserve">2024 IEEE 100th Vehicular Technology Conference (VTC2024-Fall)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Washington, France. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/VTC2024-Fall63153.2024.10757468⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04599950v1</w:t>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910086v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId99" w:history="1">
+            <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">An Energy-Efficient MU-MIMO and IRS BackCom Symbiotic Radio Network Resource Allocation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resource Allocation for IRS-Assisted Symbiotic Vehicular RSMA and Backscatter Communication</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kofi Ofori-Amanfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
-[...37 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Samir Saoudi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">WCNC 2024: IEEE Wireless Communications and Networking Conference</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/WCNC57260.2024.10570509⟩</w:t>
+              <w:t xml:space="preserve">2024 15th International Conference on Information and Communication Technology Convergence (ICTC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2024, Jeju Island, South Korea. pp.1169-1170, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ICTC62082.2024.10827565⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04600063v1</w:t>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Reconfigurable Intelligent Surface-Assisted Cell-Free Massive MIMO</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Prince Anokye</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId103" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suho Shin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Woode Theodore</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">APWCS 2023: VTS Asia Pacific Wireless Communications Symposium</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2023, Tainan city, Taiwan. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/APWCS60142.2023.10234040⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId102" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599915v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The Efficiency of Convolution on Gemmini Deep Learning Hardware Accelerator</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A Comparative Analysis of MU-NOMA IRS-and Relay-Assisted Symbiotic Radio IoT Networks</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Paul Danquah</w:t>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Kwamena</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Prince Anokye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mustapha Benjillali</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AFRICON 2023: IEEE AFRICON Conference</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">GC Wkshps 2023: IEEE Globecom Workshops</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2023, Kuala Lumpur, Malaysia. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/GCWkshps58843.2023.10464425⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/africon55910.2023.10293709⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04599896v1</w:t>
+                <w:t xml:space="preserve">hal-04599930v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Comparative Analysis of MU-NOMA IRS-and Relay-Assisted Symbiotic Radio IoT Networks</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The Efficiency of Convolution on Gemmini Deep Learning Hardware Accelerator</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dennis Agyemanh Nana Gookyi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Wilson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Roger Kwao Ahiadormey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Kyoung-Jae Lee</w:t>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Danquah</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GC Wkshps 2023: IEEE Globecom Workshops</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">AFRICON 2023: IEEE AFRICON Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2023, Nairobi, Kenya. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/africon55910.2023.10293709⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/GCWkshps58843.2023.10464425⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04599930v1</w:t>
+                <w:t xml:space="preserve">hal-04599896v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Performance Evaluation of 5G NR Vehicle-to-Vehicle Communication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Kofi Amoako Ofori-Amanfo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ji-Hoon Yun</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ICCAS 2023: 23rd International Conference on Control, Automation and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Yeosu, South Korea</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04599874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -3757,148 +3887,148 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Energy-Efficient Precision Agriculture Communication Embedded System CoAP Design</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Efraim P. N. Manurung</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mattia Fiumara</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kwabenna Bennin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Derek Kwaku Pobi Asiedu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2025</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (preprint/prepublication)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId115" w:history="1">
-              <w:r>
-[...54 lines deleted...]
-            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId117"/>
+      <w:footerReference w:type="default" r:id="rId119"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -3966,51 +4096,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="BC60A10F"/>
+    <w:nsid w:val="396DD20A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -4197,51 +4327,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/derek-asiedu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-7656" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430804v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Nduwayezu" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Amoako Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Kwaku Pobi Asiedu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hoon Yun" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2025.3647084" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526404v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynah Akwafo" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena Menanor" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2026.3667107" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909998v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827602" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255669v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Minh Nguyen" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2025.111701" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063354v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennin Kwabena Ebo" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A. Gookyi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benjillali" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01087-z" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096233v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisu Kang" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaejoon Han" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seungho Jeong" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2025.3575449" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04592081v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraka William Nyamtiga" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airlangga Adi Hermawan" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakub Fahim Luckyarno" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3359708" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599843v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lwc.2023.3324984" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910052v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunju Kim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Anokye" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunkyung Kim" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung-Jae Lee" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13214232" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073177v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Iftikar" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Nishio" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3477497" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599854v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Boateng Nti" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2024.3352084" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910070v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumaila Mahama" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2024.3448372" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910025v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwame Antwi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabena Ebo Bennin" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedir Tekinerdogan" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2024.100590" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599831v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isfan Fauzi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Wook Kim" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2023.3307710" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599860v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2023.3245082" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599836v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Durowaa Antwi-Boasiako" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Kwao Ahiadormey" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2023.3266715" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063366v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akwafo Reynah" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menanor Samuel K." TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Kyoung-Jae" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2025-Spring65109.2025.11174875" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063346v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjillali Mustapha" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978523" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063360v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ji-Hoon" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599969v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard B Nti" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600029v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwadwo Boateng Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC61350.2024.10577918" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910086v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2024-Fall63153.2024.10757468" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910102v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827565" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599950v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunatus Aabangbio Wulnye" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewura Abena Essanoah Arthur" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Agyemanh Nana Gookyi" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wilson" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAS59620.2024.10507115" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600063v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Menanor" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10570509" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599915v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suho Shin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woode Theodore" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APWCS60142.2023.10234040" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599896v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Danquah" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/africon55910.2023.10293709" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599930v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GCWkshps58843.2023.10464425" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599874v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156358v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim P. N. Manurung" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Fiumara" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabenna Bennin" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/derek-asiedu" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8043-7656" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05526404v1" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Reynah Akwafo" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena Menanor" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Derek Kwaku Pobi Asiedu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Saoudi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ji-Hoon Yun" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2026.3667107" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05539106v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mustapha Benjillali" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kyoung-Jae Lee" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TVT.2026.3670933" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05430804v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Nduwayezu" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Amoako Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JIOT.2025.3647084" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05096233v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jisu Kang" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yaejoon Han" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Seungho Jeong" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LWC.2025.3575449" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04909998v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kofi Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827602" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05255669v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giang Minh Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.comnet.2025.111701" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063354v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bennin Kwabena Ebo" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis A. Gookyi" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12243-025-01087-z" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599843v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/lwc.2023.3324984" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910052v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kunju Kim" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prince Anokye" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunkyung Kim" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/electronics13214232" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599854v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Boateng Nti" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2024.3352084" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910070v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sumaila Mahama" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/LCOMM.2024.3448372" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073177v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Muhammad Iftikar" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Takayuki Nishio" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3477497" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04592081v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baraka William Nyamtiga" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Airlangga Adi Hermawan" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yakub Fahim Luckyarno" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2024.3359708" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910025v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwame Antwi" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabena Ebo Bennin" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bedir Tekinerdogan" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.atech.2024.100590" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599836v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bridget Durowaa Antwi-Boasiako" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Kwao Ahiadormey" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/tvt.2023.3266715" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599860v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TWC.2023.3245082" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599831v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isfan Fauzi" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tae-Wook Kim" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/access.2023.3307710" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063346v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjillali Mustapha" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC61545.2025.10978523" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063366v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akwafo Reynah" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Menanor Samuel K." TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lee Kyoung-Jae" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2025-Spring65109.2025.11174875" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05063360v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yun Ji-Hoon" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599950v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fortunatus Aabangbio Wulnye" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ewura Abena Essanoah Arthur" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dennis Agyemanh Nana Gookyi" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Wilson" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTAS59620.2024.10507115" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600063v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Menanor" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/WCNC57260.2024.10570509" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599969v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard B Nti" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04600029v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwadwo Boateng Ofori-Amanfo" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISIVC61350.2024.10577918" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910086v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VTC2024-Fall63153.2024.10757468" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04910102v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICTC62082.2024.10827565" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599915v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suho Shin" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Woode Theodore" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/APWCS60142.2023.10234040" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599930v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Kwamena" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/GCWkshps58843.2023.10464425" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599896v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Danquah" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/africon55910.2023.10293709" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-04599874v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156358v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Efraim P. N. Manurung" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mattia Fiumara" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kwabenna Bennin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>