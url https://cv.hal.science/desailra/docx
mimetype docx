--- v0 (2026-03-07)
+++ v1 (2026-03-28)
@@ -127,242 +127,238 @@
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">078643422</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:rPr/>
         <w:t xml:space="preserve"> ResearcherID : </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r>
           <w:rPr>
             <w:color w:val="#410a8c"/>
             <w:u w:val="single"/>
           </w:rPr>
-          <w:t xml:space="preserve">DVJ-5451-2022</w:t>
+          <w:t xml:space="preserve">http://www.researcherid.com/rid/DVJ-5451-2022</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="600"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="400"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (101)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (102)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">French expert consensus statement on diagnosis and management of primary hyperparathyroidism</w:t>
+                <w:t xml:space="preserve">Hypothyroïdie congénitale et pollution : comment l’IA et le Big Data transforment la détection des signaux épidémiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marie-Christine Vantyghem</w:t>
+                <w:t xml:space="preserve">Olivier Jardé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eric Mirallié</w:t>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">Léa Leroy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sébastien Aubert</w:t>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sara Barraud</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 86 (5), pp.102449. </w:t>
+              <w:t xml:space="preserve">Bulletin de l'Académie Nationale de Médecine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 210 (1), pp.40-46. </w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.102449⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.banm.2025.09.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05351972v1</w:t>
+                <w:t xml:space="preserve">hal-05554394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nouvelles perspectives en endocrinologie : des avancées rapportées lors des derniers congrès</w:t>
               </w:r>
@@ -424,2275 +420,2275 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05480000v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic fields from mobile phones: a risk for maintaining energy homeostasis?</w:t>
+                <w:t xml:space="preserve">French expert consensus statement on diagnosis and management of primary hyperparathyroidism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chandreshwar Seewooruttun</w:t>
+                <w:t xml:space="preserve">Marie-Christine Vantyghem</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thi Cuc Mai</w:t>
+                <w:t xml:space="preserve">Eric Mirallié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Aurélie Corona</w:t>
+                <w:t xml:space="preserve">Sébastien Aubert</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphane Delanaud</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">René De Seze</w:t>
+                <w:t xml:space="preserve">Sara Barraud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 86 (3), pp.101782. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101782⟩</w:t>
+              <w:t xml:space="preserve">, 2025, 86 (5), pp.102449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.102449⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05062165v1</w:t>
+                <w:t xml:space="preserve">hal-05351972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Histomorphometric study of thyroid tissue in juvenile rats exposed to 5G electromagnetic fields</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Electromagnetic fields from mobile phones: a risk for maintaining energy homeostasis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandreshwar Seewooruttun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mathilde Ramelet</w:t>
+                <w:t xml:space="preserve">Thi Cuc Mai</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Lise Ronger</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">Aurélie Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Amandine Pelletier</w:t>
+                <w:t xml:space="preserve">Stéphane Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">René De Seze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2025, 86 (3), pp.101755. </w:t>
+              <w:t xml:space="preserve">, 2025, 86 (3), pp.101782. </w:t>
             </w:r>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101755⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101782⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05111139v1</w:t>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05062165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Surgery for the treatment of arterial hypertension in patients with unilateral adrenal incidentalomas and mild autonomous cortisol secretion (CHIRACIC): a multicentre, open-label, superiority randomised controlled trial</w:t>
+                <w:t xml:space="preserve">Histomorphometric study of thyroid tissue in juvenile rats exposed to 5G electromagnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Tabarin</w:t>
+                <w:t xml:space="preserve">Mathilde Ramelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stéphanie Espiard</w:t>
+                <w:t xml:space="preserve">Lise Ronger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Timo Deutschbein</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Delphine Vezzossi</w:t>
+                <w:t xml:space="preserve">Amandine Pelletier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S2213-8587(25)00062-2⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 86 (3), pp.101755. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101755⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05071424v1</w:t>
+                <w:t xml:space="preserve">hal-05111139v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analysis of genetic predisposition to familial non-medullary thyroid cancer by whole genome sequencing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Do Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Topolinski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christine Do Cao</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">Michel Crépin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cathy Flament</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 86 (5), pp.102456. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ando.2025.102456⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05257025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">5G Radiofrequency Exposure Reduces PRDM16 and C/EBP β mRNA Expression, Two Key Biomarkers for Brown Adipogenesis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Chandreshwar Seewooruttun</w:t>
+                <w:t xml:space="preserve">Surgery for the treatment of arterial hypertension in patients with unilateral adrenal incidentalomas and mild autonomous cortisol secretion (CHIRACIC): a multicentre, open-label, superiority randomised controlled trial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tabarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphanie Espiard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bélir Bouguila</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Stéphane Delanaud</w:t>
+                <w:t xml:space="preserve">Timo Deutschbein</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Bodin</w:t>
+                <w:t xml:space="preserve">Laurence Amar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Vezzossi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/ijms26062792⟩</w:t>
+              <w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 13 (7), pp.580-590. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-8587(25)00062-2⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05004351v1</w:t>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Transcriptomic study of adrenal stress genes in rats exposed to 5G electromagnetic fields</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lise Ronger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mathilde Ramelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amandine Pelletier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2025, 86 (3), pp.101758. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101758⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05111149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le métabolisme phosphocalcique : une homéostasie essentielle</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">5G Radiofrequency Exposure Reduces PRDM16 and C/EBP β mRNA Expression, Two Key Biomarkers for Brown Adipogenesis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chandreshwar Seewooruttun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bélir Bouguila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Corona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Delanaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Bodin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Molecular Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 26 (6), pp.2792. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/ijms26062792⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05479987v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05004351v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Une cause inhabituelle d’altération de l’état général : le syndrome hypothalamique</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">X. Boulu</w:t>
+                <w:t xml:space="preserve">Le métabolisme phosphocalcique : une homéostasie essentielle</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Revue de Médecine Interne</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 29 (4)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05071404v1</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05479987v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P04-16 Effects of 5G exposure on thyroid morphology and thyroid-mediated thermogenic functions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Une cause inhabituelle d’altération de l’état général : le syndrome hypothalamique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Palacin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Seewooruttun</w:t>
+                <w:t xml:space="preserve">M. Timmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">B. Bouguila</w:t>
+                <w:t xml:space="preserve">J. Schmidt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Ramelet</w:t>
-[...31 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">X. Boulu</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.232⟩</w:t>
+              <w:t xml:space="preserve">La Revue de Médecine Interne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 46 (Supplement 1), pp.A247-A248. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.revmed.2025.03.307⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05256369v1</w:t>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05071404v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 3: Impact of primary hyperparathyroidism</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">P04-16 Effects of 5G exposure on thyroid morphology and thyroid-mediated thermogenic functions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Seewooruttun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Bouguila</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Scheyer</w:t>
+                <w:t xml:space="preserve">M. Ramelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Frey</w:t>
+                <w:t xml:space="preserve">A. Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eugénie Koumakis</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">S. Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101692⟩</w:t>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 411 (suppl. Abstracts of the 59th Congress of the European Societies of Toxicology (EUROTOX 2025)), pp.S86. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2025.07.232⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04910108v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05256369v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Quand la perturbation endocrinienne revisite les mythes anciens</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Chapter 3: Impact of primary hyperparathyroidism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Scheyer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Frey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eugénie Koumakis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guérin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 86 (1), pp.101692. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2025.101692⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827370v1</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04910108v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hypothyroïdie en France : en baisse chez les adultes, en hausse chez les nourrissons, des disparités géographiques inexpliquées</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Genetic Predisposition to Pheochromocytoma and Paraganglioma: 21 Years’ Experience in the Field</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Cardot-Bauters</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Vantyghem</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Do Cao</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Conversation France</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.64628/aak.e3es5kcqt⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, Online ahead of print. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.05.024⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05225584v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04595546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Perturbateurs endocriniens et environnement : quelles données utiliser ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Congenital and acquired hypothyroidism: temporal and spatial trends in France from 2014 to 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Romain Pons</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibaut Balcaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2023.101943⟩</w:t>
+              <w:t xml:space="preserve">Annals of Epidemiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 98, pp.18-24. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.annepidem.2024.07.091⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04572908v1</w:t>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04666639v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Critères biologiques de l’insulinome chez les patients avec une néoplasie endocrinienne multiple de type 1 (NEM1)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">T. Cuny</w:t>
+                <w:t xml:space="preserve">Analyse spatio-temporelle de l'incidence de l'hypothyroïdie périphérique traitée en France, 2014-2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Balcaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.068⟩</w:t>
+              <w:t xml:space="preserve">Journal of Epidemiology and Population Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 72, pp.202358. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202358⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720062v1</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04509982v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId89" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congenital and acquired hypothyroidism: temporal and spatial trends in France from 2014 to 2019</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Quand la perturbation endocrinienne revisite les mythes anciens</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Epidemiology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId89" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04666639v1</w:t>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827370v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic Predisposition to Pheochromocytoma and Paraganglioma: 21 Years’ Experience in the Field</w:t>
-[...44 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Hypothyroïdie en France : en baisse chez les adultes, en hausse chez les nourrissons, des disparités géographiques inexpliquées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.05.024⟩</w:t>
+              <w:t xml:space="preserve">The Conversation France</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.64628/aak.e3es5kcqt⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04595546v1</w:t>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05225584v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse spatio-temporelle de l'incidence de l'hypothyroïdie périphérique traitée en France, 2014-2019</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Perturbateurs endocriniens et environnement : quelles données utiliser ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léa Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwen Marhic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chamot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">V. Bonneterre</w:t>
+                <w:t xml:space="preserve">Romain Pons</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Epidemiology and Population Health</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jeph.2024.202358⟩</w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (2-3), pp.101943. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2023.101943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId98" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04509982v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04572908v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId105" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Farming activity and risk of treated thyroid disorders: Insights from the TRACTOR project, a nationwide cohort study</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">Critères biologiques de l’insulinome chez les patients avec une néoplasie endocrinienne multiple de type 1 (NEM1)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Andolfo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId103" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Lebras</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Chanson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Haissaguerre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Cancé</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">T. Cuny</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Environmental Research</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, pp.118458. </w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.368-369. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.118458⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.068⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04466005v1</w:t>
+            <w:hyperlink r:id="rId101" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720062v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Différenciation de la nécrose intra-tumorale entre phéochromocytomes de cluster 1 et 2</w:t>
               </w:r>
@@ -2940,9149 +2936,9283 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04798447v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pénétrance de l’hyperplasie macronodulaire bilatérale des surrénales GIP-dépendante avec syndrome de Cushing chez les porteurs de mutations de KDM1A</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Farming activity and risk of treated thyroid disorders: Insights from the TRACTOR project, a nationwide cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fanny Chasseloup</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">C. Richa</w:t>
+                <w:t xml:space="preserve">Christophe Cancé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.086⟩</w:t>
+              <w:t xml:space="preserve">Environmental Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, pp.118458. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.envres.2024.118458⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720083v1</w:t>
+                <w:t xml:space="preserve">hal-04466005v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">P21-51 Does 5G exposure activate UCP1 adaptive non-shivering thermogenesis?</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">S. Delanaud</w:t>
+                <w:t xml:space="preserve">Pénétrance de l’hyperplasie macronodulaire bilatérale des surrénales GIP-dépendante avec syndrome de Cushing chez les porteurs de mutations de KDM1A</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chasseloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Cloix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M.L. Nunes</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Galliot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId128" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J. Gay-Quéheillard</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">V. Bach</w:t>
+                <w:t xml:space="preserve">C. Richa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Toxicology Letters</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2024.07.777⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.377. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.086⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId127" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04688535v1</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720083v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId131" w:history="1">
+            <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Santé au travail et Système national des données de santé</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+                <w:t xml:space="preserve">P21-51 Does 5G exposure activate UCP1 adaptive non-shivering thermogenesis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Seewooruttun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Corona</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Delanaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Gay-Quéheillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Manaouil</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">V. Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102271⟩</w:t>
+              <w:t xml:space="preserve">Toxicology Letters</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 399, pp.S325. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.toxlet.2024.07.777⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId131" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04586306v1</w:t>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04688535v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId136" w:history="1">
+            <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conséquence de la perte fonctionnelle de la lysine déméthylase KDM1A sur la méthylation des histones, la conformation chromatinienne et expression génique dans l’hyperplasie macronodulaire bilatérale des surrénales GIP-dépendante</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les perturbateurs endocriniens présents dans l’environnement naturel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 28 (3)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId136" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720090v1</w:t>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04827342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId143" w:history="1">
+            <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les perturbateurs endocriniens présents dans l’environnement naturel</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Conséquence de la perte fonctionnelle de la lysine déméthylase KDM1A sur la méthylation des histones, la conformation chromatinienne et expression génique dans l’hyperplasie macronodulaire bilatérale des surrénales GIP-dépendante</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Chasseloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId137" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Syx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId138" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">K. Ancelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Ladurelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Amazit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.375-376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.084⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId143" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04827342v1</w:t>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720090v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diagnosis and management of children and adult craniopharyngiomas: a French Endocrine Society/French Society for Paediatric Endocrinology &amp; Diabetes Consensus Statement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId144" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Reynaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId145" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas Cuny</w:t>
+                <w:t xml:space="preserve">Gérald Raverot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rachel Reynaud</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Régis Coutant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Philippe Chanson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ando.2024.07.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId144" w:history="1">
+            <w:hyperlink r:id="rId142" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04646201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId150" w:history="1">
+            <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Risque de dysthyroïdies dans le milieu agricole</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId75" w:history="1">
+                <w:t xml:space="preserve">Santé au travail et Système national des données de santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Pascal Petit</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Manaouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId150" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Fantoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Cance</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Paul Frimat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 85 (2-3), pp.102015. </w:t>
+              <w:t xml:space="preserve">, 2024, 85 (2-3), pp.102271. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102015⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102271⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId150" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04586280v1</w:t>
+            <w:hyperlink r:id="rId148" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chirurgie des incidentalomes surrénaliens unilateraux responsables de MACS : résultats de l’etude Chiracic sur l’hypertension</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Abcès hypophysaire primaire à Cutibacterium chez une patiente recevant une immunothérapie : étude de cas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Ronger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Balmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Tabarin</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">M. Saraval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 85 (5), pp.376. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.085⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.417. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.176⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04720078v1</w:t>
+                <w:t xml:space="preserve">hal-04720016v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abcès hypophysaire primaire à Cutibacterium chez une patiente recevant une immunothérapie : étude de cas</w:t>
-[...65 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Risque de dysthyroïdies dans le milieu agricole</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId157" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cance</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.176⟩</w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (2-3), pp.102015. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId158" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2024.102015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId160" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720016v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04586280v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environmental Pollution and the Risk of Congenital Hypothyroidism: Insights from a French Nationwide Retrospective Ecological Cohort Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cancé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Hazardous Materials Advances</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 17, pp.100560. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.hazadv.2024.100560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04822523v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse spatio-temporelle de l’incidence de l’hypothyroïdie périphérique traitée en France, 2014–2019</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">V. Bonneterre</w:t>
+                <w:t xml:space="preserve">Chirurgie des incidentalomes surrénaliens unilateraux responsables de MACS : résultats de l’etude Chiracic sur l’hypertension</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Tabarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId163" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Espiard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Deutschbein</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Mouly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Di Dalmazi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2024, 85 (5), pp.359. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.047⟩</w:t>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.376. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.085⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04720029v1</w:t>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720078v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Système national des données de santé (SNDS) : perspectives en santé au travail et environnementale</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId99" w:history="1">
+                <w:t xml:space="preserve">Analyse spatio-temporelle de l’incidence de l’hypothyroïdie périphérique traitée en France, 2014–2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">S. Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId168" w:history="1">
-[...38 lines deleted...]
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId90" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Balcaen</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">V. Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.admp.2023.101875⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 85 (5), pp.359. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId169" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2024.08.047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202809v1</w:t>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04720029v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L­’immunothérapie anticancéreuse : une histoire encore en marche</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, XXVII (4-5), pp.125 (Editorial)</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId172" w:history="1">
+            <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04308986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId173" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Updates in neuroendocrine neoplasms: from mechanisms to the clinic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Système national des données de santé (SNDS) : perspectives en santé au travail et environnementale</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId172" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Manaouil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Fantoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId174" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sarah Fodil-Cherif</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">P. Frimat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2022.12.424⟩</w:t>
+              <w:t xml:space="preserve">Archives des Maladies Professionnelles et de L'Environnement</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 84 (6), pp.101875. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.admp.2023.101875⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId173" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03957997v1</w:t>
+            <w:hyperlink r:id="rId171" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId177" w:history="1">
+            <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L’épopée ­de l’immunothérapie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Updates in neuroendocrine neoplasms: from mechanisms to the clinic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId177" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarah Fodil-Cherif</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId178" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Brue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, In press, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2022.12.424⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId177" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04312147v1</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03957997v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId178" w:history="1">
+            <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Does prenatal exposure to multiple airborne and tap-water pollutants increase neonatal thyroid-stimulating hormone concentrations? Data from the Picardy region, France</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">L’épopée ­de l’immunothérapie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Science of the Total Environment</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 27 (4-5)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId178" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04213094v1</w:t>
+            <w:hyperlink r:id="rId180" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04312147v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId180" w:history="1">
+            <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reply to Letter: Pituitary Apoplexy and SARS-CoV-2 Infection: We Need to Look beyond the Acute Phase.</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Does prenatal exposure to multiple airborne and tap-water pollutants increase neonatal thyroid-stimulating hormone concentrations? Data from the Picardy region, France</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Chamot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId181" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pascal Petit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Bonneterre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Cancé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.EJE-22-0736. </w:t>
+              <w:t xml:space="preserve">Science of the Total Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 905, pp.167089. </w:t>
             </w:r>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1530/EJE-22-0736⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.scitotenv.2023.167089⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId180" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03773376v1</w:t>
+            <w:hyperlink r:id="rId181" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04213094v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thyrotropin Levels in Patients with Coronavirus Disease 2019: Assessment during Hospitalization and in the Medium Term after Discharge</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId14" w:history="1">
+                <w:t xml:space="preserve">Reply to Letter: Pituitary Apoplexy and SARS-CoV-2 Infection: We Need to Look beyond the Acute Phase.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Noémie Scherman</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Joe Balmain</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Life</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/life12122014⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.EJE-22-0736. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-22-0736⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03915565v1</w:t>
+                <w:t xml:space="preserve">hal-03773376v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thyrotropin Levels in Patients with Coronavirus Disease 2019: Assessment during Hospitalization and in the Medium Term after Discharge</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Noémie Scherman</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Imane Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Juliette André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gemma Llauradó</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Josep Franch-Nadal</w:t>
+                <w:t xml:space="preserve">Yoann Zerbib</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Cardiovascular Diabetology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t>
+              <w:t xml:space="preserve">Life</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 12 (12), pp.2014. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/life12122014⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03822575v1</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03915565v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId196" w:history="1">
+            <w:hyperlink r:id="rId192" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of diabetes on COVID-19 prognosis beyond comorbidity burden: the CORONADO initiative</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The association between macrovascular complications and intensive care admission, invasive mechanical ventilation, and mortality in people with diabetes hospitalized for coronavirus disease-2019 (COVID-19)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gemma Llauradó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bogdan Vlacho</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yue Ruan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bertrand Cariou</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Blandine Tramunt</w:t>
+                <w:t xml:space="preserve">Josep Franch-Nadal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetologia</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1007/s00125-022-05734-1⟩</w:t>
+              <w:t xml:space="preserve">Cardiovascular Diabetology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 21 (1), pp.216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId198" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12933-022-01657-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId196" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03696563v1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03822575v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId202" w:history="1">
+            <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocrinology of bone mineralization: An update</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of diabetes on COVID-19 prognosis beyond comorbidity burden: the CORONADO initiative</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId200" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bertrand Cariou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Wargny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId201" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne-Sophie Boureau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId202" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sarra Smati</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId203" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A. Jannin</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Blandine Tramunt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.o.2021.12.001⟩</w:t>
+              <w:t xml:space="preserve">Diabetologia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 65 (9), pp.1436-1449. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId204" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s00125-022-05734-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId202" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03603776v1</w:t>
+            <w:hyperlink r:id="rId199" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03696563v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pituitary Apoplexy in the Aftermath of a SARS-CoV-2 Infection: A Case Series from Amiens University Hospital.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Balmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId206" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Meshal Jarebi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meshal Jarebi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+                <w:t xml:space="preserve">Patrick Toussaint</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marine Timmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2022, 187 (3), pp.K19-K25. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId210" w:history="1">
+            <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/EJE-22-0056⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId206" w:history="1">
+            <w:hyperlink r:id="rId205" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03740503v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId211" w:history="1">
+            <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalised for COVID-19</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endocrinology of bone mineralization: An update</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId211" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Jannin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId212" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Daniel Lalau</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">V Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.diabet.2020.101216⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 83 (1), pp.46-53. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId213" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.o.2021.12.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId211" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">inserm-03269072v1</w:t>
+            <w:hyperlink r:id="rId210" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03603776v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId217" w:history="1">
+            <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pegvisomant in Combination or Pegvisomant Alone after Failure of Somatostatin Analogs in Acromegaly Patients: An Observational French ACROSTUDY Cohort Study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Therapeutic patient education and PCOS, an unexplored medical care</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId215" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Houette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (4-5), pp.168-171</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId217" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05150614v1</w:t>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId224" w:history="1">
+            <w:hyperlink r:id="rId216" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Correction to: Pegvisomant in combination or pegvisomant alone after failure of somatostatin analogs in acromegaly patients: an observational French ACROSTUDY cohort study</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les ondes électromagnétiques, de la communication à la lumière</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (6), pp.184--185</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId224" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555792v1</w:t>
+            <w:hyperlink r:id="rId216" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698653v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Follicular GH and IGF1 Levels Are Associated With Oocyte Cohort Quality: A Pilot Study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Scheffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Albane Vandecandelaere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soyez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dorian Bosquet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
+            <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Elodie Lefranc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Frontiers in Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 12, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId233" w:history="1">
+            <w:hyperlink r:id="rId223" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.3389/fendo.2021.793621⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId227" w:history="1">
+            <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03548046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId234" w:history="1">
+            <w:hyperlink r:id="rId224" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les ondes électromagnétiques, de la communication à la lumière</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Correction to: Pegvisomant in combination or pegvisomant alone after failure of somatostatin analogs in acromegaly patients: an observational French ACROSTUDY cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Delemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Raingeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId229" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Herve Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Endocrine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 71 (1), pp.265. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId230" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12020-020-02532-w⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId234" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698653v1</w:t>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId235" w:history="1">
+            <w:hyperlink r:id="rId231" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Therapeutic patient education and PCOS, an unexplored medical care</w:t>
-[...26 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pegvisomant in Combination or Pegvisomant Alone after Failure of Somatostatin Analogs in Acromegaly Patients: An Observational French ACROSTUDY Cohort Study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId225" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Kuhn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId227" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Delemer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Raingeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Endocrine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 71 (1), pp.158--167. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId233" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12020-020-02501-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId235" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555788v1</w:t>
+            <w:hyperlink r:id="rId231" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05150614v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId237" w:history="1">
+            <w:hyperlink r:id="rId234" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pegvisomant treatment in acromegaly in clinical practice: Final results of the French ACROSTUDY (312 patients)</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Gérald Raverot</w:t>
+                <w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalised for COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Lalau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId236" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Hadjadj</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId237" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Goronflot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId238" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Wiernsperger</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2021.05.004⟩</w:t>
+              <w:t xml:space="preserve">Diabetes &amp; Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 47 (5), pp.101216. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId239" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.diabet.2020.101216⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId237" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03366670v1</w:t>
+            <w:hyperlink r:id="rId234" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">inserm-03269072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The association between body mass index class and coronavirus disease 2019 outcomes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId240" w:history="1">
+            <w:hyperlink r:id="rId241" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Deschasse</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId241" w:history="1">
+            <w:hyperlink r:id="rId242" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Herve Dupont</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId242" w:history="1">
+            <w:hyperlink r:id="rId243" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Goeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId243" w:history="1">
+            <w:hyperlink r:id="rId244" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maite Jaureguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId244" w:history="1">
+            <w:hyperlink r:id="rId245" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvie Lion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Obesity</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 45 (3), pp.700-705. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId245" w:history="1">
+            <w:hyperlink r:id="rId246" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1038/s41366-020-00721-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId239" w:history="1">
+            <w:hyperlink r:id="rId240" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03547673v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId246" w:history="1">
+            <w:hyperlink r:id="rId247" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Necrolytic migratory erythema: a paraneoplastic syndrome not to be missed</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Pegvisomant treatment in acromegaly in clinical practice: Final results of the French ACROSTUDY (312 patients)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sara Barraud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId228" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Raingeard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hervé Lefebvre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gérald Raverot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82 (6), pp.582-589. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId248" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2021.05.004⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId246" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555789v1</w:t>
+            <w:hyperlink r:id="rId247" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03366670v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Loss of KDM1A in GIP-dependent primary bilateral macronodular adrenal hyperplasia with Cushing's syndrome: a multicentre, retrospective, cohort study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Necrolytic migratory erythema: a paraneoplastic syndrome not to be missed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId250" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Isabelle Bourdeau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Antoine Tabarin</w:t>
+                <w:t xml:space="preserve">O. Raad</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId251" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Daniela Regazzo</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A. Ullmer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (2), pp.75-77</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03688894v1</w:t>
+                <w:t xml:space="preserve">hal-03555789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId254" w:history="1">
+            <w:hyperlink r:id="rId252" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Actualités du 23e congrès de la Société européenne d'endocrinologie - Édition en ligne du 22 au 26 mai 2021</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Non-classical effects of vitamin D: Non-bone effects of vitamin D</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId253" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine-Guy Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId254" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Veronique Kerlan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Correspondances en MHND</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 82 (1), pp.43-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId255" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2020.12.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId254" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698652v1</w:t>
+            <w:hyperlink r:id="rId252" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555790v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId255" w:history="1">
+            <w:hyperlink r:id="rId256" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non-classical effects of vitamin D: Non-bone effects of vitamin D</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Actualités du 23e congrès de la Société européenne d'endocrinologie - Édition en ligne du 22 au 26 mai 2021</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Correspondances en MHND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (4-5), pp.139--140</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId255" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555790v1</w:t>
+            <w:hyperlink r:id="rId256" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698652v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Characteristics and outcomes ofCOVID-19 in hospitalized patients with and without diabetes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId258" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Lanoix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId259" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Bennis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Lanoix</w:t>
+                <w:t xml:space="preserve">Claire Andrejak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId261" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etienne Brochot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetes/Metabolism Research and Reviews</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 37 (3), </w:t>
             </w:r>
-            <w:hyperlink r:id="rId264" w:history="1">
+            <w:hyperlink r:id="rId262" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/dmrr.3388⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId259" w:history="1">
+            <w:hyperlink r:id="rId257" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03547675v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId265" w:history="1">
+            <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets biologiques de la lumière : focus en endocrinologie</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Loss of KDM1A in GIP-dependent primary bilateral macronodular adrenal hyperplasia with Cushing's syndrome: a multicentre, retrospective, cohort study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fanny Chasseloup</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId264" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Isabelle Bourdeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Tabarin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId265" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniela Regazzo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId266" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Dumontet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">The Lancet. Diabetes &amp; Endocrinology </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (12), pp.813-824. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId267" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S2213-8587(21)00236-9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId265" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698654v1</w:t>
+            <w:hyperlink r:id="rId263" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688894v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId266" w:history="1">
+            <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Désadaptation ou inadaptation de l'axe corticotrope en situation de burn out</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Effets biologiques de la lumière : focus en endocrinologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2021, 25 (1), pp.34-39+47</w:t>
+              <w:t xml:space="preserve">, 2021, 25 (6), pp.204-207+227</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId266" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698655v1</w:t>
+            <w:hyperlink r:id="rId268" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698654v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Growth hormone replacement improved oocyte quality in a patient with hypopituitarism: A study of follicular fluid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId228" w:history="1">
+            <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florence Scheffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId268" w:history="1">
+            <w:hyperlink r:id="rId270" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rosalie Cabry</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId230" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marion Soyez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId269" w:history="1">
+            <w:hyperlink r:id="rId271" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Henri Copin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId270" w:history="1">
+            <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Moncef Ben Khalifa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 82 (6), pp.590--596. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId271" w:history="1">
+            <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ando.2021.05.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId267" w:history="1">
+            <w:hyperlink r:id="rId269" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03688185v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId272" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalized for COVID-19</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Désadaptation ou inadaptation de l'axe corticotrope en situation de burn out</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 25 (1), pp.34-39+47</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId272" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688467v1</w:t>
+            <w:hyperlink r:id="rId274" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03698655v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">The impact of endocrine disruptor chemicals on oocyte/embryo and clinical outcomes in IVF</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Rosalie Cabry</w:t>
+                <w:t xml:space="preserve">Metformin use is associated with a reduced risk of mortality in patients with diabetes hospitalized for COVID-19</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId235" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Daniel Lalau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Wiernsperger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Goronflot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Philippe Merviel</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Florence Scheffler</w:t>
+                <w:t xml:space="preserve">M. Pichelin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocrine Connections</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EC-20-0135⟩</w:t>
+              <w:t xml:space="preserve">Médecine des Maladies Métaboliques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 15 (3), pp.278-287. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.mmm.2021.02.013⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03545113v1</w:t>
+            <w:hyperlink r:id="rId275" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688467v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId281" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Positive Impact of Genetic Test on the Management and Outcome of Patients With Paraganglioma and/or Pheochromocytoma</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">The impact of endocrine disruptor chemicals on oocyte/embryo and clinical outcomes in IVF</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rosalie Cabry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId281" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Merviel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alexandre Buffet</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Delphine Vezzosi</w:t>
+                <w:t xml:space="preserve">Aicha Madkour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId222" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Lefranc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florence Scheffler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1210/jc.2018-02411⟩</w:t>
+              <w:t xml:space="preserve">Endocrine Connections</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 9 (6), pp.R134-R142. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId283" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EC-20-0135⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId281" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02419895v1</w:t>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03545113v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">X chromosome gene dosage as a determinant of congenital malformations and of age-related comorbidity risk in patients with Turner syndrome, from childhood to early adulthood</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Positive Impact of Genetic Test on the Management and Outcome of Patients With Paraganglioma and/or Pheochromocytoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId285" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Buffet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId286" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurène Ben Aim</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Leboulleux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Drui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elodie Fiot</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Sophie dos Santos</w:t>
+                <w:t xml:space="preserve">Delphine Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EJE-18-0878⟩</w:t>
+              <w:t xml:space="preserve">Journal of Clinical Endocrinology and Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 104 (4), pp.1109-1118. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1210/jc.2018-02411⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863454v1</w:t>
+            <w:hyperlink r:id="rId284" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02419895v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId295" w:history="1">
+            <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Oliver-McFarlane syndrome: mutations of PNPLA6 and follow-up of 30 years in two brothers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">X chromosome gene dosage as a determinant of congenital malformations and of age-related comorbidity risk in patients with Turner syndrome, from childhood to early adulthood</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId292" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elodie Fiot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId293" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Zenaty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Priscilla Boizeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId295" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Haignere</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId296" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">G. Jedraszak</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">H. Bony</w:t>
+                <w:t xml:space="preserve">Sophie dos Santos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 180 (6), pp.397-406. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId297" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-18-0878⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId295" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555795v1</w:t>
+            <w:hyperlink r:id="rId291" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863454v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId300" w:history="1">
+            <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Poisonous fungus</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Impact of coxsackievirus-B4E2 combined with a single low dose of streptozotocin on pancreas of outbred mice: investigation of viral load, pathology and inflammation.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi A. Benkahla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Famara Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId301" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Angie Shehata</w:t>
+                <w:t xml:space="preserve">Antoine Bertin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etienne Justinien</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Anais-Camille Vreulx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Firas Elmastour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, Scientific Reports, 9, pp.10080. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1038/s41598-019-46227-3⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId300" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555796v1</w:t>
+            <w:hyperlink r:id="rId298" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04452394v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId303" w:history="1">
+            <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Impact of coxsackievirus-B4E2 combined with a single low dose of streptozotocin on pancreas of outbred mice: investigation of viral load, pathology and inflammation.</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Poisonous fungus</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId306" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Bertin</w:t>
+                <w:t xml:space="preserve">Angie Shehata</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId307" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anais-Camille Vreulx</w:t>
-[...18 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Etienne Justinien</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (2), pp.39-41</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId303" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04452394v1</w:t>
+            <w:hyperlink r:id="rId305" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId310" w:history="1">
+            <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prix Nobel de médecine 2018 pour l'immunothérapie: La victoire de la &amp;quot;self-defense&amp;quot; anticancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Oliver-McFarlane syndrome: mutations of PNPLA6 and follow-up of 30 years in two brothers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId309" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Jedraszak</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId310" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. De Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId311" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Jobic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId312" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Bony</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Correspondances en MHND</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 23 (1), pp.228</w:t>
+              <w:t xml:space="preserve">European Journal of Human Genetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 27 (1), pp.373</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId310" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03698902v1</w:t>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId311" w:history="1">
+            <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La néoplasie endocrinienne multiple de type 1 : mise au point après le congrès de l’ENETS 2019</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Prix Nobel de médecine 2018 pour l'immunothérapie: La victoire de la &amp;quot;self-defense&amp;quot; anticancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Correspondances en MHND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (1), pp.228</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/s0003-4266(19)30113-1⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04428067v1</w:t>
+                <w:t xml:space="preserve">hal-03698902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thyroid nodules complexity</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">La néoplasie endocrinienne multiple de type 1 : mise au point après le congrès de l’ENETS 2019</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Magaly Vialon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 80, pp.S19-S28. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/s0003-4266(19)30113-1⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03555794v1</w:t>
+                <w:t xml:space="preserve">hal-04428067v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Prix Nobel de médecine 2018 pour l'immunothérapie : La victoire de la &amp;quot;Self-Defense'' anticancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Thyroid nodules complexity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Correspondances en MHND</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 22 (9-10), pp.228</w:t>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 23 (4-5), pp.100</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700306v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555794v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coxsackievirus-B4E2 can infect monocytes and macrophages in vitro and in vivo</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">CoDE-seq, an augmented whole-exome sequencing, enables the accurate detection of CNVs and mutations in Mendelian obesity and intellectual disability</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">F. Sane</w:t>
+                <w:t xml:space="preserve">Louise Montagne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A-C Vreulx</w:t>
+                <w:t xml:space="preserve">Mehdi Derhourhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">I Engelmann</w:t>
+                <w:t xml:space="preserve">Amélie Piton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId322" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bénédicte Toussaint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId323" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Emmanuelle Durand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.virol.2018.06.010⟩</w:t>
+              <w:t xml:space="preserve">Molecular metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 13, pp.1-9. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId324" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.molmet.2018.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555798v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03688709v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId323" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CoDE-seq, an augmented whole-exome sequencing, enables the accurate detection of CNVs and mutations in Mendelian obesity and intellectual disability</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">2018 Nobel Prize for Immunotherapy: the victory of ``self-defense'' anticancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Molecular metabolism</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22-23, pp.228</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId323" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03688709v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId330" w:history="1">
+            <w:hyperlink r:id="rId326" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">2018 Nobel Prize for Immunotherapy: the victory of ``self-defense'' anticancer</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Prix Nobel de médecine 2018 pour l'immunothérapie : La victoire de la &amp;quot;Self-Defense'' anticancer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 22-23, pp.228</w:t>
+              <w:t xml:space="preserve">Correspondances en MHND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (9-10), pp.228</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId330" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555799v1</w:t>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03700306v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congrès de la Société française d'endocrinologie</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Coxsackievirus-B4E2 can infect monocytes and macrophages in vitro and in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId328" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. A. Benkahla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId329" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Elmastour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A-C Vreulx</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A.-G. Lopez</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">I Engelmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Correspondances en MHND</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 522, pp.271-280. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId333" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.virol.2018.06.010⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId331" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03700315v1</w:t>
+            <w:hyperlink r:id="rId327" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555798v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fluoxetine can inhibit coxsackievirus-B4 E2 in vitro and in vivo</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Congrès de la Société française d'endocrinologie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId335" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enagnon Kazali Alidjinou</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">A.-G. Lopez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId336" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E. Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Hober</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Antiviral Research</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Correspondances en MHND</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 22 (8), pp.190--192</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03555797v1</w:t>
+                <w:t xml:space="preserve">hal-03700315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId338" w:history="1">
+            <w:hyperlink r:id="rId337" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Skin autofluorescence (a marker for advanced glycation end products) and erectile dysfunction in diabetes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Fluoxetine can inhibit coxsackievirus-B4 E2 in vitro and in vivo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi A. Benkahla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId338" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Enagnon Kazali Alidjinou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Famara Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId339" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Youssef Kouidrat</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Didier Hober</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Diabetes and Its Complications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jdiacomp.2016.10.026⟩</w:t>
+              <w:t xml:space="preserve">Antiviral Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 159, pp.130-133. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId340" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.antiviral.2018.10.002⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId344" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-02542055v1</w:t>
+            <w:hyperlink r:id="rId337" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId345" w:history="1">
+            <w:hyperlink r:id="rId341" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Temozolomide treatment can improve overall survival in aggressive pituitary tumors and pituitary carcinomas</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Caron</w:t>
+                <w:t xml:space="preserve">Skin autofluorescence (a marker for advanced glycation end products) and erectile dysfunction in diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId342" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Youssef Kouidrat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId343" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Zaitouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId344" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ali Amad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Momar Diouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EJE-16-0979⟩</w:t>
+              <w:t xml:space="preserve">Journal of Diabetes and Its Complications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Journal of Diabetes and Its Complications, 31 (1), pp.108-113. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId346" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jdiacomp.2016.10.026⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId345" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555800v1</w:t>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId341" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02542055v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Long-term blood pressure outcome after unilateral adrenalectomy for primary hyperaldosteronism</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Saint</w:t>
+                <w:t xml:space="preserve">Temozolomide treatment can improve overall survival in aggressive pituitary tumors and pituitary carcinomas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId349" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Helene Lasolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId350" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cortet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId351" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frederic Castinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R. Prader</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">N. Elesper</w:t>
+                <w:t xml:space="preserve">Lucie Cloix</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId226" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Caron</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Progrès en Urologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.purol.2017.01.006⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 176 (6), pp.769-777. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-16-0979⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId351" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555801v1</w:t>
+            <w:hyperlink r:id="rId348" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555800v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId357" w:history="1">
+            <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Exposure of Piglets to Enteroviruses Investigated by an Immunoassay Based on the EV-G1 VP4 Peptide</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Long-term blood pressure outcome after unilateral adrenalectomy for primary hyperaldosteronism</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Saint</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId355" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Prader</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId356" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Cordonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId357" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gabriel Choukroun</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId358" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Elesper</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Intervirology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1159/000449058⟩</w:t>
+              <w:t xml:space="preserve">Progrès en Urologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (6), pp.389-394. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId359" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.purol.2017.01.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId357" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555804v1</w:t>
+            <w:hyperlink r:id="rId354" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId359" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Should we fear the perchlorate ion in the environment?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Exposure of Piglets to Enteroviruses Investigated by an Immunoassay Based on the EV-G1 VP4 Peptide</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId299" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mehdi A. Benkahla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId300" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Famara Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId360" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-Louis Wemeau</w:t>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hober</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 45 (1), pp.107-116. </w:t>
+              <w:t xml:space="preserve">Intervirology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 59 (2), pp.69-73. </w:t>
             </w:r>
             <w:hyperlink r:id="rId361" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.lpm.2015.10.002⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1159/000449058⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId359" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555805v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555804v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Congrès Européen d'endocrinologie : Que retenir du cru 2016 ?</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Should we fear the perchlorate ion in the environment?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Chevalier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">Jean-Louis Wemeau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Presse Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 45 (1), pp.107-116. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId364" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lpm.2015.10.002⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId362" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03702164v1</w:t>
+                <w:t xml:space="preserve">hal-03555805v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId364" w:history="1">
+            <w:hyperlink r:id="rId365" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Association of environmental markers with childhood type 1 diabetes mellitus revealed by a long questionnaire on early life exposures and lifestyle in a case–control study</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Congrès Européen d'endocrinologie : Que retenir du cru 2016 ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId366" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Le Fur</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Nicolas Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">BMC Public Health</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 20 (8)</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId364" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02038642v1</w:t>
+            <w:hyperlink r:id="rId365" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03702164v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Usefulness of Time-Point Serum Cortisol and ACTH Measurements for the Adjustment of Glucocorticoid Replacement in Adrenal Insufficiency</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Association of environmental markers with childhood type 1 diabetes mellitus revealed by a long questionnaire on early life exposures and lifestyle in a case–control study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId368" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Balazard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId369" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Le Fur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Valtat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Valleron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Elise Rousseau</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Thomas Freret</w:t>
+                <w:t xml:space="preserve">Dominique Thevenieau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">PLoS ONE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1371/journal.pone.0135975⟩</w:t>
+              <w:t xml:space="preserve">BMC Public Health</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 16 (1), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId373" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1186/s12889-016-3690-9⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02190958v1</w:t>
+            <w:hyperlink r:id="rId367" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02038642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Incidence, predictive factors and direct costs of severe hypoglycaemia: results from the prospective HYPO.15 study</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId375" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. S. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId376" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Boehme</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId377" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. -S. Durand-Lugger</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">N. S. Chevalier</w:t>
+                <w:t xml:space="preserve">A. Bassand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId379" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId382" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Vouillarmet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Diabetologia</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 58 (1), pp.S459-S460</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId377" w:history="1">
+            <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03555810v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Has the thyroid something to fear from the environment?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId360" w:history="1">
+            <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Louis Wemeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 19 (8), pp.209-210</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId383" w:history="1">
+            <w:hyperlink r:id="rId380" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03555809v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId384" w:history="1">
+            <w:hyperlink r:id="rId381" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyze the face of a patient may change the diagnosis and even lead to a genetic diagnosis</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Usefulness of Time-Point Serum Cortisol and ACTH Measurements for the Adjustment of Glucocorticoid Replacement in Adrenal Insufficiency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId382" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Rousseau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael Joubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId383" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Géraldine Trzepla</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId384" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Jacques Parienti</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pelin Karaca</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Thomas Freret</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">PLoS ONE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 10 (8), pp.e0135975. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId386" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.pone.0135975⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId384" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555807v1</w:t>
+            <w:hyperlink r:id="rId381" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02190958v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId386" w:history="1">
+            <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunohistochemical- and PCR-Based Assay for the Reproducible, Routine Detection of Erythrovirus B19 in Thyroid Tissues</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Analyze the face of a patient may change the diagnosis and even lead to a genetic diagnosis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thomas W. Hoffmann</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Pelin Karaca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (8), pp.234</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-03555811v1</w:t>
+            <w:hyperlink r:id="rId387" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555807v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antibodies to VP1 of swine pasivirus in humans without evidence of transmission from a pig source</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Famara Sané</w:t>
+                <w:t xml:space="preserve">Immunohistochemical- and PCR-Based Assay for the Reproducible, Routine Detection of Erythrovirus B19 in Thyroid Tissues</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId391" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas W. Hoffmann</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nazim Benzerdjeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Sevestre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Virology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jcv.2015.05.026⟩</w:t>
+              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87 (6), pp.1054-1059. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmv.24147⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId399" w:history="1">
+            <w:hyperlink r:id="rId395" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId393" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01186424v1</w:t>
+            <w:hyperlink r:id="rId389" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId400" w:history="1">
+            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Erythrovirus B19 and Autoimmune Thyroid Diseases. Review of the Literature and Pathophysiological Hypotheses</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Antibodies to VP1 of swine pasivirus in humans without evidence of transmission from a pig source</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Arnold</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId339" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Hober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId398" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hélène Chaussade</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marine Dumarest</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId400" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Famara Sané</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Clinical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 69, pp.36-39. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId401" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jcv.2015.05.026⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1002/jmv.23963⟩</w:t>
-[...17 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId400" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555815v1</w:t>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01186424v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId403" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viruses, life companions unsuspected</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Erythrovirus B19 and Autoimmune Thyroid Diseases. Review of the Literature and Pathophysiological Hypotheses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cyril Page</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gilles Duverlie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Henri Sevestre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Journal of Medical Virology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 87 (1), pp.162-169. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId405" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/jmv.23963⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId404" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555813v1</w:t>
+            <w:hyperlink r:id="rId406" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555815v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId405" w:history="1">
+            <w:hyperlink r:id="rId407" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Medications and thyroid function: complex interactions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Viruses, life companions unsuspected</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 19 (8), pp.224-229</w:t>
+              <w:t xml:space="preserve">, 2015, 19 (4), pp.95</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId405" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555806v1</w:t>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555813v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId406" w:history="1">
+            <w:hyperlink r:id="rId408" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Viral infections: are they real players in thyroiditis?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
+                <w:t xml:space="preserve">Medications and thyroid function: complex interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 19 (4), pp.100-103</w:t>
+              <w:t xml:space="preserve">, 2015, 19 (8), pp.224-229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId406" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555814v1</w:t>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555806v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Post-surgical management of non-functioning pituitary adenoma</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Viral infections: are they real players in thyroiditis?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve"> Correspondances en Métabolismes, Hormones, Diabètes et Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 19 (4), pp.100-103</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02545865v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555814v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId414" w:history="1">
+            <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Endocrine consequences in young adult survivors of childhood cancer treatment</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Post-surgical management of non-functioning pituitary adenoma</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId411" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christine Cortet-Rudelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId412" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Bonneville</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId413" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Françoise Borson-Chazot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId414" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lorraine Clavier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId415" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C. Leroy</w:t>
-[...27 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Bernard Coche Dequéant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 76 (S, SI), pp.S29-S38. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/S0003-4266(16)30005-1⟩</w:t>
+              <w:t xml:space="preserve">, 2015, 76 (3), pp.228-238. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2015.04.003⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId414" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03555808v1</w:t>
+            <w:hyperlink r:id="rId410" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02545865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Alterations in bone mineral density and bone turnover markers in newly diagnosed adults with lymphoma receiving chemotherapy: a 1-year prospective pilot study</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Endocrine consequences in young adult survivors of childhood cancer treatment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Leroy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Julien Paccou</w:t>
-[...57 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">C. Cortet-Rudelli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Oncology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1093/annonc/mdt560⟩</w:t>
+              <w:t xml:space="preserve">Annales d'Endocrinologie = Annals of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 76 (S, SI), pp.S29-S38. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/S0003-4266(16)30005-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04444986v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03555808v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId425" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abnormal Sensitivity to Glucagon and Related Peptides in Primary Adrenal Cushing’s Syndrome</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Alterations in bone mineral density and bone turnover markers in newly diagnosed adults with lymphoma receiving chemotherapy: a 1-year prospective pilot study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Paccou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId423" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Merlusca</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId424" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">I. Henry-Desailly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId425" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Parcelier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId426" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estelle Louiset</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Rachel Desailloud</w:t>
+                <w:t xml:space="preserve">B. Gruson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Hormone and Metabolic Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1055/s-0034-1384522⟩</w:t>
+              <w:t xml:space="preserve">Annals of Oncology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 25 (2), pp.481-486. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/annonc/mdt560⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId425" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01931119v1</w:t>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04444986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId431" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Genetic analysis in young patients with sporadic pituitary macroadenomas: besides AIP don't forget MEN1 genetic analysis.</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Thomas Cuny</w:t>
+                <w:t xml:space="preserve">Abnormal Sensitivity to Glucagon and Related Peptides in Primary Adrenal Cushing’s Syndrome</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Louiset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Duparc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId431" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Groussin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId432" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Morgane Pertuit</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Gianluca Occhi</w:t>
+                <w:t xml:space="preserve">Françoise Gobet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EJE-12-0763⟩</w:t>
+              <w:t xml:space="preserve">Hormone and Metabolic Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 46 (12), pp.876 - 882. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId433" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1055/s-0034-1384522⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId431" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00933803v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01931119v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Immunology in the clinic review series; focus on type 1 diabetes and viruses: role of antibodies enhancing the infection with Coxsackievirus-B in the pathogenesis of type 1 diabetes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Genetic analysis in young patients with sporadic pituitary macroadenomas: besides AIP don't forget MEN1 genetic analysis.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId143" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Cuny</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId435" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Morgane Pertuit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mona Sahnoun-Fathallah</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Daly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R Hober</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">A. Goffard</w:t>
+                <w:t xml:space="preserve">Gianluca Occhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1111/j.1365-2249.2011.04559.x⟩</w:t>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 168 (4), pp.533-41. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-12-0763⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02266779v1</w:t>
+            <w:hyperlink r:id="rId434" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00933803v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId443" w:history="1">
+            <w:hyperlink r:id="rId440" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High prevalence of AIP gene mutations following focused screening in young patients with sporadic pituitary macroadenomas.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Immunology in the clinic review series; focus on type 1 diabetes and viruses: role of antibodies enhancing the infection with Coxsackievirus-B in the pathogenesis of type 1 diabetes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Hober</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId330" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Sane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. Jaïdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId443" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R Riedweg</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId444" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Maria A Tichomirowa</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Cristina Ronchi</w:t>
+                <w:t xml:space="preserve">A. Goffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1530/EJE-11-0304⟩</w:t>
+              <w:t xml:space="preserve">Clinical and Experimental Immunology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 168 (1), pp.47-51. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId445" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-2249.2011.04559.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId443" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00755667v1</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02266779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId446" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">High prevalence of AIP gene mutations following focused screening in young patients with sporadic pituitary macroadenomas.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId447" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria A Tichomirowa</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne A. Barlier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian F Daly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Lise Jaffrain-Rea</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId451" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Ronchi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">European Journal of Endocrinology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 165 (4), pp.509-15. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId452" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/EJE-11-0304⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId446" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00755667v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId453" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Detection of enterovirus RNA in postoperative thyroid tissue specimens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId451" w:history="1">
+            <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Goffard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId387" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyril Page</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452" w:history="1">
+            <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Kairis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453" w:history="1">
+            <w:hyperlink r:id="rId456" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphanie Fronval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Clinical Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 70 (2), pp.331-334. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId454" w:history="1">
+            <w:hyperlink r:id="rId457" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/j.1365-2265.2008.03331.x⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId455" w:history="1">
+            <w:hyperlink r:id="rId458" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId453" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02266788v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -12092,1396 +12222,1396 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse spatio-temporelle de l'incidence de l'hypothyroïdie périphérique traitée en France, 2014-2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">émois – le congrès de l’information médicale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId456" w:history="1">
+            <w:hyperlink r:id="rId459" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653020v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Risque de dysthyroïdies dans le milieu agricole</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Cancé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37e Congrès National de Médecine &amp; Santé au Travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2024, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId457" w:history="1">
+            <w:hyperlink r:id="rId460" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653028v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Analyse spatio-temporelle de l'incidence de l'hypothyroïdie périphérique traitée en France, 2014-2019</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibaut Balcaen</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pascal Petit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Bonneterre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40ème Congrès de la Société Française d’Endocrinologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française d’Endocrinologie, Oct 2024, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId458" w:history="1">
+            <w:hyperlink r:id="rId461" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04653013v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exposition prénatale au mancozèbe et au manèbe et TSH néonatale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">8ème Journée Amiénoise de Recherche en Santé</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CHU Amiens-Picardie; Université de Picardie Jules Verne, Jan 2023, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId459" w:history="1">
+            <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04211519v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Environnement et fonction thyroïdienne néonatale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">journée nationale de spectrométrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId460" w:history="1">
+            <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455379v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des effets d’une exposition de type 5G sur la thermorégulation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Seewooruttun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gay-Queheillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2ème journée Diabète et Obésité des Hauts-de-France</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CHU Amiens-Picardie; PériTox; COPEPPI, May 2023, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId461" w:history="1">
+            <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04361585v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les perturbateurs endocriniens : qu'est-ce que c'est ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sylvain Chamot</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Perturbateurs endocriniens et santé au travail</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Centre Régional de Pathologies Professionnelles et Environnementales de Hauts-de-France, site d'Amiens, CHU Amiens-Picardie; CARSAT Hauts-de-France, Oct 2023, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId464" w:history="1">
+            <w:hyperlink r:id="rId467" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04331331v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La perte de la lysine demethylase KDM1A est la cause de l’hyperplasie macronodulaire bilatérale des surrénales GIP-dépendante</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId137" w:history="1">
+            <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Chasseloup</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId466" w:history="1">
+            <w:hyperlink r:id="rId469" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">I. Bourdeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId154" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Tabarin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId467" w:history="1">
+            <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Regazzo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId468" w:history="1">
+            <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dumontet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38e Congrès SFE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, SFE, Oct 2022, Nantes (France), France. pp.320-321, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId469" w:history="1">
+            <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ando.2022.07.115⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId465" w:history="1">
+            <w:hyperlink r:id="rId468" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04942842v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les perturbateurs endocriniens thyroïdiens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">congrès national SFE 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2021, le Havre, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId470" w:history="1">
+            <w:hyperlink r:id="rId473" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455412v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les perturbateurs endocriniens</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">conférences santé de la ville d’Amiens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2019, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId471" w:history="1">
+            <w:hyperlink r:id="rId474" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455457v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Positive impact of genetic test on the management and outcome of patients with paraganglioma and/or pheochromocytoma</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId282" w:history="1">
+            <w:hyperlink r:id="rId285" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Buffet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId473" w:history="1">
+            <w:hyperlink r:id="rId476" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurene Ben Aim</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId284" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Leboulleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId285" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Drui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId286" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Vezzosi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21st European Congress of Endocrinology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2019, Lyon, France. pp.OC5.1, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId474" w:history="1">
+            <w:hyperlink r:id="rId477" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/endoabs.63.OC5.1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId472" w:history="1">
+            <w:hyperlink r:id="rId475" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02470291v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La thyroïde, une petite glande, de grands effets</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Conférence Santé de la ville d’Amiens</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2018, Amiens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId475" w:history="1">
+            <w:hyperlink r:id="rId478" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04455443v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Traitement par témozolomide des tumeurs hypophysaires agressives et carcinomes hypophysaires : résultats à court et long terme à partir d’une cohorte française de 31 patients</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId477" w:history="1">
+            <w:hyperlink r:id="rId480" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H. Lasolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frederic Castinetti</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId478" w:history="1">
+            <w:hyperlink r:id="rId481" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Cortet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId122" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Cloix</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId479" w:history="1">
+            <w:hyperlink r:id="rId482" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Batisse-Lignier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">32e Congrès de la Société Française d'Endocrinologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, Angers, France. pp.309, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId480" w:history="1">
+            <w:hyperlink r:id="rId483" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ando.2015.07.060⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId481" w:history="1">
+            <w:hyperlink r:id="rId484" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId476" w:history="1">
+            <w:hyperlink r:id="rId479" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01198642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -13491,912 +13621,912 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Effets d'une exposition de type 5G sur les marqueurs de la thermogenèse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Seewooruttun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId462" w:history="1">
+            <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jerome Gay-Queheillard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Exposome en Toxicologie : du concept à la stratégie d'évaluation des risques</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2023, Paris, France. </w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId482" w:history="1">
+            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04361487v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etude des effets d’une exposition de type 5G sur le sommeil, la thermorégulation et les fonctions cardiovasculaire et thyroïdienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Seewooruttun</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Delanaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Corona</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId463" w:history="1">
+            <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Bach</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId484" w:history="1">
+            <w:hyperlink r:id="rId487" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Tanguy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Doctoriales A2U 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Fort-Mahon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId483" w:history="1">
+            <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04362491v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId485" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Evaluation of the impact of covid-19 on the hypothalamic-pituitary-adrenal axis and the hypothalamic-pituitary-thyroid axis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId486" w:history="1">
+            <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Juliette Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Noemie Scherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId262" w:history="1">
+            <w:hyperlink r:id="rId260" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Claire Andrejak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Endocrinology 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Milan (Italie), Italy. 2022, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId491" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1530/endoabs.81.RC7.4⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId488" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId485" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422941v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pituitary apoplexy in the aftermath of a SARS-CoV-2 infection: a case series from Amiens University Hospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId181" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joe Balmain</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdallah Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rachel Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">European Congress of Endocrinology 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2022, Milan (Italie), Italy. 2022, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId490" w:history="1">
+            <w:hyperlink r:id="rId493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1530/endoabs.81.P139⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId489" w:history="1">
+            <w:hyperlink r:id="rId492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422945v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId491" w:history="1">
+            <w:hyperlink r:id="rId494" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Évaluation à 3 mois du retentissement de l’infection par le SARS CoV-2 sur la fonction thyroïdienne</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId492" w:history="1">
+            <w:hyperlink r:id="rId495" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Scherman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId493" w:history="1">
+            <w:hyperlink r:id="rId496" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Andrejak</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R. Desailloud</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">37ème Congrès de la Société Française d’Endocrinologie - Le Havre 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Le havre, France. 82 (5), pp.235-236, 2021, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId497" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2021.07.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Poster de conférence</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId494" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04422935v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId495" w:history="1">
+            <w:hyperlink r:id="rId498" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effets de l’infection aiguë grave à SARS-CoV-2 sur la fonction thyroïdienne</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Intérêt du dosage de la T3 libre dans la substitution de l’insuffisance thyréotrope</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId499" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.D. Lalau</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">A. Al-Salameh</w:t>
+                <w:t xml:space="preserve">N. El Bouzegaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId250" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O. Raad</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId500" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">T. Bradier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId501" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Saraval-Gross</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Timmerman</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème Congrès de la Société Française d’Endocrinologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2020, Marseiile, France. 81 (4), pp.224-225, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2020.07.225⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2020, Marseille, France. 81 (4), pp.212, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId502" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2020.07.187⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId495" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04422934v1</w:t>
+            <w:hyperlink r:id="rId498" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422925v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId501" w:history="1">
+            <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Intérêt du dosage de la T3 libre dans la substitution de l’insuffisance thyréotrope</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Effets de l’infection aiguë grave à SARS-CoV-2 sur la fonction thyroïdienne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId504" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">M. Saraval-Gross</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">M. Timmerman</w:t>
+                <w:t xml:space="preserve">I. Adda</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId505" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Zerbib</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId506" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Maizel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId507" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.D. Lalau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId89" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Al-Salameh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">36ème Congrès de la Société Française d’Endocrinologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Oct 2020, Marseille, France. 81 (4), pp.212, 2020, </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ando.2020.07.187⟩</w:t>
+              <w:t xml:space="preserve">, Oct 2020, Marseiile, France. 81 (4), pp.224-225, 2020, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId508" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ando.2020.07.225⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId501" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04422925v1</w:t>
+            <w:hyperlink r:id="rId503" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04422934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId506"/>
+      <w:footerReference w:type="default" r:id="rId509"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -14464,51 +14594,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="ABC1FAE2"/>
+    <w:nsid w:val="73B0194B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -14695,51 +14825,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/desailra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9976-7938" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078643422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/DVJ-5451-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05351972v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Vantyghem" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Miralli&#233;" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubert" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102449" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480000v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dreves" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Desailloud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05062165v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandreshwar Seewooruttun" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Cuc Mai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Corona" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delanaud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; De Seze" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101782" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111139v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ramelet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ronger" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pelletier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Desailloud" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101755" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05071424v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tabarin" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Espiard" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Deutschbein" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Amar" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vezzossi" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(25)00062-2" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05257025v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Do Cao" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Topolinski" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cr&#233;pin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Flament" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102456" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05004351v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lir Bouguila" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bodin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26062792" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111149v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101758" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479987v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05071404v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Palacin" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Timmerman" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmidt" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boulu" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2025.03.307" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05256369v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seewooruttun" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouguila" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramelet" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corona" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delanaud" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.232" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04910108v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scheyer" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Koumakis" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101692" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827370v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05225584v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chamot" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aak.e3es5kcqt" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572908v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Leroy" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Marhic" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pons" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101943" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720062v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andolfo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebras" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haissaguerre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cuny" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.068" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04666639v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balcaen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Petit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annepidem.2024.07.091" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04595546v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cardot-Bauters" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Joubert" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.05.024" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04509982v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chamot" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Salameh" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balcaen" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonneterre" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202358" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04466005v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Canc&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.118458" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720011v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ronger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balmain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Saint" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.293" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04798447v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Balmain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Renard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Desailloud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A.S. Al-Salameh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpurol.2024.08.021" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720083v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chasseloup" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cloix" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Nunes" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galliot" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richa" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.086" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04688535v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gay-Qu&#233;heillard" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bach" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.777" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04586306v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Manaouil" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fantoni" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Frimat" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102271" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720090v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chasseloup" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Syx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ancelin" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ladurelle" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amazit" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.084" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827342v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04646201v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuny" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reynaud" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Raverot" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.07.002" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04586280v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cance" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102015" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720078v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabarin" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espiard" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deutschbein" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouly" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Di Dalmazi" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.085" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720016v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saraval" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.176" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04822523v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100560" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720029v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.047" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04202809v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manaouil" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fantoni" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frimat" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101875" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308986v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03957997v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fodil-Cherif" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brue" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2022.12.424" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04312147v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04213094v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167089" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03773376v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Balmain" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-22-0736" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03915565v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Scherman" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Adda" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Andr&#233;" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zerbib" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/life12122014" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696563v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boureau" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-022-05734-1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03603776v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jannin" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Kerlan" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.o.2021.12.001" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03740503v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meshal Jarebi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Toussaint" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Timmerman" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-22-0056" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03269072v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Lalau" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadjadj" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wiernsperger" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.101216" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150614v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Delemer" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raingeard" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefebvre" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-020-02501-3" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555792v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lefebvre" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-020-02532-w" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03548046v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Scheffler" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Vandecandelaere" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soyez" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bosquet" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lefranc" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.793621" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698653v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555788v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houette" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366670v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.05.004" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03547673v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dupont" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goeb" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Jaureguy" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lion" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-020-00721-1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555789v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Raad" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ullmer" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688894v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeau" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Regazzo" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumontet" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00236-9" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698652v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555790v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine-Guy Lopez" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kerlan" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.12.002" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03547675v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lanoix" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andrejak" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brochot" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dmrr.3388" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698654v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698655v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688185v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Cabry" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Copin" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ben Khalifa" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.05.003" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688467v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wiernsperger" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Goronflot" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pichelin" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2021.02.013" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03545113v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merviel" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Madkour" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EC-20-0135" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419895v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buffet" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Ben Aim" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leboulleux" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Drui" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vezzosi" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2018-02411" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02863454v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fiot" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Zenaty" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Boizeau" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Haignere" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie dos Santos" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-18-0878" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555795v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jedraszak" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. De Roux" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jobic" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bony" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555796v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Shehata" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Justinien" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04452394v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Benkahla" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara Sane" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bertin" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais-Camille Vreulx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Elmastour" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46227-3" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698902v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04428067v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Vialon" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-4266(19)30113-1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555794v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700306v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555798v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Benkahla" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elmastour" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sane" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C Vreulx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Engelmann" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2018.06.010" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688709v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montagne" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Derhourhi" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Piton" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Toussaint" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Durand" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.05.005" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555799v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700315v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Lopez" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Louiset" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555797v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enagnon Kazali Alidjinou" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hober" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2018.10.002" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542055v1" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Kouidrat" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Zaitouni" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amad" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Diouf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdiacomp.2016.10.026" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BN3TSN8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555800v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lasolle" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cortet" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Castinetti" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cloix" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-16-0979" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555801v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prader" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cordonnier" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Choukroun" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Elesper" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.01.006" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555804v1" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000449058" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555805v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Wemeau" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2015.10.002" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03702164v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02038642v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balazard" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Fur" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valtat" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valleron" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thevenieau" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-3690-9" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190958v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rousseau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Trzepla" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Parienti" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Freret" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135975" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555810v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Chevalier" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boehme" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -S. Durand-Lugger" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassand" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vouillarmet" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555809v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555807v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Karaca" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555811v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Page" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Hoffmann" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Benzerdjeb" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Sevestre" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.24147" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNFSZ2PD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186424v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Arnold" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaussade" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dumarest" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara San&#233;" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2015.05.026" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1JBG2WBV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555815v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duverlie" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.23963" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MR914CNH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555813v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555806v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555814v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545865v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cortet-Rudelli" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonneville" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Borson-Chazot" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Clavier" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coche Dequ&#233;ant" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2015.04.003" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555808v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cortet-Rudelli" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-4266(16)30005-1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444986v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paccou" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merlusca" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Henry-Desailly" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parcelier" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gruson" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdt560" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01931119v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Louiset" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duparc" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Groussin" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gobet" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1384522" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00933803v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pertuit" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Sahnoun-Fathallah" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Daly" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Occhi" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-12-0763" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266779v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hober" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ja&#239;dane" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Riedweg" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goffard" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2249.2011.04559.x" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755667v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Tichomirowa" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Barlier" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian F Daly" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Jaffrain-Rea" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Ronchi" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-11-0304" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266788v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goffard" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Kairis" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fronval" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2265.2008.03331.x" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V4GFQCQD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653020v1" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653028v1" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653013v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04211519v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455379v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361585v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gay-Queheillard" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bach" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04331331v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04942842v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdeau" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Regazzo" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumontet" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2022.07.115" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455412v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455457v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02470291v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Ben Aim" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.63.OC5.1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455443v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198642v1" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lasolle" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cortet" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batisse-Lignier" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2015.07.060" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0MSC6989-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361487v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362491v1" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422941v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Andre" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Scherman" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.RC7.4" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422945v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P139" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422935v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Scherman" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andrejak" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.07.052" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422934v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Adda" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zerbib" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maizel" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Lalau" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.225" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422925v1" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El Bouzegaoui" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bradier" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saraval-Gross" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.187" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/desailra" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-9976-7938" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/078643422" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/DVJ-5451-2022" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05554394v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Jard&#233;" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdallah Al-Salameh" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;a Leroy" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Desailloud" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Chamot" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.banm.2025.09.006" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05480000v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Dreves" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Desailloud" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-lyon1.hal.science/hal-05351972v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Vantyghem" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Miralli&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Aubert" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sara Barraud" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102449" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05062165v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chandreshwar Seewooruttun" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thi Cuc Mai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Corona" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Delanaud" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; De Seze" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101782" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111139v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Ramelet" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lise Ronger" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Pelletier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101755" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05257025v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Do Cao" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Topolinski" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Cr&#233;pin" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cathy Flament" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.102456" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05071424v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Tabarin" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Espiard" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timo Deutschbein" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Amar" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vezzossi" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(25)00062-2" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05111149v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101758" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05004351v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;lir Bouguila" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Bodin" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms26062792" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479987v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05071404v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Palacin" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Timmerman" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Schmidt" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Boulu" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.revmed.2025.03.307" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05256369v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Seewooruttun" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Bouguila" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Ramelet" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Corona" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Delanaud" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2025.07.232" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04910108v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Scheyer" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Frey" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Koumakis" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Gu&#233;rin" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2025.101692" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04595546v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Cardot-Bauters" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Joubert" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.05.024" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04666639v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Balcaen" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Petit" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Bonneterre" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.annepidem.2024.07.091" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04509982v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chamot" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Al-Salameh" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Balcaen" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Petit" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bonneterre" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeph.2024.202358" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827370v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-05225584v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.64628/aak.e3es5kcqt" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572908v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwen Marhic" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Pons" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101943" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720062v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Andolfo" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Lebras" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Chanson" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Haissaguerre" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Cuny" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.068" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720011v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Ronger" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Balmain" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Saint" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Renard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.293" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04798447v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Balmain" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.R. Renard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.D. Desailloud" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.A.S. Al-Salameh" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fpurol.2024.08.021" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04466005v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Canc&#233;" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.envres.2024.118458" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720083v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fanny Chasseloup" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Cloix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.L. Nunes" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Galliot" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Richa" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.086" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04688535v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gay-Qu&#233;heillard" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Bach" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.toxlet.2024.07.777" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04827342v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720090v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Chasseloup" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Syx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Ancelin" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Ladurelle" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Amazit" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.084" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04646201v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Cuny" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachel Reynaud" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;rald Raverot" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Coutant" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.07.002" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04586306v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Manaouil" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Fantoni" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Frimat" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102271" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720016v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saraval" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.176" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04586280v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Cance" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2024.102015" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04822523v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.hazadv.2024.100560" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720078v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Tabarin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Espiard" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Deutschbein" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Mouly" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Di Dalmazi" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.085" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04720029v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2024.08.047" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04308986v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04202809v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Manaouil" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Fantoni" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Frimat" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.admp.2023.101875" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03957997v1" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Fodil-Cherif" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Brue" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2022.12.424" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04312147v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04213094v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.scitotenv.2023.167089" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03773376v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joe Balmain" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-22-0736" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03915565v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=No&#233;mie Scherman" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Imane Adda" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Andr&#233;" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yoann Zerbib" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/life12122014" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03822575v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gemma Llaurad&#243;" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Vlacho" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Wargny" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yue Ruan" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Josep Franch-Nadal" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12933-022-01657-8" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03696563v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Cariou" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Sophie Boureau" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarra Smati" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Blandine Tramunt" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00125-022-05734-1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03740503v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meshal Jarebi" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Toussaint" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Timmerman" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-22-0056" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03603776v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jannin" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V Kerlan" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.o.2021.12.001" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555788v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Houette" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698653v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03548046v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Scheffler" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane Vandecandelaere" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Soyez" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dorian Bosquet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Lefranc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fendo.2021.793621" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555792v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kuhn" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Caron" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Delemer" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Raingeard" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Lefebvre" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-020-02532-w" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150614v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Lefebvre" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12020-020-02501-3" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03269072v1" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Daniel Lalau" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Hadjadj" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Goronflot" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Wiernsperger" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diabet.2020.101216" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03547673v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Deschasse" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herve Dupont" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Goeb" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maite Jaureguy" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Lion" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41366-020-00721-1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03366670v1" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.05.004" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555789v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Raad" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ullmer" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555790v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine-Guy Lopez" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Kerlan" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.12.002" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698652v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03547675v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Lanoix" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Bennis" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Andrejak" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Brochot" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/dmrr.3388" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688894v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Bourdeau" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniela Regazzo" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Dumontet" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S2213-8587(21)00236-9" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698654v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688185v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rosalie Cabry" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Copin" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Moncef Ben Khalifa" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.05.003" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698655v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688467v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Wiernsperger" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Goronflot" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Pichelin" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mmm.2021.02.013" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03545113v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Merviel" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aicha Madkour" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EC-20-0135" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02419895v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Buffet" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laur&#232;ne Ben Aim" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Leboulleux" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Drui" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Vezzosi" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1210/jc.2018-02411" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.umontpellier.fr/hal-02863454v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elodie Fiot" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Zenaty" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Priscilla Boizeau" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Haignere" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie dos Santos" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-18-0878" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-04452394v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi A. Benkahla" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara Sane" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Bertin" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anais-Camille Vreulx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Firas Elmastour" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-019-46227-3" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555796v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Angie Shehata" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Justinien" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555795v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Jedraszak" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. De Roux" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Jobic" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Bony" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03698902v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04428067v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Magaly Vialon" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/s0003-4266(19)30113-1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555794v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03688709v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Montagne" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mehdi Derhourhi" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Piton" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B&#233;n&#233;dicte Toussaint" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Durand" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.molmet.2018.05.005" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555799v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700306v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555798v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. A. Benkahla" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Elmastour" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Sane" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A-C Vreulx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I Engelmann" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.virol.2018.06.010" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03700315v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.-G. Lopez" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Louiset" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555797v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Enagnon Kazali Alidjinou" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Hober" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.antiviral.2018.10.002" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lilloa.hal.science/hal-02542055v1" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youssef Kouidrat" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Zaitouni" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Amad" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Momar Diouf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jdiacomp.2016.10.026" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-8BN3TSN8-L/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555800v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Helene Lasolle" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cortet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Castinetti" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Cloix" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-16-0979" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555801v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Prader" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cordonnier" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriel Choukroun" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Elesper" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.purol.2017.01.006" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555804v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000449058" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555805v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Louis Wemeau" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2015.10.002" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03702164v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Chevalier" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-02038642v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Balazard" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Le Fur" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Valtat" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Valleron" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominique Thevenieau" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12889-016-3690-9" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555810v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. S. Chevalier" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Boehme" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. -S. Durand-Lugger" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bassand" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vouillarmet" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555809v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02190958v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Rousseau" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;raldine Trzepla" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Jacques Parienti" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Freret" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0135975" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555807v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pelin Karaca" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555811v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Page" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas W. Hoffmann" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazim Benzerdjeb" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henri Sevestre" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.24147" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-WNFSZ2PD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01186424v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Arnold" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Chaussade" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marine Dumarest" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Famara San&#233;" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcv.2015.05.026" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-1JBG2WBV-8/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555815v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Duverlie" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jmv.23963" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-MR914CNH-G/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555813v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555806v1" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555814v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02545865v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christine Cortet-Rudelli" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Bonneville" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Borson-Chazot" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Clavier" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Coche Dequ&#233;ant" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2015.04.003" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-03555808v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Leroy" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cortet-Rudelli" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0003-4266(16)30005-1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04444986v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Paccou" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Merlusca" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Henry-Desailly" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Parcelier" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Gruson" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/annonc/mdt560" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-01931119v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Louiset" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Duparc" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Groussin" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;oise Gobet" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0034-1384522" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-brest.fr/hal-00933803v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Pertuit" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Sahnoun-Fathallah" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Daly" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gianluca Occhi" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-12-0763" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266779v1" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Hober" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Ja&#239;dane" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R Riedweg" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Goffard" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2249.2011.04559.x" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00755667v1" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria A Tichomirowa" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne A. Barlier" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian F Daly" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Lise Jaffrain-Rea" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Ronchi" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/EJE-11-0304" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02266788v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Goffard" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Kairis" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Fronval" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-2265.2008.03331.x" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-V4GFQCQD-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653020v1" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653028v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04653013v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04211519v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455379v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361585v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Gay-Queheillard" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Bach" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04331331v1" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-04942842v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Bourdeau" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Regazzo" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumontet" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2022.07.115" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455412v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455457v1" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://normandie-univ.hal.science/hal-02470291v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurene Ben Aim" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.63.OC5.1" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04455443v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes.hal.science/hal-01198642v1" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Lasolle" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Cortet" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Batisse-Lignier" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2015.07.060" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0MSC6989-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04361487v1" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04362491v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Tanguy" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422941v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Andre" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Noemie Scherman" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.RC7.4" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422945v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1530/endoabs.81.P139" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422935v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Scherman" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Andrejak" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2021.07.052" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422925v1" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. El Bouzegaoui" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bradier" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Saraval-Gross" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.187" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-picardie.hal.science/hal-04422934v1" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Adda" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Zerbib" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Maizel" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.D. Lalau" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ando.2020.07.225" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>