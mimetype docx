--- v0 (2026-03-03)
+++ v1 (2026-03-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Didier GUERIOT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainable AI Methods for Underwater Mine Warfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Junior Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18, pp.12755 - 12772. </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jstars.2024.3447093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI Explainability and Acceptance: A Case Study for Underwater Mine Hunting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy-Junior Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guériot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of data and information quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3635113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Hybrid Possibilistic-Probabilistic Decision-Making Scheme for Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloi Bossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e23010067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information System Services Generation of Business Services Specification and Based on a System-of-Services Logical Architecture Pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Pillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cooperative Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (03), pp.2050002. </w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218843020500021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super-Resolution-based Snake Model -- An Unsupervised Method for Large-Scale Building Extraction using Airborne LiDAR Data and Optical Image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), </w:t></w:r><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12111702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coarse-to-Fine Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2987305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stock picking by Probability-Possibility approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alya Itani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rakotondratsimba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (2), pp.333 - 349. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFUZZ.2016.2574921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01498478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method of Spatial Unmixing Based on Possibilistic Similarity in Soft Pattern Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuzzy information and engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (3), pp.295 - 314. </w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fiae.2016.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01424536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Refinement of Possibility Distributions by Learning for Pixel-Based Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (8), pp.3533 - 3545. </w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIP.2016.2574992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01370053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual definition of a holonic processing framework to support the design of information fusion systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Florea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Fusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.inffus.2013.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une méthodologie de reconstruction 3D de scènes sous-marines par caméras. Problématiques et études préliminaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (6), pp.521-551. </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ts.29.521-551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00855087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensity-based block matching algorithm for mosaicing sonar images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Chailloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Zerr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (4), pp.627-645</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent probabilistic error model for interferometric sidescan sonars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35 (2), pp.412 - 423. </w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JOE.2010.2043574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonars cartographiques et interférométrie associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustique et Techniques : trimestriel d'information des professionnels de l'acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.29 - 36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deep SAS ATR explainability framework assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gj. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2021: San Diego – Porto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, San Diego, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/OCEANS44145.2021.9705940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Building-Based Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE GRSS, Jul 2019, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Automatic Building Extraction Using Active Contour Model on Unregistered Optical Imagery and Airborne LiDAR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sintès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIA19 MRSS19 : Photogrammetric Image Analysis 2019 and Munich Remote Sensing Symposium 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Munich, Germany. pp.181-188, </w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-2-W16-181-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous Data Registration for 3D Underwater Scene Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2017: MTS/IEEE Anchorage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Anchorage, Alaska, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust SLAM for Side Scan Sonar Image Mosaicking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Issartel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Aouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2017 : MTS/IEEE Anchorage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method of pixel unmixing by classes based on the possibilistic similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2014 : the International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Angers, France. pp.220 - 226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid registration approach combining SLAM and elastic matching for automatic side-scan sonar mosaic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernicola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2014 -St John's : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, St. John'S, Canada. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2014.7003160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextual Possibilistic Knowledge Diffusion for Images Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IP&amp;C 2013 : 5th International Conference on Image Processing &amp; Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bydgoszcz, Poland. pp.161-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided block matching for sonar image registration using unsupervised Kohonen neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Tân Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2013 - San Diego : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, San Diego, United States. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative possibility distributions refining in pixel-based images classification framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2013 : 2nd International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Barcelone, Spain. pp.176-181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possibilistic similarity based image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2013 : 2nd International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Barcelone, Spain. pp.271-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIPATH HEIGHT FINDING OF A POINT SCATTERER IN A 3-D MARINE SCENE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khenchaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mandridake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radar 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison de l'information curviligne et ponctuelle pour une caractérisation robuste de la forme des objets dans des séquences d'images acquises par des caméras acoustiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : traitement et analyse de l'Information, méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification d'images basée sur l'utilisation de la similarité possibiliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : traitement et analyse de l'information méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using DIDSON acoustic sonar image sequences through evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2011 : IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Santander, Spain. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Oceans-Spain.2011.6003666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation on large scale of acoustic signals for array processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEAN 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00488717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using image sequences from acoustic camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2010 - Sydney : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australia. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSSYD.2010.5603884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forward looking sonar data simulation through tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEAN 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using acoustic imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro 2010 : Canadian Hydrographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation & performance assessment through tube ray tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UAM'09 : Underwater Acoustic Measurements : Technologies &amp; Results</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nafplion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of underwater sonar systems for port infrastructure inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 : oceans, poles and and climate : technological challenges. MTS/IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Vernier interferometers for sonar bathymetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 : oceans, poles and and climate : technological challenges. MTS/IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometric signal sonar data simulation through tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 MTS/OTO'08 IEEE Kobe-Techno-Ocean</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Kobe, Japan. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSKOBE.2008.4531011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation based on tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2007 Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aberdeen, United Kingdom. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2007.4302474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation of the synthetic aperture radar observation of a manufactured object in sea clutter using finite differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lurton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Vancouver, Canada. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2007.4449421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometric signal denoised by wavelets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'06 MTS/IEEE conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Boston, United States. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2006.306986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis between radar and sonar interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCTA'06 : 2nd international conference on Information and Communication Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Damascus, Syria. pp.1590 - 1595</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar images and swath bathymetry simulations for environment restitution through acoustical ray tracing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Conference on Underwater Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Rome, Italy. pp.425 - 431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underwater environment restitution through sonar images and swath bathymetry rendering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, San Diego, United States. pp.4417 - 4422, </w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.1998.727545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tracking technique for sonar images relying on symbolic information matching through genetic algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chedru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Nouvel Orléan, United States. pp.353 - 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sonar Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, pp.51 - 76, 2011, 978-953-307-345-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId118"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Didier GUERIOT </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Enseignant - Chercheur, IMT Atlantique</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">dgueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-3320-1234</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">152786155</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> VIAF : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">193061093</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explainable AI Methods for Underwater Mine Warfare</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy Junior Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 18, pp.12755 - 12772. </w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/jstars.2024.3447093⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05073253v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">AI Explainability and Acceptance: A Case Study for Underwater Mine Hunting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guy-Junior Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guériot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of data and information quality</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 16 (1), pp.1-20. </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3635113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04493195v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A New Hybrid Possibilistic-Probabilistic Decision-Making Scheme for Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Éloi Bossé</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Entropy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 23 (1), pp.67. </w:t></w:r><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/e23010067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03187556v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Information System Services Generation of Business Services Specification and Based on a System-of-Services Logical Architecture Pattern</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jacques Simonin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Pillain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanne Vincent</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Cooperative Information Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29 (03), pp.2050002. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1142/S0218843020500021⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02953309v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coarse-to-Fine Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Selected Topics in Applied Earth Observations and Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, </w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JSTARS.2020.2987305⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02307381v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Super-Resolution-based Snake Model -- An Unsupervised Method for Large-Scale Building Extraction using Airborne LiDAR Data and Optical Image</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Remote Sensing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (11), </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/rs12111702⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02551454v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stock picking by Probability-Possibility approaches</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alya Itani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yves Rakotondratsimba</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Fuzzy Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 25 (2), pp.333 - 349. </w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TFUZZ.2016.2574921⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01498478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative Refinement of Possibility Distributions by Learning for Pixel-Based Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Transactions on Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 25 (8), pp.3533 - 3545. </w:t></w:r><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/TIP.2016.2574992⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01370053v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Method of Spatial Unmixing Based on Possibilistic Similarity in Soft Pattern Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fuzzy information and engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8 (3), pp.295 - 314. </w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.fiae.2016.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01424536v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A conceptual definition of a holonic processing framework to support the design of information fusion systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eloi Bosse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Luc Pigeon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M.C. Florea</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Information Fusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, </w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.inffus.2013.08.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00946931v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une méthodologie de reconstruction 3D de scènes sous-marines par caméras. Problématiques et études préliminaires.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement du Signal</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 29 (6), pp.521-551. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3166/ts.29.521-551⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00855087v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Intensity-based block matching algorithm for mosaicing sonar images</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Chailloux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoit Zerr</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 36 (4), pp.627-645</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00640747v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coherent probabilistic error model for interferometric sidescan sonars</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Oceanic Engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 35 (2), pp.412 - 423. </w:t></w:r><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JOE.2010.2043574⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonars cartographiques et interférométrie associée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustique et Techniques : trimestriel d'information des professionnels de l'acoustique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2007, 48, pp.29 - 36</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02141168v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (30)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Deep SAS ATR explainability framework assessment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gj. Richard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2021: San Diego – Porto</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, San Diego, France. pp.1-5, </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.23919/OCEANS44145.2021.9705940⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03649033v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unsupervised Automatic Building Extraction Using Active Contour Model on Unregistered Optical Imagery and Airborne LiDAR Data</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S. Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Sintès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PIA19 MRSS19 : Photogrammetric Image Analysis 2019 and Munich Remote Sensing Symposium 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2019, Munich, Germany. pp.181-188, </w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5194/isprs-archives-XLII-2-W16-181-2019⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02301979v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust Building-Based Registration of Airborne LiDAR Data and Optical Imagery on Urban Scenes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2019 IEEE International Geoscience and Remote Sensing Symposium (IGARSS 2019)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IEEE GRSS, Jul 2019, Yokohama, Japan. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/IGARSS.2019.8898612⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02075341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Robust SLAM for Side Scan Sonar Image Mosaicking</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Issartel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabil Aouf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2017 : MTS/IEEE Anchorage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Anchorage, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01808220v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Heterogeneous Data Registration for 3D Underwater Scene Reconstruction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thanh Huy Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2017: MTS/IEEE Anchorage</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Anchorage, Alaska, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01800869v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A method of pixel unmixing by classes based on the possibilistic similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2014 : the International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2014, Angers, France. pp.220 - 226</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213691v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A hybrid registration approach combining SLAM and elastic matching for automatic side-scan sonar mosaic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Bernicola</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2014 -St John's : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2014, St. John'S, Canada. pp.1 - 5, </w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2014.7003160⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01207117v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contextual Possibilistic Knowledge Diffusion for Images Classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IP&amp;C 2013 : 5th International Conference on Image Processing &amp; Communications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, Bydgoszcz, Poland. pp.161-169</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00979382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guided block matching for sonar image registration using unsupervised Kohonen neural networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Minh Tân Pham</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2013 - San Diego : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2013, San Diego, United States. pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00958359v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Possibilistic similarity based image classification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2013 : 2nd International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Barcelone, Spain. pp.271-275</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005497v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Iterative possibility distributions refining in pixel-based images classification framework</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICPRAM 2013 : 2nd International Conference on Pattern Recognition Applications and Methods</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2013, Barcelone, Spain. pp.176-181</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01005488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MULTIPATH HEIGHT FINDING OF A POINT SCATTERER IN A 3-D MARINE SCENE</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Habonneau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marc Le Caillec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ali Khenchaf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Mandridake</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Radar 2012</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2012, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification d'images basée sur l'utilisation de la similarité possibiliste</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bassem Alsahwa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Shaban Almouahed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : traitement et analyse de l'information méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01213689v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using DIDSON acoustic sonar image sequences through evolutionary algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2011 : IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Santander, Spain. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/Oceans-Spain.2011.6003666⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219971v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combinaison de l'information curviligne et ponctuelle pour une caractérisation robuste de la forme des objets dans des séquences d'images acquises par des caméras acoustiques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TAIMA 2011 : traitement et analyse de l'Information, méthodes et applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2011, Hammamet, Tunisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219874v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using image sequences from acoustic camera</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2010 - Sydney : MTS/IEEE international conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australia. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSSYD.2010.5603884⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219929v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simulation on large scale of acoustic signals for array processing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chonavel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEAN 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00488717v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Forward looking sonar data simulation through tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEAN 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Sydney, Australia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208435v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">3D reconstruction of underwater scenes using acoustic imagery</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Hydro 2010 : Canadian Hydrographic Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Quebec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01219954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation & performance assessment through tube ray tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Basel Solaiman</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">UAM'09 : Underwater Acoustic Measurements : Technologies &amp; Results</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nafplion, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288839v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometric signal sonar data simulation through tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 MTS/OTO'08 IEEE Kobe-Techno-Ocean</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2008, Kobe, Japan. pp.1 - 8, </w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSKOBE.2008.4531011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02163427v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analysis of Vernier interferometers for sonar bathymetry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gerard Llort Pujol</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 : oceans, poles and and climate : technological challenges. MTS/IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Potential of underwater sonar systems for port infrastructure inspection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Naouraz Brahim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'08 : oceans, poles and and climate : technological challenges. MTS/IEEE</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2008, Québec, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02161816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation based on tube tracing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">OCEANS 2007 Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Aberdeen, United Kingdom. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANSE.2007.4302474⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165212v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A simulation of the synthetic aperture radar observation of a manufactured object in sea clutter using finite differences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thibaut Lurton</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'2007</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2007, Vancouver, Canada. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2007.4449421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165046v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Interferometric signal denoised by wavelets</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Oceans'06 MTS/IEEE conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2006, Boston, United States. pp.1 - 6, </w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/OCEANS.2006.306986⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02166720v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">An analysis between radar and sonar interferometry</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">René Garello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Nicolas</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCTA'06 : 2nd international conference on Information and Communication Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Damascus, Syria. pp.1590 - 1595</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02165954v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Underwater environment restitution through sonar images and swath bathymetry rendering</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE International Conference on Systems, Man, and Cybernetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 1998, San Diego, United States. pp.4417 - 4422, </w:t></w:r><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICSMC.1998.727545⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02290174v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar images and swath bathymetry simulations for environment restitution through acoustical ray tracing techniques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Daniel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">4th European Conference on Underwater Acoustics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 1998, Rome, Italy. pp.425 - 431</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288837v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new tracking technique for sonar images relying on symbolic information matching through genetic algorithms</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julien Chedru</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IASTED Signal and Image Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 1997, Nouvel Orléan, United States. pp.353 - 358</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02288834v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sonar data simulation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Gueriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christophe Sintes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sonar Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, InTech, pp.51 - 76, 2011, 978-953-307-345-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01208400v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Data Fusion Between Low-Resolution Bathymetry and High-Resolution Images for the 3D Restitution of the Sea Bottom</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eric Maillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guériot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acoustical Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 23, Springer US, pp.525-530, 1997, Acoustical Imaging, </w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-1-4419-8588-0_83⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">istex</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05538089v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Utilisation des algorithmes génétiques pour des problèmes d'optimisation spécifiques : application aux réseaux de neurones et au traitement d'images sonar</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Guériot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Réseau de neurones [cs.NE]. Université de Haute-Alsace (UHA) Mulhouse - Colmar, 1998. Français. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-05538142v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId127"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -104,51 +104,203 @@
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
+<w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+  <w:abstractNum w:abstractNumId="1">
+    <w:nsid w:val="86FC402A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="◦"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:suff w:val="tab"/>
+      <w:lvlText w:val="•"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+</w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
@@ -185,51 +337,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073253v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Junior Richard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Habonneau" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gueriot" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2024.3447093" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493195v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Junior Richard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gu&#233;riot" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3635113" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187556v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaban Almouahed" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Alsahwa" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;loi Boss&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23010067" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953309v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonin" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pillain" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Vincent" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218843020500021" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551454v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daniel" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111702" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02307381v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2987305" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498478v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Itani" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rakotondratsimba" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2016.2574921" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424536v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Bosse" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fiae.2016.11.004" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370053v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2016.2574992" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946931v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pigeon" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Florea" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2013.08.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VSRCVXC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855087v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouraz Brahim" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.29.521-551" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-G6FKLJPX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640747v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chailloux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Zerr" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219700v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Llort Pujol" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2010.2043574" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141168v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649033v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gj. Richard" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Habonneau" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705940" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075341v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898612" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02301979v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sint&#232;s" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W16-181-2019" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800869v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808220v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Issartel" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Aouf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213691v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207117v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bernicola" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2014.7003160" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979382v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958359v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh T&#226;n Pham" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005488v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005497v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00746831v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khenchaf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mandridake" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219874v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213689v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219971v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003666" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488717v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219929v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSSYD.2010.5603884" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208435v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219954v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288839v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161816v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161901v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163427v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2008.4531011" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165212v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2007.4302474" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165046v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lurton" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2007.4449421" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166720v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2006.306986" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165954v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288837v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maillard" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290174v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.1998.727545" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288834v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chedru" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208400v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/dgueriot" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-3320-1234" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/152786155" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/193061093" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05073253v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Junior Richard" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Habonneau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gueriot" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Le Caillec" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/jstars.2024.3447093" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04493195v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Junior Richard" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Gu&#233;riot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3635113" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03187556v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Basel Solaiman" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Shaban Almouahed" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bassem Alsahwa" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;loi Boss&#233;" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/e23010067" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02953309v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Simonin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Pillain" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanne Vincent" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1142/S0218843020500021" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02307381v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thanh Huy Nguyen" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Daniel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Sintes" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JSTARS.2020.2987305" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02551454v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/rs12111702" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01498478v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alya Itani" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Rakotondratsimba" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TFUZZ.2016.2574921" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01370053v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eloi Bosse" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TIP.2016.2574992" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01424536v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fiae.2016.11.004" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00946931v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Pigeon" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.C. Florea" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.inffus.2013.08.004" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-7VSRCVXC-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855087v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Naouraz Brahim" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/ts.29.521-551" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HT0-G6FKLJPX-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00640747v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Chailloux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Zerr" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219700v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Llort Pujol" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JOE.2010.2043574" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02141168v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03649033v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gj. Richard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Habonneau" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.23919/OCEANS44145.2021.9705940" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://imt-atlantique.hal.science/hal-02301979v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Daniel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Sint&#232;s" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5194/isprs-archives-XLII-2-W16-181-2019" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02075341v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/IGARSS.2019.8898612" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01808220v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Issartel" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabil Aouf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01800869v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213691v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01207117v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Bernicola" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2014.7003160" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00979382v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00958359v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh T&#226;n Pham" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005497v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01005488v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ensta.hal.science/hal-00746831v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Khenchaf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Mandridake" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01213689v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219971v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/Oceans-Spain.2011.6003666" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219874v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219929v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSSYD.2010.5603884" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00488717v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chonavel" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ren&#233; Garello" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208435v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01219954v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288839v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02163427v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSKOBE.2008.4531011" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161901v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02161816v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165212v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANSE.2007.4302474" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165046v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibaut Lurton" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2007.4449421" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02166720v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/OCEANS.2006.306986" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02165954v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Nicolas" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02290174v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Maillard" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICSMC.1998.727545" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288837v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02288834v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Chedru" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01208400v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05538089v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4419-8588-0_83" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/HCB-3NSW7LNS-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-05538142v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>