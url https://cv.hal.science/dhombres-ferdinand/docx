--- v0 (2026-03-05)
+++ v1 (2026-03-27)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ferdinand Dhombres </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐needle intrauterine transfusion technique for early severe fetal anemia resulting from parvovirus B19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐m. Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Obstetrics and Gynecology = Ultrasound in Obstetrics &amp; Gynecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (2), pp.250-251. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/uog.29276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching Digital Health at Sorbonne University: The Year One Review of the SN@SU Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bigay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Seroussi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Studies in Health Technology and Informatics, 329, pp.1412-1416. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI251071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05358159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revised Orphanet nomenclature and classification for spina bifida and other spinal dysraphisms (SBoD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominic Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tahraoui-Bories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Lucano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.348. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-025-03856-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal diagnosis of pontocerebellar hypoplasia with postnatal follow‐up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alienor Jaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Valence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prenatal Diagnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (1), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pd.6495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External validation of models to estimate gestational age in the second and third trimester using ultrasound: A prospective multicentre observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Self</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Schlussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary Collins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 131 (13), pp.1862-1873. </w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.17922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Human Phenotype Ontology in 2024: phenotypes around the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gargano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Matentzoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Coleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eunice Addo-Lartey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna V Anagnostopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (D1), pp.D1333-D1346. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkad1005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prévention des dysraphismes en France par fortification alimentaire en acide folique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (1), pp.60-62. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2023.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prior-Guided Attribution of Deep Neural Networks for Obstetrics and Gynecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapogny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Zsamboki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia de Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davor Jurkovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Biomedical and Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (2), pp.870-880. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JBHI.2023.3337511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for standardized prenatal assessment of fetal open dysraphisms by the European reference network for Intellectual disability, TeleHealth, Autism and Congenital Anomalies (ITHACA) and eUROGEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Maiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prenatal Diagnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (9), pp.1073-1087. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pd.6618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal management of fetal anemia due to pyruvate kinase deficiency: A case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Sohier Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63 (1), pp.257-262. </w:t></w:r><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/trf.17177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison pragmatique des courbes de biométries fœtales élémentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Massoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 51 (11-12), pp.524-530. </w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2023.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning Approach for the Prediction of Testicular Sperm Extraction in Nonobstructive Azoospermia: Algorithm Development and Validation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Sermondade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahaf Haj Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.e44047. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/44047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal diagnosis of isolated bilateral clubfoot: Is amniocentesis indicated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Leyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Anselem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pénélope Jordan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Benachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Obstetricia et Gynecologica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 103 (1), pp.51-58. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/aogs.14716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging factors affecting prenatal counseling in orofacial clefts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Soupre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Quenum-Miraillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000529821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning Approach for the Prediction of Testicular Sperm Extraction in Nonobstructive Azoospermia: Algorithm Development and Validation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Sermondade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahaf Haj Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.e44047. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/44047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the performance of growth charts: A difficult endeavour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 129 (8), pp.1234-1235. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.17143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Artificial Intelligence Reported in Obstetrics and Gynecology Journals: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aris Papageorghiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.e35465. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/35465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalies cardiaques fœtales : diagnostic prénatal et prise en charge périnatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emc- Gynecologie Obstetrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (4), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive factors for survival in patients with oligohydramnios secondary to antenatal kidney disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Herbez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Guellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-022-05800-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management: Notable Contributions in 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Licong Cui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (1), pp.236-240. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0042-1742523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal phenotyping: A community effort to enhance the Human Phenotype Ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. P. Chaudhari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Filges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. N. Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Medical Genetics Part C: Seminars in Medical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 190 (2), pp.231-242. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajmg.c.31989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03831074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Myelic Limited Dorsal Malformation: Prenatal Ultrasonographic Characteristics of an Intermediate Form of Dysraphism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant-Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 48 (9), pp.690-700. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000519060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse de R. Bessis et al. à la Tribune Libre de E. Verspyck et al. : « Quel référentiel de courbe de croissance fœtale faut-il dorénavant choisir pour notre pays? » Gynécologie Obstétrique Fertilité & Sénologie 2021; 49 (11):S246871892100129X. https://doi.org/10.1016/j.gofs.2021.05.001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Egoroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (11), pp.874-876. </w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2021.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of optimal dating on the assessment of fetal growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Massoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J Stirnemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.167. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12884-021-03640-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of intravenous immunoglobulins to postpone the gestational age of first intrauterine transfusion in very severe red blood cell alloimmunization: A case-control study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Toly-Ndour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cariot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (7), pp.102119. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open fetal surgery for myelomeningocele repair in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilbaud Lucie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lallemant Pauline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisonneuve Emeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.102155. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment je fais…une transfusion in utero ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (3), pp.208-212. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2020.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management: Interest in New Solutions for Ontology Curation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (01), pp.185 - 190. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0041-1726508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in cerebral findings associated with fetal myelomeningocele: a retrospective cohort study in a single tertiary centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 128 (2), pp.376-383. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.16185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of Neural Tube Defects by Folic Acid Supplementation: A National Population-Based Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de La Fournière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine de Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), pp.3170. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nu12103170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost and outcomes of the ultrasound screening program for birth defects over time: a population-based study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Khoshnood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianaivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (7), pp.e036566. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2019-036566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geste d’arrêt de vie fœtale : techniques pour les interruptions médicales de grossesse des deuxième et troisième trimestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rigouzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.687 - 692. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2020.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Use of Semantic Resources: Findings from the Section on Knowledge Representation and Management of the 2020 International Medical Informatics Association Yearbook.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.163-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of septal insertion of atrioventricular valves in fetuses by postmortem 4.7 Tesla cardiac MRI: A feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (2), pp.109 - 116. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diii.2018.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03486288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-port fetoscopic repair of myelomeningocele in fetal lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 45 (1), pp.36-41. </w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000485655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Medical Knowledge Representation Supports Deep Learning Algorithms, Bioinformatics Pipelines, Genomics Data Analysis, and Big Data Processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.152-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merged bilateral arterial duct and circumflex retroesophageal right aortic arch in a fetus with normal intracardiac anatomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Bichali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Cristian Grigorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Oriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiology in the Young</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (12), pp.1546-1548. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1047951119002488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Intelligent Scan Assistant System for Early Pregnancy Diagnosis by Ultrasound: Clinical Decision Support System Evaluation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Franchinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (7), pp.e14286. </w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/14286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in resource use and effectiveness of ultrasound detection of fetal structural anomalies in France: a multiple registry-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Khoshnood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianaivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.e025482. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pregnancy outcome after first trimester exposure to ionizing radiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Beghin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 232, pp.18-21. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejogrb.2018.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic prénatal et issue néonatale des calcifications intra-abdominales isolées : étude rétrospective sur 10 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hervieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47, pp.643 - 649. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2019.07.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As Ontologies Reach Maturity, Artificial Intelligence Starts Being Fully Efficient: Findings from the Section on Knowledge Representation and Management for the Yearbook 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27, pp.140-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of Detection of Fetal Posterior Fossa Anomalies: Analysis of 81 Cases in the Second Half of Gestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Moutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.247-255. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000484316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental patterns of fetal fat and corresponding signal on T1-weighted magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Chougar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Gelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Valence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (3), pp.317-324. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00247-017-4038-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prognosis of Fetal Parenchymal Cerebral Lesions without Ventriculomegaly in Congenital Toxoplasmosis Infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (1), pp.8-14. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000445113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in Fetal Medicine: A 10-Year Bibliometric Analysis of Prenatal Diagnosis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 245, pp.853-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fetoscopic patch coverage of experimental myelomenigocele using a two-port access in fetal sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Garabedian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child's Nervous System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (7), pp.1177-1184. </w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00381-017-3461-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects médico-économiques du dépistage échographique des malformations fœtales : revue de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Durand-Zaleski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 45 (7-8), pp.408-415. </w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2017.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Topics&amp;quot; - Facilitating the Interpretation of Topics Through the Addition of MeSH Descriptors to Bags of Words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Todd Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 245, pp.662-666</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limited Dorsal Myeloschisis: A Diagnostic Pitfall in the Prenatal Ultrasound of Fetal Dysraphism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zerah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (2), pp.136-144. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000445995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management, It's Time to Integrate!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26, pp.148-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards ontology-based decision support systems for complex ultrasound diagnosis in obstetrics and gynecology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.423-429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a knowledge base to support the annotation of ultrasound images of ectopic pregnancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.4. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13326-017-0117-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01450080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosaic-activating FGFR2 mutation in two fetuses with papillomatous pedunculated sebaceous naevus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kuentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Fraitag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Saint-Onge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Dermatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjd.14681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for rare diseases in PubMed: a blind comparison of Orphanet expert query and query based on terminological knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Griffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schuers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Merabti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Kerdelhué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12911-016-0333-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01350880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORD: a phenotype-genotype semantically integrated biomedical data tool to support rare disease diagnosis coding in health information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Maaroufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Fonjallaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane de Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA .. Annual Symposium proceedings [electronic resource] / AMIA Symposium. AMIA Symposium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.434-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OntoMénélas. Motivations et retours d&apos;expérience sur l&apos;élaboration d&apos;une ontologie noyau de la médecine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Mazuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mc Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31, pp.125-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of Trustable AI and Added-Value on Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Séroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-David Liebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Federation for Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 294, 2022, 978-1-64368-285-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern-Based Logical Definitions of Prenatal Disorders Grounded on Dispositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirna El Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Akan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Challenges of Trustable AI and Added-Value on Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 294, IOS Press, pp.347-351, 2022, Studies in Health Technology and Informatics, 978-1-64368-284-6. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI220472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique de la recherche en temps de pandémie : un retour d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Debailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karën Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marie Chauvin; Annick Clement. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorbonnavirus - Regards sur la crise du coronavirus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Essais de la Sorbonne, Sorbonne Université Presses, 2021, 979-10-231-0705-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping spina bifida in the fetal surgery era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Fetal Medicine (FMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privileged Attribution Constrained Deep Networks for Facial Expression Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapogny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.1055-1061, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR56361.2022.9956496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Logical Definitions in Biomedical Ontologies by Reusing Ontology Design Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirna El Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Birene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Akan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBO’21: International Conference on Biomedical Ontologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bolzano, Italy. pp.56-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la décision à partir des connaissances, et des données (apprentissage automatique et réseaux de neurones) – exemple de l'aide au suivi de grossesse par échographie (Smart Ultrasound in Obstetrics and Gynecology - SUOG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new intelligent diagnosis assistant for fetal brain and spine anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Fetal Medicine (FMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les silhouettes de la CNEOF (2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles Journées d'Échographie Fœtale (NJEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège Français d'Échographie Fœtale, 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACCORDYS et les données de fœtopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rencontres numériques de l'ANR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologie et diagnostic anténatal. Mais pourquoi construire des ontologies en médecine et pour quelles données ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19es rencontres de pédiatrie pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the lexico-syntactic properties of phenotype terms – Application to interoperability between HPO and SNOMED CT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Bio-Ontologies and BioLINK ISMB'2015 SIG session "Phenotype Day"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OntoOrpha : an ontology to support edition and audit of rare diseases knowledge in Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Hanauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Biomedical Ontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Buffalo, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03912146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire une ontologie médicale pour la recherche d'information : problématiques terminologiques et de modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Miroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23es journées francophones d'Ingénierie des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France. pp.33-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet OrphaOnto - Première étape de l'ontologisation des bases de connaissances d'Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Hanaeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Chambéry, France. pp.573-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare diseases knowledge management: the contribution of proximity measurements in OntoOrpha and OMIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Furst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Kuntz-Cosperec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francky Trichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 24th European Medical Informatics Conference (EMIC’2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Pise, Italy. pp.88-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix méthodologiques pour la construction d'une ontologie de domaine en médecine prénatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21èmes Journées Francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nîmes, France. pp.171-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00487736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Italy, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liechtenstein, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spain, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 11069445 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : 6831843 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United Kingdom, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Switzerland, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCEDE D'AIDE AU DIAGNOSTIC MEDICAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 1556591 (Granted). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL INFORMATICS TRAINING PROGRAM - FINAL REPORT FETAL MEDICINE INFORMATICS RESEARCH EXPLORING PHENOTYPE REPRESENTATION, TERATOGENIC AGENTS DISPENSED DURING PREGNANCY AND FETAL MEDICINE TERMINOLOGY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Medical Ontology Research Group, Cognitive Science Branch (CgSB), Lister Hill National Center for Biomedical Communications, NLM, NIH. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare diseases knowledge curation in an ontology-based architecture in Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jos de Roo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId321"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Ferdinand Dhombres </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (57)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Double‐needle intrauterine transfusion technique for early severe fetal anemia resulting from parvovirus B19</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J.‐m. Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Franchinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ultrasound in Obstetrics and Gynecology = Ultrasound in Obstetrics &amp; Gynecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 66 (2), pp.250-251. </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/uog.29276⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId7" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378321v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Teaching Digital Health at Sorbonne University: The Year One Review of the SN@SU Project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romain Bigay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Tannier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brigitte Seroussi</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Studies in Health Technology and Informatics, 329, pp.1412-1416. </w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI251071⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05358159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Revised Orphanet nomenclature and classification for spina bifida and other spinal dysraphisms (SBoD)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dominic Thompson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Julie Tahraoui-Bories</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Caterina Lucano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Orphanet Journal of Rare Diseases</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, 20 (1), pp.348. </w:t></w:r><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13023-025-03856-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378319v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">External validation of models to estimate gestational age in the second and third trimester using ultrasound: A prospective multicentre observational study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alice Self</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Schlussel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gary Collins</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 131 (13), pp.1862-1873. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.17922⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Human Phenotype Ontology in 2024: phenotypes around the world</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Gargano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Matentzoglu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ben Coleman</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eunice Addo-Lartey</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anna V Anagnostopoulos</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nucleic Acids Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (D1), pp.D1333-D1346. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1093/nar/gkad1005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal diagnosis of pontocerebellar hypoplasia with postnatal follow‐up</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alienor Jaillard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Valence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Héron</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prenatal Diagnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (1), pp.35-48. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pd.6495⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La prévention des dysraphismes en France par fortification alimentaire en acide folique</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 52 (1), pp.60-62. </w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2023.10.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378327v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prior-Guided Attribution of Deep Neural Networks for Obstetrics and Gynecology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapogny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Richard Zsamboki</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucrezia de Braud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Davor Jurkovic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IEEE Journal of Biomedical and Health Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 28 (2), pp.870-880. </w:t></w:r><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/JBHI.2023.3337511⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378325v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Proposal for standardized prenatal assessment of fetal open dysraphisms by the European reference network for Intellectual disability, TeleHealth, Autism and Congenital Anomalies (ITHACA) and eUROGEN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elena Carreras</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nerea Maiz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Prenatal Diagnosis</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 44 (9), pp.1073-1087. </w:t></w:r><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/pd.6618⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378324v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning Approach for the Prediction of Testicular Sperm Extraction in Nonobstructive Azoospermia: Algorithm Development and Validation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Sermondade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahaf Haj Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.e44047. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/44047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04142392v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal management of fetal anemia due to pyruvate kinase deficiency: A case report</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marlène Sohier Lepine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Serge Pissard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bertrand Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Transfusion</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 63 (1), pp.257-262. </w:t></w:r><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/trf.17177⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008518v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparaison pragmatique des courbes de biométries fœtales élémentaires</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mona Massoud</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 51 (11-12), pp.524-530. </w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2023.09.003⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal diagnosis of isolated bilateral clubfoot: Is amniocentesis indicated?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Edouard Leyne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivia Anselem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pénélope Jordan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Vivanti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra Benachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Acta Obstetricia et Gynecologica Scandinavica</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 103 (1), pp.51-58. </w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/aogs.14716⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05378323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Machine Learning Approach for the Prediction of Testicular Sperm Extraction in Nonobstructive Azoospermia: Algorithm Development and Validation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Bachelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Sermondade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rahaf Haj Hamid</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Berthaut</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, 25, pp.e44047. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/44047⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04239374v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Imaging factors affecting prenatal counseling in orofacial clefts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anne-Laure Hermann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Veronique Soupre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Genevieve Quenum-Miraillet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, </w:t></w:r><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000529821⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04033667v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Assessing the performance of growth charts: A difficult endeavour</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Haddad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 129 (8), pp.1234-1235. </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.17143⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008469v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions of Artificial Intelligence Reported in Obstetrics and Gynecology Journals: Systematic Review</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aris Papageorghiou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 24 (4), pp.e35465. </w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/35465⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03648171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predictive factors for survival in patients with oligohydramnios secondary to antenatal kidney disease</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Baudin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Herbez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Guellec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyrielle Parmentier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Nephrology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00467-022-05800-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anomalies cardiaques fœtales : diagnostic prénatal et prise en charge périnatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Maillet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Emc- Gynecologie Obstetrique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 45 (4), pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management: Notable Contributions in 2021</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Licong Cui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 31 (1), pp.236-240. </w:t></w:r><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0042-1742523⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04006866v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prenatal phenotyping: A community effort to enhance the Human Phenotype Ontology</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Morgan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. P. Chaudhari</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Filges</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">T. N. Sparks</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">American Journal of Medical Genetics Part C: Seminars in Medical Genetics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, 190 (2), pp.231-242. </w:t></w:r><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1002/ajmg.c.31989⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-03831074v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Myelic Limited Dorsal Malformation: Prenatal Ultrasonographic Characteristics of an Intermediate Form of Dysraphism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saskia Vande Perre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint-Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant-Dudek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 48 (9), pp.690-700. </w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000519060⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008660v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The impact of optimal dating on the assessment of fetal growth</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">N. Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Massoud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J. J Stirnemann</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">R. Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Pregnancy and Childbirth</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 21 (1), pp.167. </w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12884-021-03640-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03155119v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Réponse de R. Bessis et al. à la Tribune Libre de E. Verspyck et al. : « Quel référentiel de courbe de croissance fœtale faut-il dorénavant choisir pour notre pays? » Gynécologie Obstétrique Fertilité & Sénologie 2021; 49 (11):S246871892100129X. https://doi.org/10.1016/j.gofs.2021.05.001</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Roger Bessis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Coralie Dumont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Egoroff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Fries</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (11), pp.874-876. </w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2021.06.006⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008700v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Effect of intravenous immunoglobulins to postpone the gestational age of first intrauterine transfusion in very severe red blood cell alloimmunization: A case-control study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emeline Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Anaïs Dugas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Toly-Ndour</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cariot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 50 (7), pp.102119. </w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102119⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008683v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Open fetal surgery for myelomeningocele repair in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guilbaud Lucie</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maurice Paul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lallemant Pauline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Timothée de Saint Denis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maisonneuve Emeline</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, pp.102155. </w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.jogoh.2021.102155⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03219113v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comment je fais…une transfusion in utero ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 49 (3), pp.208-212. </w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2020.10.005⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008714v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management: Interest in New Solutions for Ontology Curation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IMIA Yearbook of Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 30 (01), pp.185 - 190. </w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1055/s-0041-1726508⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03351790v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">New insights in cerebral findings associated with fetal myelomeningocele: a retrospective cohort study in a single tertiary centre</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BJOG: An International Journal of Obstetrics and Gynaecology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 128 (2), pp.376-383. </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/1471-0528.16185⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263489v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prevention of Neural Tube Defects by Folic Acid Supplementation: A National Population-Based Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benoît de La Fournière</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sabine de Foucaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Lallemant</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nutrients</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 12 (10), pp.3170. </w:t></w:r><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3390/nu12103170⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03018892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cost and outcomes of the ultrasound screening program for birth defects over time: a population-based study in France</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Khoshnood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianaivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 10 (7), pp.e036566. </w:t></w:r><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2019-036566⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03229519v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Geste d’arrêt de vie fœtale : techniques pour les interruptions médicales de grossesse des deuxième et troisième trimestres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P. Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">É. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A. Rigouzzo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 48, pp.687 - 692. </w:t></w:r><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2020.02.009⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03492209v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Design and Use of Semantic Resources: Findings from the Section on Knowledge Representation and Management of the 2020 International Medical Informatics Association Yearbook.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, 29, pp.163-168</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267468v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of septal insertion of atrioventricular valves in fetuses by postmortem 4.7 Tesla cardiac MRI: A feasibility study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">G. Autret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">M. Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Diagnostic and Interventional Imaging</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 100 (2), pp.109 - 116. </w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.diii.2018.11.004⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03486288v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Formal Medical Knowledge Representation Supports Deep Learning Algorithms, Bioinformatics Pipelines, Genomics Data Analysis, and Big Data Processes.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 28, pp.152-155</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481876v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Two-port fetoscopic repair of myelomeningocele in fetal lambs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raphaël Vialle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 45 (1), pp.36-41. </w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000485655⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02272301v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Merged bilateral arterial duct and circumflex retroesophageal right aortic arch in a fetus with normal intracardiac anatomy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Saïd Bichali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romulus Cristian Grigorescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathilde Lefebvre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlotte Oriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cardiology in the Young</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 29 (12), pp.1546-1548. </w:t></w:r><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1017/S1047951119002488⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008741v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in resource use and effectiveness of ultrasound detection of fetal structural anomalies in France: a multiple registry-based study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Clément Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Babak Khoshnood</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hanitra Randrianaivo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Isabelle Perthus</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMJ Open</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 9 (2), pp.e025482. </w:t></w:r><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1136/bmjopen-2018-025482⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02181663v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pregnancy outcome after first trimester exposure to ionizing radiations</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Delphine Beghin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Journal of Obstetrics &amp; Gynecology and Reproductive Biology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 232, pp.18-21. </w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.ejogrb.2018.11.001⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02314031v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Novel Intelligent Scan Assistant System for Early Pregnancy Diagnosis by Ultrasound: Clinical Decision Support System Evaluation Study</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loriane Franchinard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Barbara Dias</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Medical Internet Research</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 21 (7), pp.e14286. </w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2196/14286⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02273256v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diagnostic prénatal et issue néonatale des calcifications intra-abdominales isolées : étude rétrospective sur 10 ans</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Maisonneuve</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Debain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E. Hervieux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Lafon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, 47, pp.643 - 649. </w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2019.07.018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03487487v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">As Ontologies Reach Maturity, Artificial Intelligence Starts Being Fully Efficient: Findings from the Section on Knowledge Representation and Management for the Yearbook 2018.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Management Section Editors For The Imia Yearbook Section On Knowledge Representation And</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 27, pp.140-145</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02481872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patterns of Detection of Fetal Posterior Fossa Anomalies: Analysis of 81 Cases in the Second Half of Gestation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Laure Moutard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Catherine Garel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 44 (4), pp.247-255. </w:t></w:r><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000484316⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008906v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developmental patterns of fetal fat and corresponding signal on T1-weighted magnetic resonance imaging</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Eléonore Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lydia Chougar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoinette Gelot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Valence</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Etienne Audureau</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pediatric Radiology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 48 (3), pp.317-324. </w:t></w:r><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00247-017-4038-z⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008831v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Prognosis of Fetal Parenchymal Cerebral Lesions without Ventriculomegaly in Congenital Toxoplasmosis Infection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Kieffer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (1), pp.8-14. </w:t></w:r><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000445113⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008810v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Trends in Fetal Medicine: A 10-Year Bibliometric Analysis of Prenatal Diagnosis.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 245, pp.853-857</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hybrid Topics&amp;quot; - Facilitating the Interpretation of Topics Through the Addition of MeSH Descriptors to Bags of Words.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zhiguo Yu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thang Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Todd Johnson</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 245, pp.662-666</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aspects médico-économiques du dépistage échographique des malformations fœtales : revue de la littérature</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">C. Ferrier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L. Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">I. Durand-Zaleski</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Gynécologie Obstétrique Fertilité &amp; Sénologie</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 45 (7-8), pp.408-415. </w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.gofs.2017.06.007⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017398v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fetoscopic patch coverage of experimental myelomenigocele using a two-port access in fetal sheep</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Roux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charles Garabedian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Child's Nervous System</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 33 (7), pp.1177-1184. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/s00381-017-3461-7⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04017447v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limited Dorsal Myeloschisis: A Diagnostic Pitfall in the Prenatal Ultrasound of Fetal Dysraphism</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Baptiste Morel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michel Zerah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Fetal Diagnosis and Therapy</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 41 (2), pp.136-144. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1159/000445995⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04008805v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards ontology-based decision support systems for complex ultrasound diagnosis in obstetrics and gynecology.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">P Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">E Blondiaux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">S Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Gynecology Obstetrics and Human Reproduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 46, pp.423-429</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267478v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Representation and Management, It's Time to Integrate!</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Yearbook of medical informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, 26, pp.148-151</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03267482v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Developing a knowledge base to support the annotation of ultrasound images of ectopic pregnancy</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Maurice</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Stéphanie Friszer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Guilbaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathalie Lelong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Biomedical Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, 8, pp.4. </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s13326-017-0117-1⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01450080v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mosaic-activating FGFR2 mutation in two fetuses with papillomatous pedunculated sebaceous naevus</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Paul Kuentz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvie Fraitag</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie Gonzales</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Judith Saint-Onge</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">British Journal of Dermatology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, </w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1111/bjd.14681⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01412205v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Searching for rare diseases in PubMed: a blind comparison of Orphanet expert query and query based on terminological knowledge</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Griffon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Matthieu Schuers</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tayeb Merabti</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gaetan Kerdelhué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BMC Medical Informatics and Decision Making</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 16 (1), pp.101. </w:t></w:r><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1186/s12911-016-0333-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">inserm-01350880v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LORD: a phenotype-genotype semantically integrated biomedical data tool to support rare disease diagnosis coding in health information systems</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Meriem Maaroufi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yannick Fonjallaz</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Albane de Carrara</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">AMIA .. Annual Symposium proceedings [electronic resource] / AMIA Symposium. AMIA Symposium.</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 2015, pp.434-40</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01907674v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OntoMénélas. Motivations et retours d&apos;expérience sur l&apos;élaboration d&apos;une ontologie noyau de la médecine.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">J Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B Bachimont</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L Mazuel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mc Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue des Sciences et Technologies de l'Information - Série TSI : Technique et Science Informatiques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, 31, pp.125-147</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02489148v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Challenges of Trustable AI and Added-Value on Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">B. Séroussi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Weber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cyril Grouin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jan-David Liebe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Federation for Medical Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Studies in Health Technology and Informatics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 294, 2022, 978-1-64368-285-3</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003722v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (2)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pattern-Based Logical Definitions of Prenatal Disorders Grounded on Dispositions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirna El Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Akan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Challenges of Trustable AI and Added-Value on Health</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 294, IOS Press, pp.347-351, 2022, Studies in Health Technology and Informatics, 978-1-64368-284-6. </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/SHTI220472⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L’éthique de la recherche en temps de pandémie : un retour d’expérience</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raja Chatila</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohamed Chetouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Renaud Debailly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Karën Fort</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pierre-Marie Chauvin; Annick Clement. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Sorbonnavirus - Regards sur la crise du coronavirus</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Les Essais de la Sorbonne, Sorbonne Université Presses, 2021, 979-10-231-0705-0</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03237653v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (14)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phenotyping spina bifida in the fetal surgery era</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Fetal Medicine (FMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022, Crète, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005488v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Privileged Attribution Constrained Deep Networks for Facial Expression Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jules Bonnard</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Arnaud Dapogny</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kevin Bailly</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">26th International Conference on Pattern Recognition (ICPR 2022)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Montreal, Canada. pp.1055-1061, </w:t></w:r><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICPR56361.2022.9956496⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03953623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modeling Logical Definitions in Biomedical Ontologies by Reusing Ontology Design Patterns</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mirna El Ghosh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Ghazouani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Birene</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Elise Akan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICBO’21: International Conference on Biomedical Ontologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2021, Bolzano, Italy. pp.56-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03681313v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aide à la décision à partir des connaissances, et des données (apprentissage automatique et réseaux de neurones) – exemple de l'aide au suivi de grossesse par échographie (Smart Ultrasound in Obstetrics and Gynecology - SUOG)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Symposium AIM</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005681v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A new intelligent diagnosis assistant for fetal brain and spine anomalies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">World Congress in Fetal Medicine (FMF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Athène, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005481v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les silhouettes de la CNEOF (2016)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Nouvelles Journées d'Échographie Fœtale (NJEF)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Collège Français d'Échographie Fœtale, 2017, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005444v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ACCORDYS et les données de fœtopathologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Les rencontres numériques de l'ANR</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762176v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontologie et diagnostic anténatal. Mais pourquoi construire des ontologies en médecine et pour quelles données ?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">19es rencontres de pédiatrie pratique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03762184v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Investigating the lexico-syntactic properties of phenotype terms – Application to interoperability between HPO and SNOMED CT</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Bodenreider</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Joint Bio-Ontologies and BioLINK ISMB'2015 SIG session "Phenotype Day"</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005668v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">OntoOrpha : an ontology to support edition and audit of rare diseases knowledge in Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Hanauer</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Biomedical Ontology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2011, Buffalo, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03912146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Projet OrphaOnto - Première étape de l'ontologisation des bases de connaissances d'Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Hanaeur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Annie Olry</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IC 2011, 22èmes Journées francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2012, Chambéry, France. pp.573-588</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00746725v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Construire une ontologie médicale pour la recherche d'information : problématiques terminologiques et de modélisation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gunnar Declerck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Gayet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Patrick Miroux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23es journées francophones d'Ingénierie des connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2012, Paris, France. pp.33-48</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00717807v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare diseases knowledge management: the contribution of proximity measurements in OntoOrpha and OMIM</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xavier Aimé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frederic Furst</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pascale Kuntz-Cosperec</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Francky Trichet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">the 24th European Medical Informatics Conference (EMIC’2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Pise, Italy. pp.88-92</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01167106v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Choix méthodologiques pour la construction d'une ontologie de domaine en médecine prénatale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marie-Christine Jaulent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean Charlet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21èmes Journées Francophones d'Ingénierie des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2010, Nîmes, France. pp.171-182</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00487736v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Brevet (11)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005332v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Spain, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005333v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Italy, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005331v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Liechtenstein, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005328v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United States, Patent n° : 11069445 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005340v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Japan, Patent n° : 6831843 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005339v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005323v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Germany, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005337v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">United Kingdom, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005329v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL DIAGNOSIS ASSISTANCE METHOD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Switzerland, Patent n° : 3320462 (Granted). 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04005326v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROCEDE D'AIDE AU DIAGNOSTIC MEDICAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Marie Jouannic</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">France, N° de brevet: 1556591 (Granted). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Brevet</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04003797v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MEDICAL INFORMATICS TRAINING PROGRAM - FINAL REPORT FETAL MEDICINE INFORMATICS RESEARCH EXPLORING PHENOTYPE REPRESENTATION, TERATOGENIC AGENTS DISPENSED DURING PREGNANCY AND FETAL MEDICINE TERMINOLOGY</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Medical Ontology Research Group, Cognitive Science Branch (CgSB), Lister Hill National Center for Biomedical Communications, NLM, NIH. 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03774470v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Pré-publication, Document de travail (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rare diseases knowledge curation in an ontology-based architecture in Orphanet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ferdinand Dhombres</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Yves Vandenbussche</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rémy Choquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jos de Roo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Rath</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Pré-publication, Document de travail</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (preprint/prepublication)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03913134v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId321"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -185,51 +185,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;m. Jouannic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Franchinard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dugas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhombres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/uog.29276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bigay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Dhombres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Seroussi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI251071" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378319v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e de Saint-Denis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Thompson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tahraoui-Bories" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Lucano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03856-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378326v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Jaillard" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Valence" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Vande Perre" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine H&#233;ron" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6495" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378328v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Self" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schlussel" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Collins" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fries" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.17922" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378322v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gargano" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Matentzoglu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Coleman" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunice Addo-Lartey" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V Anagnostopoulos" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1005" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378327v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Guilbaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouannic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.10.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378325v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Bonnard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapogny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Zsamboki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia de Braud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davor Jurkovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JBHI.2023.3337511" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378324v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Carreras" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Maiz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6618" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008518v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maisonneuve" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Sohier Lepine" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maurice" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pissard" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lafon" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/trf.17177" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378329v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Massoud" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.09.003" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142392v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelot" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sermondade" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahaf Haj Hamid" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Berthaut" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/44047" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378323v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leyne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Anselem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Jordan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vivanti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Benachi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aogs.14716" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033667v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Hermann" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Soupre" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Quenum-Miraillet" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000529821" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239374v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008469v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bessis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Haddad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.17143" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bailly" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Papageorghiou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35465" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008619v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maillet" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008564v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baudin" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Herbez" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guellec" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Parmentier" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-022-05800-1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006866v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licong Cui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charlet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1742523" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831074v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morgan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P. Chaudhari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Filges" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. N. Sparks" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.c.31989" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant-Dudek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519060" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008700v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Egoroff" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2021.06.006" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03155119v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fries" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massoud" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J Stirnemann" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bessis" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-021-03640-9" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008683v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dugas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Friszer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Toly-Ndour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cariot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102119" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03219113v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbaud Lucie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Paul" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lallemant Pauline" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e de Saint Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisonneuve Emeline" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102155" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008714v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maisonneuve" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurice" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lafon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.10.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351790v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1726508" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03263489v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Maurice" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Garel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Garel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Dhombres" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Friszer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.16185" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03018892v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de La Fourni&#232;re" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de Foucaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12103170" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03229519v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ferrier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Khoshnood" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianaivo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perthus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-036566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492209v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Maisonneuve" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigouzzo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.02.009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267468v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Charlet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Management Section Editors For The Imia Yearbook Section On Knowledge Representation And" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486288v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blondiaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Autret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonzales" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Audureau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2018.11.004" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272301v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roux" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000485655" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481876v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Bichali" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Cristian Grigorescu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lefebvre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oriot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047951119002488" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02273256v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Franchinard" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dias" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/14286" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02181663v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025482" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02314031v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Beghin" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Blondiaux" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2018.11.001" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487487v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debain" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hervieux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2019.07.018" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481872v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008906v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Moutard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000484316" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008831v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Chougar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Gelot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-017-4038-z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008810v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gonzales" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kieffer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445113" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008818v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodenreider" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017447v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Garabedian" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-017-3461-7" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017398v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Durand-Zaleski" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.06.007" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008797v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Yu" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Nguyen" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Johnson" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008805v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zerah" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445995" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267482v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267478v1" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Blondiaux" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guilbaud" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01450080v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lelong" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-017-0117-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412205v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuentz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Saint-Onge" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.14681" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01350880v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Griffon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schuers" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Merabti" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Kerdelhu&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-016-0333-0" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907674v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Choquet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Maaroufi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fonjallaz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane de Carrara" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Vandenbussche" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489148v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bachimont" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mazuel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Jaulent" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003722v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S&#233;roussi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weber" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-David Liebe" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681260v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna El Ghosh" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Ghazouani" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Akan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI220472" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03237653v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debailly" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar&#235;n Fort" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005488v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953623v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956496" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681313v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Birene" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005681v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005481v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005444v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762176v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762184v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005668v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912146v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rath" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hanauer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Olry" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717807v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Declerck" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gayet" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Miroux" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746725v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hanaeur" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167106v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aim&#233;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Furst" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Kuntz-Cosperec" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Trichet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487736v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jaulent" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005332v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005331v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005328v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005333v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005340v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005339v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005323v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005337v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005329v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005326v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003797v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774470v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913134v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos de Roo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378321v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.&#8208;m. Jouannic" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Franchinard" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Guilbaud" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dugas" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Dhombres" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/uog.29276" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05358159v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Bigay" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ferdinand Dhombres" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Tannier" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Seroussi" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI251071" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378319v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e de Saint-Denis" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dominic Thompson" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Tahraoui-Bories" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caterina Lucano" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13023-025-03856-4" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378328v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Self" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Schlussel" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gary Collins" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Fries" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.17922" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378322v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Gargano" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Matentzoglu" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ben Coleman" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eunice Addo-Lartey" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anna V Anagnostopoulos" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/nar/gkad1005" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378326v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alienor Jaillard" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Valence" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Saskia Vande Perre" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine H&#233;ron" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6495" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378327v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Guilbaud" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marie Jouannic" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.10.007" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378325v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jules Bonnard" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Dapogny" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Zsamboki" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucrezia de Braud" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Davor Jurkovic" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/JBHI.2023.3337511" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378324v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elena Carreras" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Garel" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nerea Maiz" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/pd.6618" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04142392v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Bachelot" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Sermondade" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rahaf Haj Hamid" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Berthaut" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/44047" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008518v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emeline Maisonneuve" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marl&#232;ne Sohier Lepine" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Maurice" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Pissard" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bertrand Lafon" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/trf.17177" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378329v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mona Massoud" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2023.09.003" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-05378323v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Edouard Leyne" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivia Anselem" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P&#233;n&#233;lope Jordan" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Vivanti" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra Benachi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/aogs.14716" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239374v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04033667v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne-Laure Hermann" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Veronique Soupre" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevieve Quenum-Miraillet" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000529821" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008469v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roger Bessis" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Dumont" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Haddad" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.17143" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03648171v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kevin Bailly" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aris Papageorghiou" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/35465" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Baudin" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Herbez" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Guellec" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrielle Parmentier" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00467-022-05800-1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008619v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Maillet" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04006866v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Licong Cui" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Charlet" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0042-1742523" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-03831074v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Morgan" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. P. Chaudhari" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Filges" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. N. Sparks" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/ajmg.c.31989" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008660v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant-Dudek" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000519060" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03155119v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Fries" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Massoud" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. J Stirnemann" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Bessis" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12884-021-03640-9" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008700v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Egoroff" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2021.06.006" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008683v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana&#239;s Dugas" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phanie Friszer" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Toly-Ndour" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cariot" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102119" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03219113v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilbaud Lucie" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maurice Paul" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lallemant Pauline" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e de Saint Denis" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maisonneuve Emeline" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jogoh.2021.102155" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008714v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Maisonneuve" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Maurice" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Lafon" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.10.005" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03351790v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1055/s-0041-1726508" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03263489v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Maurice" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Garel" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C Garel" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F Dhombres" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Friszer" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/1471-0528.16185" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03018892v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t de La Fourni&#232;re" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabine de Foucaud" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Lallemant" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/nu12103170" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03229519v1" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Ferrier" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Babak Khoshnood" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hanitra Randrianaivo" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Isabelle Perthus" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2019-036566" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03492209v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;. Maisonneuve" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Rigouzzo" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2020.02.009" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267468v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J Charlet" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Management Section Editors For The Imia Yearbook Section On Knowledge Representation And" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03486288v1" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Blondiaux" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Autret" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Gonzales" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Audureau" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.diii.2018.11.004" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481876v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02272301v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Roux" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Vialle" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000485655" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008741v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sa&#239;d Bichali" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romulus Cristian Grigorescu" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde Lefebvre" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Oriot" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/S1047951119002488" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02181663v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1136/bmjopen-2018-025482" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02314031v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Beghin" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El&#233;onore Blondiaux" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ejogrb.2018.11.001" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-02273256v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loriane Franchinard" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Barbara Dias" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2196/14286" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03487487v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Debain" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Garel" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Hervieux" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2019.07.018" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02481872v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008906v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Moutard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000484316" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008831v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lydia Chougar" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoinette Gelot" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Audureau" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00247-017-4038-z" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008810v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Gonzales" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Kieffer" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445113" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008818v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Bodenreider" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008797v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zhiguo Yu" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thang Nguyen" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Todd Johnson" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017398v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Ferrier" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Durand-Zaleski" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.gofs.2017.06.007" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04017447v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Garabedian" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00381-017-3461-7" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04008805v1" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Morel" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michel Zerah" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1159/000445995" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267478v1" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E Blondiaux" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Guilbaud" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03267482v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01450080v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Lelong" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s13326-017-0117-1" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ube.hal.science/hal-01412205v1" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Kuentz" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvie Fraitag" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Saint-Onge" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/bjd.14681" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inserm.hal.science/inserm-01350880v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Griffon" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Schuers" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tayeb Merabti" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaetan Kerdelhu&#233;" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s12911-016-0333-0" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01907674v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Choquet" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Meriem Maaroufi" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Fonjallaz" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Albane de Carrara" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Yves Vandenbussche" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02489148v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B Bachimont" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Mazuel" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mc Jaulent" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003722v1" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. S&#233;roussi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Weber" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyril Grouin" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jan-David Liebe" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681260v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mirna El Ghosh" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Ghazouani" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Akan" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/SHTI220472" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03237653v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raja Chatila" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Chetouani" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Debailly" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kar&#235;n Fort" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005488v1" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03953623v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICPR56361.2022.9956496" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.sorbonne-universite.fr/hal-03681313v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Birene" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005681v1" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005481v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005444v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762176v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03762184v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005668v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03912146v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Rath" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hanauer" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annie Olry" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00746725v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Hanaeur" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00717807v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gunnar Declerck" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Gayet" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Miroux" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01167106v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Aim&#233;" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Frederic Furst" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascale Kuntz-Cosperec" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francky Trichet" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00487736v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Jaulent" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005332v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005333v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005331v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005328v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005340v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005339v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005323v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005337v1" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005329v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04005326v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04003797v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03774470v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03913134v1" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos de Roo" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>