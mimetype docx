--- v0 (2026-03-10)
+++ v1 (2026-03-31)
@@ -66,51 +66,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (3)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -191,228 +191,319 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05121632v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Socialium or the Financial Price of Social Responsibility</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Output floors in setting bank capital requirements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adrian Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Bankers Markets &amp; Investors : an academic &amp; professional review</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.54695/bmi.178.0003⟩</w:t>
+              <w:t xml:space="preserve">Journal of Financial Stability</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 81, pp.101459. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jfs.2025.101459⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04821742v1</w:t>
+                <w:t xml:space="preserve">hal-05571338v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Socialium or the Financial Price of Social Responsibility</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diana Pop</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dumoulin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bankers Markets &amp; Investors : an academic &amp; professional review</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 178 (3), pp.0003. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.54695/bmi.178.0003⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04821742v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Requiem for market discipline and the specter of TBTF in Japanese banking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Quarterly Review of Economics and Finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2009, 49 (4), pp.1429-1459. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.qref.2009.08.001⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
-              <w:r>
-[...10 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -422,117 +513,117 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investir en obligations sociales rapporte le double des obligations classiques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Autre publication scientifique</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05049704v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -542,405 +633,405 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Shareholder Base of Green Bond Issuers at the Dawn of Anti-ESG Movement</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">40th International Conference of the French Finance Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Finance (AFFI), May 2024, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04637444v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialium or the Financial Price of Social Responsibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Annual Conference of Asian Finance Association</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Asian Finance Association, Jun 2023, Ho Chi Minh, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04120305v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialium or the Financial Price of Social Responsibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AFFI - EFD (Entretiens de la Finance Durable)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AFFI, Dec 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04349256v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Socialium or the Financial Price of Social Responsibility</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39th International Symposium on Money, Banking and Finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, GdRE, Groupement de Recherche Européen « Monnaie Banque Finance », Jun 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04133862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Output Floors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -956,333 +1047,333 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">38th Symposium in Money Banking and Finance</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2022, Strasbourg, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692238v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">‶ Socialium ″ ou le prix financier de la responsabilité sociale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Marie-Jeanne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dumoulin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d’étude « Gouvernance et soutenabilité financière »</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Université d’Angers, Oct 2022, Angers, UA, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04125039v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sustainability Linked Loans</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Atanasov</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IFABS</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2021, Nottingham, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03692220v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Is the company performance endogenous in the ownership concentration? Evidence from the Romanian Mass Privatization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">35èmes Journées Internationales d'Economie Monétaire, Bancaire et Financière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2018, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946679v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Market Reaction to Changes in Disclosure of Related-Party Transaction Rules</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vladimir Atanasov</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1297,73 +1388,73 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Management Association, Lisbon, Portugal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Lisbon, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01946593v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How fair are the fair price standards in blockholder regimes? Evidence from Romania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1379,189 +1470,189 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">33èmes Journées Internationales d’Economie Monétaire, Bancaire et Financière</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Non spécifié, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corporate Governance Alternatives for the European Emerging Economies: Representations and Warranties in Takeover Agreements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Risk Management Conference : New Dimensions in Risk Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Amsterdam, Netherlands</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03097799v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corporate Governance Alternatives for the European Emerging Economies: Representations and Warranties in Takeover Agreements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">7th ASLEA Annual Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2011, Hong Kong, China</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03097797v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1571,51 +1662,51 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anchoring in takeovers under Mandatory Bid Rule: Evidence from an emerging market</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1624,73 +1715,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2019</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03691951v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">How fair are the fair price standards in blockholder regimes?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1699,73 +1790,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01076722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Quality of Private Monitoring in European Banking: Completing the Picture</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1774,73 +1865,73 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00678943v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Requiem for Market Discipline and the Specter of TBTF in Japanese Banking</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1849,51 +1940,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2009</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00419235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
@@ -1903,324 +1994,324 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Convergence réglementaire et financement de long terme</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Enjeux partagés pour le développement au sein de l’ASEAN: Méthodes d’analyse et application</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Maison d'édition Tri Thức</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, pp.137-150, 2016, La collection Etudes de l’AFD, 978-604-943-388-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02538851v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Privatization and governance regulation in frontier emerging markets: The case of Romania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Chemla</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Institutions and Markets: The Financial Crisis, An Early Retrospective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan, pp.205 - 224, 2010, 978-0230108356</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03363583v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Privatization and Governance Regulation in Frontier Emerging Markets: The Case of Romania</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gilles Chemla</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adrian Pop</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diana Pop</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Financial Institutions and Markets: The Financial Crisis - An Early Retrospective</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Palgrave Macmillan US, pp.205-224, 2010, </w:t>
             </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1057/9780230117365_9⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04212909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId43"/>
+      <w:footerReference w:type="default" r:id="rId45"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -2367,51 +2458,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Pop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Pop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeconbus.2024.106223" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04821742v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marie-Jeanne" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dumoulin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/bmi.178.0003" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212879v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2009.08.001" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2ZTG60V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049704v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04637444v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04120305v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349256v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04133862v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03692238v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04125039v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03692220v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Atanasov" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946679v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946593v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538874v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097799v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097797v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03691951v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076722v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678943v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419235v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538851v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/sites/afd/files/imported-files/08-etudes-afd.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363583v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chemla" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212909v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chemla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230117365_9" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05121632v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrian Pop" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diana Pop" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jeconbus.2024.106223" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05571338v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jfs.2025.101459" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04821742v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Marie-Jeanne" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dumoulin" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54695/bmi.178.0003" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212879v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.qref.2009.08.001" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-C2ZTG60V-C/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05049704v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04637444v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04120305v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04349256v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04133862v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03692238v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-04125039v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03692220v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Atanasov" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946679v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01946593v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538874v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097799v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03097797v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03691951v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01076722v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00678943v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00419235v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-02538851v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.afd.fr/sites/afd/files/imported-files/08-etudes-afd.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03363583v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Chemla" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04212909v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Chemla" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1057/9780230117365_9" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>