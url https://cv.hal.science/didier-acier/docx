--- v0 (2026-03-03)
+++ v1 (2026-03-25)
@@ -1082,878 +1082,912 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02863983v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Groupe d’analyse de la pratique à l’hôpital : l’accompagnement des médecins par un psychologue clinicien formé aux approches humanistes, dans un contexte d’évolution des soins</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">La démarche d’évaluation d’un patient présentant une consommation problématique d’alcool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...28 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">La Presse Médicale</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.lpm.2018.07.008⟩</w:t>
+              <w:t xml:space="preserve">Le Journal des psychologues</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 355 (3), pp.18. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3917/jdp.355.0018⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02864022v1</w:t>
+                <w:t xml:space="preserve">hal-02864041v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mediation of time perspectives on inclinations to use alcohol and motivation to change relationship</w:t>
+                <w:t xml:space="preserve">Outpatient Addiction Treatment for Problematic Alcohol Use: What Makes Patients Who Dropped Out Different from Those Who Did Not?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Dietlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/jclp.22637⟩</w:t>
+              <w:t xml:space="preserve">Substance Use and Misuse</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, pp.1 - 14. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/10826084.2018.1441310⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02863999v1</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01799729v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId57" w:history="1">
+            <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drinking motives as mediators between personality traits and alcohol use among young French people</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tianna Loose</w:t>
+                <w:t xml:space="preserve">Groupe d’analyse de la pratique à l’hôpital : l’accompagnement des médecins par un psychologue clinicien formé aux approches humanistes, dans un contexte d’évolution des soins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Vicquelin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Quereux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Lepeintre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Maillard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">La Presse Médicale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 47 (10), pp.867-868. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.lpm.2018.07.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.paid.2018.06.036⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-02863995v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864022v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Outpatient Addiction Treatment for Problematic Alcohol Use: What Makes Patients Who Dropped Out Different from Those Who Did Not?</w:t>
+                <w:t xml:space="preserve">Mediation of time perspectives on inclinations to use alcohol and motivation to change relationship</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Eric Dietlin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Substance Use and Misuse</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, pp.1 - 14. </w:t>
+              <w:t xml:space="preserve">Journal of Clinical Psychology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 74 (10), pp.1854-1866. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/10826084.2018.1441310⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/jclp.22637⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01799729v1</w:t>
+                <w:t xml:space="preserve">hal-02863999v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La démarche d’évaluation d’un patient présentant une consommation problématique d’alcool</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Drinking motives as mediators between personality traits and alcohol use among young French people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianna Loose</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan El-Baalbaki</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Le Journal des psychologues</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2018, 355 (3), pp.18. </w:t>
+              <w:t xml:space="preserve">Personality and Individual Differences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2018, 134, pp.268-274. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3917/jdp.355.0018⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.paid.2018.06.036⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02864041v1</w:t>
+                <w:t xml:space="preserve">hal-02863995v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time perspectives mediate the relationship between personality traits and alcohol consumption</w:t>
+                <w:t xml:space="preserve">La temporalité, un facteur déterminant des conduites addictives</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianna Loose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Acier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Luc Pilet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Léo Robiou Du Pont</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Ghassan El-Baalbaki</w:t>
+                <w:t xml:space="preserve">Jade Sysayko</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Time and Society</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39 (2), pp.111-119</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02863989v1</w:t>
+                <w:t xml:space="preserve">hal-02864035v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId66" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Drinking motives and alcohol consumption behaviors among young French people</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Tianna Loose</w:t>
+                <w:t xml:space="preserve">Initiation of Addiction Treatment and Access to Services: Young Adults’ Accounts of Their Help-Seeking Experiences</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Wagner</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Karine Bertrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jorge Flores-Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Natacha Brunelle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addictive Behaviors</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2017.04.009⟩</w:t>
+              <w:t xml:space="preserve">Qualitative Health Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 27 (11), pp.1614-1627 </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/1049732316679372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId66" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02864002v1</w:t>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Factor Structure Evaluation of the French Version of the Digital Natives Assessment Scale (DNAS)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cyberpsychology, Behavior, and Social Networking</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 20 (3), pp.195-201. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId69" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1089/cyber.2016.0438⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01674339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration des caractéristiques psychologiques des natifs numériques.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -1969,524 +2003,490 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 39 (3), pp.219-229</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01674320v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Étude des départs prématurés de patients admis en addictologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Vincent Wagner</w:t>
+                <w:t xml:space="preserve">Drinking motives and alcohol consumption behaviors among young French people</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tianna Loose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.31219/osf.io/htbrw⟩</w:t>
+              <w:t xml:space="preserve">Addictive Behaviors</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 72, pp.120-125. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.addbeh.2017.04.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674336v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864002v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId73" w:history="1">
+            <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time perspective and alcohol-use indicators in France and the United Kingdom: results across adolescents, university students, and treatment outpatients</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Time perspectives mediate the relationship between personality traits and alcohol consumption</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianna Loose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léo Robiou Du Pont</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ghassan El-Baalbaki</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1080/16066359.2017.1334202⟩</w:t>
+              <w:t xml:space="preserve">Time and Society</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 28 (3), pp.1148-1166. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0961463X18758515⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02864001v1</w:t>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02863989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Initiation of Addiction Treatment and Access to Services: Young Adults’ Accounts of Their Help-Seeking Experiences</w:t>
+                <w:t xml:space="preserve">Étude des départs prématurés de patients admis en addictologie</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Qualitative Health Research</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1177/1049732316679372⟩</w:t>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 39 (4), pp.340-349. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31219/osf.io/htbrw⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId77" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01674342v1</w:t>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01674336v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La temporalité, un facteur déterminant des conduites addictives</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Time perspective and alcohol-use indicators in France and the United Kingdom: results across adolescents, university students, and treatment outpatients</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Eric Dietlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tianna Loose</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">James Andretta</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jon Cole</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Addiction Research and Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 26 (2), pp.143-150. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/16066359.2017.1334202⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02864035v1</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02864001v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’enjeu de la subjectivité des adolescents face aux mesures de prévention de l’alcool et du tabac</w:t>
               </w:r>
@@ -2999,234 +2999,234 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355534v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interventions menées par Internet en addictologie. Bénéfices et limites: Revue de la littérature. = Internet interventions in the field of addiction medicine. Benefits and limitations: Review of the literature</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Adaptation française d'une échelle d'utilisation problématique d'Internet : le PIUQ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 34 (2), pp.113--119</w:t>
+              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01566756v1</w:t>
+                <w:t xml:space="preserve">hal-01467314v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId107" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Adaptation française d'une échelle d'utilisation problématique d'Internet : le PIUQ</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interventions menées par Internet en addictologie. Bénéfices et limites: Revue de la littérature. = Internet interventions in the field of addiction medicine. Benefits and limitations: Review of the literature</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Acier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel H. Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie Grall-Bronnec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucia Romo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurence Kern</w:t>
-[...14 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Franck Salomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">L'Évolution Psychiatrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012</w:t>
+              <w:t xml:space="preserve">Alcoologie et addictologie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 34 (2), pp.113--119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId107" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01467314v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01566756v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réduction des méfaits : Perceptions d’intervenants en addictologie</w:t>
               </w:r>
@@ -3275,247 +3275,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03355521v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Anxiété et stress : impact de la préparation du concours de pharmacie</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Problematic Internet Use: Perceptions of Addiction Counsellors</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId113" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Amandine Chaillou</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2011.07.010⟩</w:t>
+              <w:t xml:space="preserve">Computers and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 56 (4), pp.983-989. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.compedu.2010.11.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03332413v1</w:t>
+                <w:t xml:space="preserve">hal-01469460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Problematic Internet Use: Perceptions of Addiction Counsellors</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Anxiété et stress : impact de la préparation du concours de pharmacie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdel Halim Boudoukha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Angélique Bonnaud-Antignac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Laurence Kern</w:t>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Amandine Chaillou</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Computers and Education</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.compedu.2010.11.016⟩</w:t>
+              <w:t xml:space="preserve">Journal de Thérapie Comportementale et Cognitive</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 21 (3), pp.90-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jtcc.2011.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-01469460v1</w:t>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03332413v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (11)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -4289,117 +4289,117 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Initiation of Addiction Treatment and Access to Services</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vincent Wagner</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Karine Bertrand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId79" w:history="1">
+            <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jorge Flores-Aranda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natacha Brunelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Society of Addiction Medicine &amp; Canadian Society of Addiction Medicine Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2016, Montréal, Canada. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1177/1049732316679372⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481774v1</w:t>
@@ -4508,191 +4508,191 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01481769v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dépendance à Internet : analyse des outils quantitatifs</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId108" w:history="1">
+                <w:t xml:space="preserve">L'usage problématique d'internet : point de vue de cliniciens à Montréal</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Acier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international francophone d'addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId134" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469923v1</w:t>
+                <w:t xml:space="preserve">hal-01469922v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'usage problématique d'internet : point de vue de cliniciens à Montréal</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Dépendance à Internet : analyse des outils quantitatifs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Kern</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Congrès international francophone d'addictologie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01469922v1</w:t>
+                <w:t xml:space="preserve">hal-01469923v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5348,51 +5348,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louise Nadeau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId108" w:history="1">
+            <w:hyperlink r:id="rId104" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2011</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Ouvrages</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -5436,230 +5436,230 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les constituants de la cyberdépendance</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Évolution des troubles de la personnalité chez les toxicomanes en traitement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Landry</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId147" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">L. Kern</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Joly</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Nadeau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L.-G. Cournoyer</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les addictions sans drogue : prévenir et traiter</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Elsevier Masson, pp.162-166, 2012</w:t>
+              <w:t xml:space="preserve">Les troubles concomitants de toxicomanie et de santé mentale : résultats de recherche au Québec et réflexions cliniques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses de l’Université Laval, pp.149-172, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03355524v1</w:t>
+                <w:t xml:space="preserve">hal-03355504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId153" w:history="1">
+            <w:hyperlink r:id="rId156" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Évolution des troubles de la personnalité chez les toxicomanes en traitement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Les constituants de la cyberdépendance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Acier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">L.-G. Cournoyer</w:t>
+            <w:hyperlink r:id="rId147" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Kern</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Les troubles concomitants de toxicomanie et de santé mentale : résultats de recherche au Québec et réflexions cliniques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Presses de l’Université Laval, pp.149-172, 2012</w:t>
+              <w:t xml:space="preserve">Les addictions sans drogue : prévenir et traiter</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Elsevier Masson, pp.162-166, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId153" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03355504v1</w:t>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03355524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Article de blog scientifique (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -5979,51 +5979,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="7C2C0A82"/>
+    <w:nsid w:val="7AFC5255"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -6210,51 +6210,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-acier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4993-1247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083566090" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253435v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toinon Vigier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonneville" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Georges" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2025.1545569" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Millet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Sallot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635206v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11020345" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rabeyron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Langlet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrea.004.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662103v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beslon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wagner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2021.03.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863992v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Dietlin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687637.2019.1611737" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864018v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/psyc/20194840" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-CFGJF0CN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863983v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianna Loose" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Pilet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan El-Baalbaki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134468-20191157" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864022v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vicquelin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quereux" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lepeintre" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maillard" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2018.07.008" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z6NTLR24-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863999v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.22637" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863995v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2018.06.036" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799729v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10826084.2018.1441310" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864041v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.355.0018" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863989v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robiou Du Pont" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0961463X18758515" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864002v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2017.04.009" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674339v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cyber.2016.0438" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674320v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674336v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31219/osf.io/htbrw" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864001v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Andretta" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Cole" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2017.1334202" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674342v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bertrand" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Flores-Aranda" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Brunelle" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732316679372" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864035v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Sysayko" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02890212v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chevalier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Guibert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037731ar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864037v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Raynault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.01.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guibert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14659891.2014.909892" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355730v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guilbaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.08.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2013.03.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467314v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355521v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332413v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chaillou" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2011.07.010" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469460v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2010.11.016" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5BFD42P-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907281v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520679v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Thevenet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918623v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479019v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Gaboriau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sakka" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Delacroix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02053-8_14" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918624v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537236v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481774v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481769v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3744.9848" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469923v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469922v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918625v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481773v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2172.1202" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481765v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Halim Boudoukha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2696.4082" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864042v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4135/9781526444165" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355423v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kern" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Nadeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355420v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01470104v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Nadeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355524v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355504v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landry" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-G. Cournoyer" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662111v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130946v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beayni El" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Bretesch&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-acier" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0003-4993-1247" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/083566090" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05253435v1" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yannick Pri&#233;" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Toinon Vigier" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Acier" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Bonneville" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Georges" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2025.1545569" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05361696v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Millet" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elo&#239;se Sallot" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03635206v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Bulteau" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andrew Laurin" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kalyane Bach-Ngohou" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane P&#233;r&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Anne Vibet" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/jcm11020345" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662115v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Rabeyron" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentine Langlet" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/nrea.004.0105" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662103v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Beslon" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V. Wagner" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2021.03.002" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863992v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Wagner" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Eric Dietlin" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09687637.2019.1611737" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864018v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/psyc/20194840" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-CFGJF0CN-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863983v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tianna Loose" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Luc Pilet" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aurore Deledalle" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ghassan El-Baalbaki" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1163/22134468-20191157" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864041v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/jdp.355.0018" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01799729v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10826084.2018.1441310" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864022v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Vicquelin" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Quereux" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Lepeintre" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Maillard" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.lpm.2018.07.008" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-Z6NTLR24-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863999v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/jclp.22637" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863995v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.paid.2018.06.036" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864035v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jade Sysayko" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674342v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karine Bertrand" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Flores-Aranda" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natacha Brunelle" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/1049732316679372" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674339v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1089/cyber.2016.0438" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674320v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864002v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.addbeh.2017.04.009" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02863989v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Robiou Du Pont" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0961463X18758515" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01674336v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31219/osf.io/htbrw" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864001v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=James Andretta" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jon Cole" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16066359.2017.1334202" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-02890212v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Kindelberger" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Camille Chevalier" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Guibert" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.7202/1037731ar" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864037v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alison Raynault" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Morgane Rousselet" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie Grall-Bronnec" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amp.2015.01.012" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864012v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Guibert" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3109/14659891.2014.909892" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355730v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Guilbaud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.H. Boudoukha" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2012.08.004" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355534v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.evopsy.2013.03.001" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01467314v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Kern" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01566756v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel H. Boudoukha" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Romo" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Franck Salom&#233;" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355521v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469460v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compedu.2010.11.016" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-P5BFD42P-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03332413v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel Halim Boudoukha" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ang&#233;lique Bonnaud-Antignac" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Chaillou" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jtcc.2011.07.010" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04907281v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04520679v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Thevenet" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918623v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02479019v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;nald Gaboriau" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Sakka" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Delacroix" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-02053-8_14" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918624v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01537236v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01626144v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481774v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481769v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Rocher" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.3744.9848" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469922v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01469923v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02918625v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481773v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2172.1202" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01481765v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdel-Halim Boudoukha" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Bourdon" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13140/RG.2.1.2696.4082" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02864042v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4135/9781526444165" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355423v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Nadeau" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Kern" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.L. Nadeau" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355420v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.parisnanterre.fr/hal-01470104v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louise Nadeau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355504v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Landry" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Joly" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L.-G. Cournoyer" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-angers.hal.science/hal-03355524v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04662111v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05130946v1" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beayni El" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tess Bretesch&#233;" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Coudronniere" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Agn&#232;s Florin" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>