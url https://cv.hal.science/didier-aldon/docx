--- v0 (2026-03-04)
+++ v1 (2026-03-29)
@@ -287,51 +287,51 @@
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marielle Aguilar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">The Plant Journal</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, In press, </w:t>
+              <w:t xml:space="preserve">, inPress, </w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1111/tpj.17179⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
@@ -840,217 +840,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03627285v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRR2, a pseudo-response regulator, promotes salicylic acid and camalexin accumulation during plant immunity</w:t>
+                <w:t xml:space="preserve">Respective contribution of CML8 and CML9, two arabidopsis calmodulin-like proteins, to plant stress responses</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécilia Cheval</w:t>
+                <w:t xml:space="preserve">Xiaoyang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...37 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Scientific Reports</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1038/s41598-017-07535-8⟩</w:t>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 12 (5), pp.e1322246. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/15592324.2017.1322246⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03611666v2</w:t>
+                <w:t xml:space="preserve">hal-03627251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CML8, an Arabidopsis Calmodulin-Like Protein, Plays a Role in Pseudomonas syringae Plant Immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Xiaoyang Zhu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eugénie Robe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucile Jomat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1059,759 +1042,776 @@
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Mazars</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 58 (2), pp.307-319. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId49" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/pcp/pcw189⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03726165v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId50" w:history="1">
+            <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Respective contribution of CML8 and CML9, two arabidopsis calmodulin-like proteins, to plant stress responses</w:t>
+                <w:t xml:space="preserve">PRR2, a pseudo-response regulator, promotes salicylic acid and camalexin accumulation during plant immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xiaoyang Zhu</w:t>
+                <w:t xml:space="preserve">Cécilia Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Perez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...20 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Jérôme Leba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoît Ranty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Perochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 12 (5), pp.e1322246. </w:t>
+              <w:t xml:space="preserve">Scientific Reports</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 7 (1), pp.6979. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/15592324.2017.1322246⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1038/s41598-017-07535-8⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03627251v1</w:t>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03611666v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calcium sensors as key hubs in plant responses to biotic and abiotic stresses</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">CMLS control host-plant interactions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Mazars</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Valérie Cotelle</w:t>
+                <w:t xml:space="preserve">Ralf Oelmüller</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Patrice Thuleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Endocytobiosis and Cell Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27 (1), pp.1-13</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03704273v1</w:t>
+                <w:t xml:space="preserve">hal-03763120v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId56" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CMLS control host-plant interactions</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId43" w:history="1">
+                <w:t xml:space="preserve">Calcium sensors as key hubs in plant responses to biotic and abiotic stresses</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Ralf Oelmüller</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Cotelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Thuleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Endocytobiosis and Cell Research</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Frontiers in Plant Science</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 7, pp.327. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3389/fpls.2016.00327⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03763120v1</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03704273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">CML9, a multifunctional Arabidopsis thaliana calmodulin-like protein involved in stress responses and plant growth?</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Plant Calmodulins and Calmodulin-Related Proteins</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 7 (9), pp.1121-1124. </w:t>
+              <w:t xml:space="preserve">, 2014, 1 (3), pp.96-104. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/psb.21308⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4161/psb.1.3.2998⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472641v1</w:t>
+                <w:t xml:space="preserve">hal-04638200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Plant Calmodulins and Calmodulin-Related Proteins</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">CML9, a multifunctional Arabidopsis thaliana calmodulin-like protein involved in stress responses and plant growth?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Jérôme Leba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Perochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Cheval</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 1 (3), pp.96-104. </w:t>
+              <w:t xml:space="preserve">, 2014, 7 (9), pp.1121-1124. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4161/psb.1.3.2998⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4161/psb.21308⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04638200v1</w:t>
+                <w:t xml:space="preserve">hal-04472641v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Calcium/calmodulin-mediated regulation of plant immunity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ranty</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Biochimica et Biophysica Acta - Molecular Cell Research</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 1833 (7), pp.1766-1771. </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1845,77 +1845,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between calcium and sphingolipid-dependent signalling pathways during the early steps of plant–pathogen interactions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId56" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Patrice Thuleau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId53" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Valérie Cotelle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christian Brière</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1992,51 +1992,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">CML9, an Arabidopsis calmodulin‐like protein, contributes to plant innate immunity through a flagellin‐dependent signalling pathway</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Louis‐jérôme Leba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40" w:history="1">
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cécilia Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Inmaculada Ortiz-Martín</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2107,893 +2107,893 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04472637v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Involvement of RD20, a member of caleosin family, in ABA-mediated regulation of germination in Arabidopsis thaliana</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Cécilia Cheval</w:t>
+                <w:t xml:space="preserve">Calmodulin and calmodulin-like proteins in plant calcium signaling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Perochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ranty</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...15 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.4161/psb.6.4.14836⟩</w:t>
+              <w:t xml:space="preserve">Biochimie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 93 (12), pp.2048-2053. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.biochi.2011.07.012⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04472644v1</w:t>
+                <w:t xml:space="preserve">hal-04638301v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId78" w:history="1">
+            <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Calmodulin and calmodulin-like proteins in plant calcium signaling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
+                <w:t xml:space="preserve">Involvement of RD20, a member of caleosin family, in ABA-mediated regulation of germination in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Louis-Jérome Leba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécilia Cheval</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoit Ranty</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Vavasseur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochimie</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.biochi.2011.07.012⟩</w:t>
+              <w:t xml:space="preserve">Plant Signaling and Behavior</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 6 (4), pp.538-540. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.4161/psb.6.4.14836⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04638301v1</w:t>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472644v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">GATEWAY™ technology and E. coli recombinant system produce a properly folded and functional recombinant allergen of the lipid transfer protein of apple (Mal d 3)</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Interaction of a plant pseudo-response regulator with a calmodulin-like protein</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Perochon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Philippe Borges</w:t>
+                <w:t xml:space="preserve">Stefan Dieterle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Raphaël Culerrier</w:t>
+                <w:t xml:space="preserve">Cecile Pouzet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId84" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Hervé Benoist</w:t>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Protein Expression and Purification</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.pep.2009.09.009⟩</w:t>
+              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 398 (4), pp.747-751. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2010.07.016⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">istex</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04726722v1</w:t>
+                <w:t xml:space="preserve">hal-04638273v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId88" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RD20, a Stress-Inducible Caleosin, Participates in Stomatal Control, Transpiration and Drought Tolerance in Arabidopsis thaliana</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Yann Aubert</w:t>
+                <w:t xml:space="preserve">GATEWAY™ technology and E. coli recombinant system produce a properly folded and functional recombinant allergen of the lipid transfer protein of apple (Mal d 3)</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Philippe Borges</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId88" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Raphaël Culerrier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Denis Vile</w:t>
+                <w:t xml:space="preserve">Annick Barre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Marjorie Pervent</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Benoit Ranty</w:t>
+                <w:t xml:space="preserve">Hervé Benoist</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 51 (12), pp.1975-1987. </w:t>
+              <w:t xml:space="preserve">Protein Expression and Purification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 70 (2), pp.277-282. </w:t>
             </w:r>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1093/pcp/pcq155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.pep.2009.09.009⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId88" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04472650v1</w:t>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04726722v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">RD20, a stress-inducible caleosin, participates in stomatal control, transpiration and drought tolerance in Arabidopsis thaliana</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId89" w:history="1">
+                <w:t xml:space="preserve">RD20, a Stress-Inducible Caleosin, Participates in Stomatal Control, Transpiration and Drought Tolerance in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yann Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Vile</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId90" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marjorie Pervent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">B. Ranty</w:t>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Benoit Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 51 (12), pp.1975 -1987. </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId91" w:history="1">
+              <w:t xml:space="preserve">, 2010, 51 (12), pp.1975-1987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1093/pcp/pcq155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02665037v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04472650v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Interaction of a plant pseudo-response regulator with a calmodulin-like protein</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Jean-Philippe Galaud</w:t>
+                <w:t xml:space="preserve">RD20, a stress-inducible caleosin, participates in stomatal control, transpiration and drought tolerance in Arabidopsis thaliana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Vile</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marjorie Pervent</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Aldon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Biochemical and Biophysical Research Communications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.bbrc.2010.07.016⟩</w:t>
+              <w:t xml:space="preserve">Plant and Cell Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 51 (12), pp.1975 -1987. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId96" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/pcp/pcq155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId99" w:history="1">
-[...17 lines deleted...]
-                <w:t xml:space="preserve">hal-04638273v1</w:t>
+            <w:hyperlink r:id="rId97" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02665037v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mutations in AtCML9, a calmodulin‐like protein from Arabidopsis thaliana , alter plant responses to abiotic stress and abscisic acid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fabienne Magnan</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId102" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Martine Charpenteau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3070,51 +3070,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régulation de l’expression génique par la calmoduline chez les plantes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Benoît Ranty</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3516,51 +3516,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">First evidence of a calcium transient in flowering plants at fertilization</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Digonnet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Leduc</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3650,51 +3650,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A.F. Antoine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Dumas</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3745,51 +3745,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emerging data on pollen tube growth and fertilization in flowering plants, 1990-1995</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.E. Faure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. Aldon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Rougier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4274,51 +4274,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Galaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aldon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.10.012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820005v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lucchin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouassier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Robe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Mbengue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Aguilar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.17179" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472621v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1004406" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358710v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guerringue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ranty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pouzet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jauneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110197" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mazars" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19030665" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03627285v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Heyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Scholz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Voigt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reichelt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0197633" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03611666v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cheval" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Perez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-J&#233;r&#244;me Leba" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ranty" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perochon" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07535-8" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03726165v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Zhu" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jomat" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcw189" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03627251v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2017.1322246" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03704273v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cotelle" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Thuleau" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00327" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03763120v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Oelm&#252;ller" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472641v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ranty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.21308" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638200v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.1.3.2998" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2013.01.031" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638312v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bri&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2012.11.024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472637v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;j&#233;r&#244;me Leba" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Ortiz-Mart&#237;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Beuz&#243;n" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2012.05045.x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472644v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Aubert" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-J&#233;rome Leba" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vavasseur" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.6.4.14836" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638301v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.07.012" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1N14QK-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726722v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Borges" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Culerrier" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoist" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2009.09.009" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZD4TFZB9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472650v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcq155" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665037v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aubert" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aldon" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638273v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Dieterle" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2010.07.016" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NS3SF2TJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638195v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Magnan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Charpenteau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Galaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03622.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726733v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200723113" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Brito" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barberis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boucher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI.2002.15.2.109" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726744v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.10.2304" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688492v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Digonnet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rougier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Antoine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689295v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Faure" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705499v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Robe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04788158v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Galaud" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Genin" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Aldon" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.tplants.2024.10.012" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04820005v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amandine Lucchin" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H&#233;l&#232;ne Fouassier" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eug&#233;nie Robe" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Malick Mbengue" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marielle Aguilar" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/tpj.17179" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472621v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sarah Carpentier" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Berthom&#233;" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2022.1004406" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02358710v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Perez" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Guerringue" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ranty" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Pouzet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Jauneau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.plantsci.2019.110197" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02322737v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Mazars" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/ijms19030665" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03627285v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monika Heyer" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Scholz" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dagmar Voigt" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Reichelt" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.pone.0197633" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03627251v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaoyang Zhu" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Perez" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15592324.2017.1322246" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03726165v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucile Jomat" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcw189" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03611666v2" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Cheval" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-J&#233;r&#244;me Leba" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Beno&#238;t Ranty" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Perochon" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1038/s41598-017-07535-8" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03763120v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Oelm&#252;ller" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-03704273v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Cotelle" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Thuleau" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/fpls.2016.00327" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638200v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benoit Ranty" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.1.3.2998" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472641v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.21308" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638309v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2013.01.031" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638312v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Bri&#232;re" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbamcr.2012.11.024" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472637v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis&#8208;j&#233;r&#244;me Leba" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Inmaculada Ortiz-Mart&#237;n" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carmen Beuz&#243;n" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2012.05045.x" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638301v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.biochi.2011.07.012" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-2V1N14QK-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472644v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Aubert" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Louis-J&#233;rome Leba" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Vavasseur" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4161/psb.6.4.14836" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638273v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stefan Dieterle" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecile Pouzet" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbrc.2010.07.016" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-NS3SF2TJ-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726722v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Philippe Borges" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rapha&#235;l Culerrier" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Annick Barre" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Benoist" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.pep.2009.09.009" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZD4TFZB9-5/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04472650v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Vile" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marjorie Pervent" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/pcp/pcq155" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02665037v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Aubert" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Aldon" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638195v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabienne Magnan" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Charpenteau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Sotta" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean&#8208;philippe Galaud" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03622.x" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726733v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/medsci/200723113" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726734v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belen Brito" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Barberis" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boucher" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1094/MPMI.2002.15.2.109" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726744v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04726725v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/emboj/19.10.2304" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688492v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Digonnet" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Leduc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Dumas" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rougier" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02688494v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A.F. Antoine" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02689295v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.E. Faure" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04705499v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eve Teyssier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Rich" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tatiana Verni&#233;" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Garrigues" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tifenn Pellen" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04711752v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eugenie Robe" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>