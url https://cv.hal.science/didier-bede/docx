--- v0 (2026-03-09)
+++ v1 (2026-03-30)
@@ -109,247 +109,247 @@
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Below the Surface, Beyond the Past : Archéologie maritime et technologies numériques</w:t>
+                <w:t xml:space="preserve">Le cacao ivoirien face aux changements climatiques : la stratégie de communication du label Fairtrade répond-elle aux défis actuels?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
+                <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Didier Bédé</w:t>
+                <w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nantes Digital Week « Culture et Patrimoine numérique à Nantes »</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nantes Université, laboratoire LS2N, Sep 2025, Nantes, France</w:t>
+              <w:t xml:space="preserve">2ème Colloque international Afrique développement et Innovation (ADI)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2025, Clermont-Ferrand, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">halshs-05311706v1</w:t>
+                <w:t xml:space="preserve">halshs-05409096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Le cacao ivoirien face aux changements climatiques : la stratégie de communication du label Fairtrade répond-elle aux défis actuels?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Below the Surface, Beyond the Past : Archéologie maritime et technologies numériques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaëlle Dieulefet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2ème Colloque international Afrique développement et Innovation (ADI)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2025, Clermont-Ferrand, France</w:t>
+              <w:t xml:space="preserve">Nantes Digital Week « Culture et Patrimoine numérique à Nantes »</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nantes Université, laboratoire LS2N, Sep 2025, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId11" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">halshs-05409096v1</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-05311706v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La Digitalisation de la Supply Chain comme aide à la création d'un Business Model Durable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15ème Conférence de l’AIRL-SCM</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Excelia Business School, May 2024, La Rochelle, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -387,51 +387,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la création d’un hub multi-énergétique portuaire pour optimiser la décarbonation des activités portuaires et des transports amont/aval</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Bostel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -469,77 +469,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La valorisation du label Fairtrade autour d’un business model durable grâce à la réalité virtuelle : une application au cacao sur le marché du commerce équitable</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mantiaba Coulibaly-Ballet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">39ème congrès international de l'Association Française de Marketing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Association Française de Marketing, May 2023, Vannes (Bretagne, France), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -564,64 +564,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les outils de la réalité virtuelle comme réponse aux spécificités des Gen-zers : une application par la pédagogie expérientielle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journées INSPE Occitanie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Cap d'Adge, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -646,64 +646,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">UN RENOUVEAU DES ACTIVITES PEDAGOGIQUES AU TRAVERS DES OUTILS DE LA REALITE VIRTUELLE : UNE ADAPTATION A LA SPECIFICITE DES GEN-ZERS PAR LA PEDAGOGIE EXPERIENTIELLE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée de recherche Web 3 Métavers et Management : nouveaux enjeux théoriques et nouvelles pratiques,</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Paris Panthéon-ASSAS, LARGEPA, Jun 2023, Paris, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -728,64 +728,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine tourism next-gen: a case study of a virtual reality implementation in a wine cooperative in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Colloque « Crises, défis, innovations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, CRINI LEA, Jun 2022, Nantes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -810,77 +810,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La réalité virtuelle au service de l’expérience de consommation oenotouristique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6ème Conférence de l’Association Francophone du Management du Tourisme (AFMAT)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IAE de Perpignan, May 2019, Perpigan, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -905,51 +905,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le développement des relations internationales des Instituts Universitaires de Technologie : les conditions d’une professionnalisation internationale</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">10ème édition du Colloque Journées Pédagogie &amp; Professionnalisation - Professionnalisation des IUT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IUT de Saint-Nazaire, Mar 2019, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -974,77 +974,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intergenerational transmission :</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11th Academy of Wine Business Research Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Academy of Wine Business Research, Jan 2019, Stellenbosch, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1069,64 +1069,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine industry in the era of the virtuality: an answer to the expectations of Gen-Zers?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41ème Congrès Mondial de la Vigne et du Vin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OIV, Nov 2018, Punta del Este, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1151,77 +1151,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Intergenerational transmission: an exploratory study of Generation Z wine consumer behavior</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Charlotte Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">41ème Congrès Mondial de la Vigne et du Vin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, OIV, Nov 2018, Punta del Este, Uruguay</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1240,385 +1240,385 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04047127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Les routes des vins au secours de la vitiviniculture</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Stratégie de développement de l’oenotourisme, sur la route des vins d’Alsace</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Bédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Didier Bédé</w:t>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Coralie Haller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Conférence ATLAS AFMI - Internationalisation durable et instabilités politiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Co-organisée par l’IAE Nice Graduate School of Management et l’EDHEC Business School, Jun 2016, Nice, France</w:t>
+              <w:t xml:space="preserve">3ème conférence de l’Association Francophone du Management du Tourisme (AFMAT) - L'innovation dans le tourisme: L'heure des défis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, INSEEC Alpes-Savoie, May 2016, Chambéry, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245546v1</w:t>
+                <w:t xml:space="preserve">hal-04245600v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Réalité virtuelle et vitiviniculture, un double oxymore ?</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">La compétitivité des plates-formes logistiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">39ème Congrès Mondial de la Vigne et du Vin</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, OIV, Oct 2016, Bento Gonçalves, Brésil</w:t>
+              <w:t xml:space="preserve">6ème Conférence annuelle d’Atlas AFMI - Internationalisation durable et instabilités politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IAE Nice Graduate School of Management et EDHEC Business School, Jun 2016, Nice (FR), France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04047099v1</w:t>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245526v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Stratégie de développement de l’oenotourisme, sur la route des vins d’Alsace</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Les routes des vins au secours de la vitiviniculture</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Bédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Coralie Haller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">3ème conférence de l’Association Francophone du Management du Tourisme (AFMAT) - L'innovation dans le tourisme: L'heure des défis</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, INSEEC Alpes-Savoie, May 2016, Chambéry, France</w:t>
+              <w:t xml:space="preserve">6ème Conférence ATLAS AFMI - Internationalisation durable et instabilités politiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Co-organisée par l’IAE Nice Graduate School of Management et l’EDHEC Business School, Jun 2016, Nice, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04245600v1</w:t>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04245546v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">La compétitivité des plates-formes logistiques</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId10" w:history="1">
+                <w:t xml:space="preserve">Réalité virtuelle et vitiviniculture, un double oxymore ?</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">6ème Conférence annuelle d’Atlas AFMI - Internationalisation durable et instabilités politiques</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IAE Nice Graduate School of Management et EDHEC Business School, Jun 2016, Nice (FR), France</w:t>
+              <w:t xml:space="preserve">39ème Congrès Mondial de la Vigne et du Vin</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, OIV, Oct 2016, Bento Gonçalves, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04245526v1</w:t>
+                <w:t xml:space="preserve">hal-04047099v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine tourism as a territorial competitive advantage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1656,51 +1656,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virtual reality and wine industry, a double oxymoron?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1738,51 +1738,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine routes at the wineries’ rescue !</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1859,51 +1859,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Facteurs explicatifs des exportations de l'industrie vitivinicole : le cas du Languedoc Roussillon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Serge Agbodjo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5ème conférence annuelle d’Atlas AFMI Association Francophone de Management International</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Atlas-AFMI Association Francophone de Management International, May 2015, Hanoï, Vietnam</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -1941,51 +1941,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Autonomie et compétitivité des universités : quelle place pour les partenariats internationaux ?</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème colloque de l'AIRMAP</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, AIRMAP, May 2014, Aix en Provence, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2010,51 +2010,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’ouverture internationale des IUT à l’aune du New Public Management</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2118,51 +2118,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Saglietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fulconis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joice de Almeira Goes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2213,51 +2213,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The entry of logistics service provider (LSP) into the wine industry supply chain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fulconis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Saglietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2325,51 +2325,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’attractivité territoriale des places portuaires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">3ème conférence annuelle d’Atlas/AFMI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2013, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2394,90 +2394,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L’appropriation d’un outil de gestion de la qualité à travers le prisme de la légitimité : le cas d’un Institut d’Administration des Entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fiorello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">21ème Congrès des IAE</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2012, Poitiers, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2502,51 +2502,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Destination competitiveness: a comparison between meeting incentive convention exhibition industry and tourism attributes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2623,51 +2623,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The perceived value of the consumption experience in the case of volunteer tourism</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Orélien Berge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2705,51 +2705,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l’information numérique transmise par les habitants dans la gestion des communautés urbaines françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Caroline Baillet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2813,51 +2813,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rôle des flux numériques participatifs dans les approches du marketing public : une analyse à travers les communautés urbaines françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fiorello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2940,64 +2940,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wine Tourism Next-Gen: A Case Study of a Virtual Reality Implementation in a Wine Cooperative in France</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Technology Advances and Innovation in Wine Tourism</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Nature Singapore, pp.95-113, 2023, 978-981-19-8277-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3031,77 +3031,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The Role of Proximities in the Development of Wine Tourism Practices</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coralie Haller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Open Internationalization Strategy</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 1, </w:t>
             </w:r>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3148,51 +3148,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le rôle de l’information numérique transmise par les habitants dans la gestion des communautés urbaines françaises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fiorello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3275,64 +3275,64 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'attractivité oenotouristique à l'ère de la génération Z : utilisation et mise en oeuvre de la réalité virtuelle dans une coopérative vitivinicole française</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cahiers du CRINI</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, Crises et défis dans les échanges internationaux : Supply chain et commerce, mondialisation et cultures locales, 4, pp.20. </w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3379,51 +3379,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La filière viticole face aux goûts étranges des jeunes générations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C. Massa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">N. Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3487,51 +3487,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Saglietto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Fulconis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Joice de Almeira Goes</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3591,51 +3591,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId74" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les logiques d’attractivité des places portuaires : le cas de la plate-forme logistique du Grand Port Maritime de Marseille</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Logistique &amp; Management</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 21 (4), http://www.logistique-management.com/index.php?page=article&amp;art=2146</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -3660,90 +3660,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'appropriation d'un outil de gestion de la qualité à travers le prisme de la légitimité : le cas d'un Institut d'Administration des Entreprises</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Bédé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Amélie Fiorello</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nathalie Maumon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue management &amp; avenir</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2012, 4 (54), pp.83-106. </w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
@@ -3946,51 +3946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05311706v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;d&#233;" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05409096v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly-Ballet" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743088v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690046v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bostel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214336v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214341v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047610v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047166v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Massa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04235908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047139v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047127v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245546v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B&#233;d&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047099v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245600v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Haller" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245526v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04205096v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04205181v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maumon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245946v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crouch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Haller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04218203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Agbodjo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116327v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743923v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Saglietto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fulconis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joice de Almeira Goes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062817v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pach&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116346v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fiorello" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116349v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Or&#233;lien Berge" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Luu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743877v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743833v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Spieth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743851v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047699v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8277-4_7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04057882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/348261148_The_Role_of_Proximities_in_the_Development_of_Wine_Tourism_Practices/references" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003095163-11" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116354v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04297830v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/cahier-du-crini.170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04284985v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294824v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymondo Forradellas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16258312.2016.1171957" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116358v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951382v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.054.0083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05409096v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier B&#233;d&#233;" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mantiaba Coulibaly-Ballet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Maumon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-05311706v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Dieulefet" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743088v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690046v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Andre" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bostel" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214336v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214343v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04214341v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047610v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047166v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charlotte Massa" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04235908v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047139v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047112v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047127v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245600v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien B&#233;d&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Coralie Haller" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245526v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245546v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047099v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04205096v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04205181v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Maumon" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04245946v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Crouch" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Haller" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04218203v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Serge Agbodjo" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116327v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743923v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01111886v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Saglietto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Fulconis" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Joice de Almeira Goes" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01062817v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Pach&#233;" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116334v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116346v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Fiorello" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116349v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Or&#233;lien Berge" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Luu" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743877v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Baillet" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743833v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gr&#233;gory Spieth" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743851v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04047699v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-19-8277-4_7" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04057882v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.researchgate.net/publication/348261148_The_Role_of_Proximities_in_the_Development_of_Wine_Tourism_Practices/references" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4324/9781003095163-11" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116354v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-04297830v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.56078/cahier-du-crini.170" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ut3-toulouseinp.hal.science/hal-04284985v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Massa" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01294824v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raymondo Forradellas" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/16258312.2016.1171957" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-01116358v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00951382v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3917/mav.054.0083" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>