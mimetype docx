--- v0 (2026-03-04)
+++ v1 (2026-03-25)
@@ -303,325 +303,325 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05156879v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and characterization of monoclonal antibody peptide mimics</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design of CD20-functionalized surfaces for Rituximab recognition: impact of antigen density</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Boturyn</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Océane Ricloux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chanantida Jongwohan</w:t>
+                <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jordan Cossu</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Boturyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EDCSV Scientific Day</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
+              <w:t xml:space="preserve">5th International Caparica Christmas Conference on Translational Chemistry</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2024, Caparica (Lisbonne), Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04963130v1</w:t>
+                <w:t xml:space="preserve">hal-04843965v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of CD20-functionalized surfaces for Rituximab recognition: impact of antigen density</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Design and characterization of monoclonal antibody peptide mimics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Ricloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanantida Jongwohan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boturyn</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Caparica Christmas Conference on Translational Chemistry</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2024, Caparica (Lisbonne), Portugal</w:t>
+              <w:t xml:space="preserve">EDCSV Scientific Day</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2024, Grenoble, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04843965v1</w:t>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04963130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design of CD20 epitope clusters for rituximab recognition</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chanantida Jongwohan</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Océane Ricloux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chanantida Jongwohan</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Boturyn</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -728,51 +728,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and characterization of single-stranded DNA aptamers against the CD-20 antigen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Cossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Martel-Frachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -918,64 +918,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, synthesis and characterization of monoclonal antibody</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Cossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ravelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1039,77 +1039,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and characterization of single-stranded DNA aptamers against the CD-20 antigen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jordan Cossu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Ravelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Liliane Coche-Guérente</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Peyrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1160,51 +1160,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and characterization of single-stranded DNA aptamers against the CD-20 antigen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Cossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ravelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1268,51 +1268,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Design, synthesis and characterization of monoclonal antibody mimics</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Cossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Ravelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1376,51 +1376,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Selection and characterization of single stranded DNA aptamers against the CD20 antigen</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jordan Cossu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Véronique Martel-Frachet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1691,51 +1691,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Development of new antibody mimics: peptide screening on a home-made antigenic surface with optical techniques</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laure Bar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Dejeu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1985,51 +1985,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380192v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akos Banyasz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156879v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963130v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Ricloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanantida Jongwohan" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cossu" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Gu&#233;rente" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843965v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bar" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883649v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905446v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963225v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martel-Frachet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyrin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905435v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883635v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804286v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963167v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963205v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746917v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883612v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dejeu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lartia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Bano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Richter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05380192v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chartier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Akl" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Micouin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Akos Banyasz" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Maury" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05156879v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Boturyn" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843965v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oc&#233;ane Ricloux" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laure Bar" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Liliane Coche-Gu&#233;rente" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963130v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chanantida Jongwohan" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Cossu" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883649v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905446v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963225v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Martel-Frachet" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Ravelet" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Peyrin" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04905435v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883635v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804576v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04804286v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963167v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04963205v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04746917v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04917699v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Th&#233;r&#232;se Charreyre" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Duret" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salim Adjili" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=William Lacour" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Ladavi&#232;re" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04883612v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Dejeu" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Lartia" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fouzia Bano" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ralf Richter" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>