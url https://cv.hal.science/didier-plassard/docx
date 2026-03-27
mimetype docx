--- v0 (2026-03-06)
+++ v1 (2026-03-27)
@@ -1287,3064 +1287,3064 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03066463v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">« On peut faire théâtre de tout » : mises en jeu du réel et illimitation du théâtralisable sur la scène contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Fabula-LhT : littérature, histoire, théorie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 19, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067628v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Trouble dans l'humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manip</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 49, pp.13-14</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068305v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Collage et retour sur soi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Europe. Revue littéraire mensuelle</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, 1056, pp.109-117</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03064298v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 49, pp.13-14</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Il postdrammatico, ovvero l'astratto</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sciami Ricerche</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 2 (novembre), s.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 19, s.p</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064304v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actor and puppet on the contemporary stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maska</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (179-180), pp.8-17</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId38" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 2 (novembre), s.p</w:t>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064295v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig's Drama for Fools and Shakespeare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puppet Notebook</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 27, pp.5-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 31 (179-180), pp.8-17</w:t>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064296v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interroger le mouvement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art press 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38, pp.64-66</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId40" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 27, pp.5-7</w:t>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068301v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le chemin d'une radicalité. Marionnettes et écritures contemporaines</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Art press 2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 38, pp.34-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId41" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Interroger le mouvement</w:t>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068299v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Un public en demande des formes d'aujourd'hui. Le Festival mondial des Théâtres de marionnettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art press 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 38, pp.64-66</w:t>
+              <w:t xml:space="preserve">, 2015, 38, pp.54-58</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Le chemin d'une radicalité. Marionnettes et écritures contemporaines</w:t>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068300v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig and the &amp;quot;smallest drama in the world</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Skenè. Journal of Theatre and Drama Studies</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1 (2), pp.51-64. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.13136/sjtds.v1i2.33⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063024v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">De Ne m’attendez pas ce soir aux Veuves, l’écriture avec marionnettes de François Billetdoux</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Komodo 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 4, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03063025v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mentir pour de vrai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art press 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 38, pp.34-38</w:t>
+              <w:t xml:space="preserve">, 2015, 38, pp.12-14</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId43" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Un public en demande des formes d'aujourd'hui. Le Festival mondial des Théâtres de marionnettes</w:t>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03068298v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frank Soehnle : laisser les choses raconter leurs histoires</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Art press 2</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2015, 38, pp.54-58</w:t>
+              <w:t xml:space="preserve">, 2015, 38, pp.67-69</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId44" w:history="1">
-[...66 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064292v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les scènes de l’intranquillité</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puck : la marionnette et les autres arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 20, pp.11-16</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId45" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 4, s.p</w:t>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064291v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’auteur et le metteur en scène : aperçus d’un combat</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bibliothèque comparatiste de la SFLGC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, s.p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId47" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 38, pp.12-14</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067520v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig e o Teatro dos Bobos : retrato de um encenador como autor cômico</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revista Brasileira de Estudos da Presença [Brazilian Journal on Presence Studies] </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 4 (3), pp.425-442</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, 38, pp.67-69</w:t>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067532v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frageis territorios do humano</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Móin-móin : revista de estudos sobre teatro de formas animadas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 12, pp.11-27</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId49" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 4 (3), pp.425-442</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067615v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O pós-dramático, ou seja, a abstracção</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sinais de Cena</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 18 (Décembre), pp.14-20</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Les scènes de l’intranquillité</w:t>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062587v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Entre l'homme et la chose</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Agôn : Revue des arts de la scène</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, n°4, s.p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064147v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Des théâtres de papier : quelques remarques sur l'écriture théâtrale contemporaine</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre/Public</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 205 (juillet-septembre), pp.14-20</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062588v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Von Kleist bis Craig : Wege einer idealistischen Theaterästhetik</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Theater der zeit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 26 (Septembre), pp.6-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064233v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marionnette aux postes-frontières de l'humain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Registres : Revue d'études théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064149v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">O autor, o bonequeiro e o bezerro de duas cabeças</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Móin-móin : revista de estudos sobre teatro de formas animadas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 8, pp.70-91</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064146v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les présences du marionnettiste</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Registres : Revue d'études théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064145v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le nouveau visage des arts de la marionnette</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Registres : Revue d'études théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064150v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Texte événement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Revue d'Histoire du Théâtre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 245-246, pp.5-16</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02920782v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Faire remonter la mort devient un acte d'amour</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pippo Delbono</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prospero European Review - Theatre and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064144v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Effet-dibbouk, effet-spectre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guidicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Critical Stages</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 2, pp.n.c</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03067099v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marionnettes réalistes, marionnettes hyperréalistes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Puck : la marionnette et les autres arts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 20, pp.11-16</w:t>
+              <w:t xml:space="preserve">, 2010, 17, pp.n.c</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId51" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, s.p</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064141v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ce qui tarde à émerger</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Prospero European Review - Theatre and Research</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1, pp.n.c</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, 12, pp.11-27</w:t>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064143v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du désir, on ne peut s'approcher qu'en dansant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alternatives théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 104, pp.2-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId53" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Des théâtres de papier : quelques remarques sur l'écriture théâtrale contemporaine</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03062086v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marionnette oblige : éthique et esthétique sur la scène contemporaine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Théâtre/Public</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2012, 205 (juillet-septembre), pp.14-20</w:t>
+              <w:t xml:space="preserve">, 2009, La marionnette? Traditions, croisements, décloisonnements, 193, pp.22-25</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId54" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 26 (Septembre), pp.6-9</w:t>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01574546v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La fabrique de l'avenir</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Les Amis de l'Ardenne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 26, pp.23-35</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, n°4, s.p</w:t>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064142v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Being John Malkovitch</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guidicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puck : la marionnette et les autres arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 15, pp.105-112</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId56" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 18 (Décembre), pp.14-20</w:t>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03064060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le poète et les sept tournesols</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Carole Guidicelli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre(s) en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 25, pp.114-119</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId57" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060947v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Le retour des fantômes sur le champ de bataille</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Otrante : art et littérature fantastiques</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2007, 22, pp.149-158</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 8, pp.70-91</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060948v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tout le monde est au service de tout le monde</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Aubert</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Richard Mitou</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre(s) en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.105-115</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02872725v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La figure et la toile</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brigitte Prost</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L’Annuaire théâtral : Revue québécoise d’études théâtrales</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 39, pp.75-96</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId60" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2011, 15, pp.n.c</w:t>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03061002v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Debout, face au chaos</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre(s) en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 24, pp.136-141</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId61" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 245-246, pp.5-16</w:t>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03060946v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une aventure de vie pour une famille théâtrale qui désire grandir ensemble</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marion Guerrero</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Lagord</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre(s) en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.116-121</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...29 lines deleted...]
-                <w:t xml:space="preserve">Faire remonter la mort devient un acte d'amour</w:t>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076937v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Les costumes des &amp;quot;Histrions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
-[...20 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 1, pp.n.c</w:t>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jane Joyet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Théâtre(s) en Bretagne</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, pp.122-130</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 1, pp.n.c</w:t>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076938v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L'&amp;quot;art de monter et de voiler&amp;quot;, ou le mythe des origines du théâtre selon E. G. Craig</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Puck : la marionnette et les autres arts</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, 14, pp.83-92</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId65" w:history="1">
-[...1000 lines deleted...]
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03064059v1</w:t>
-              </w:r>
-[...80 lines deleted...]
-                <w:t xml:space="preserve">hal-03076938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">En entrant dans la maison des visions</w:t>
               </w:r>
@@ -5323,1627 +5323,1627 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073459v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Du salon à l'atelier</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genres et esthétiques des théâtres de société (XVIIIe-XIXe siècles), Lausanne, Université de Lausanne, 7-8 décembre 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Lausanne, Suisse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073461v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Sculptures mouvantes: des poétiques symbolistes de la marionnette à la Surmarionnette d'Edward Gordon Craig</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Music for the Eye, Vanier College, Montréal, 31 mai 2017</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2017, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId109" w:history="1">
+            <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076130v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Lausanne, Suisse</w:t>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mimesis complexe et complexité des figures dans le théâtre contemporain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cristina Grazioli</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontre internationale sur la formation aux arts de la marionnette, Commission formation de l'UNIMA, Targoviste, 20-23 juin 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Targoviste, Roumanie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId110" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...44 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Targoviste, Roumanie</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Une scène &amp;quot;out of joint&amp;quot;: Edward Gordon Craig et la fêlure du visible</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SESC-Pinheiros, Sao Paulo, 17 Mars 2017</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, Sao Paulo, Brésil</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId111" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2017, Sao Paulo, Brésil</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076125v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Cony et le Guignol de la guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guignol 14-18, Cycle de conférences, Musée Gadagne, Lyon, 9 janvier 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId112" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076132v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Les fables du grand et du petit : la marionnette dans l'âge de l'intermédialité</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Narrativité et intermédialité sur la scène contemporaine, Université Paul Valéry - Montpellier 3, Montpellier, 6-8 octobre 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId113" w:history="1">
+            <w:hyperlink r:id="rId114" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03073460v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Lyon, France</w:t>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Cony ed il Guignol della Guerra</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Convegno Il Teatro nelle mani, Festival Arrivano dal mare!, Longiano, 24 septembre 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Longiano, Italy</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Longiano, Italy</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076128v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marionnette, ou la mimésis complexe</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Journée d'études "Territoires clastiques : pour en finir avec la marionnette", Université d'Artois, Arras, 8 mars 2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, Arras, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076060v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId117" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeung Fai: un maître des marionnettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Festival Internacional de Marionetas e de Formas Animadas (FIMFA), Lisbonne, Teatro Sao Luis, 21 mars 2016</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076127v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...34 lines deleted...]
-              <w:t xml:space="preserve">, 2016, Arras, France</w:t>
+            <w:hyperlink r:id="rId118" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L’opera di Tadeusz Kantor come prologo alle scene della dissociazione nel teatro di figura contemporaneo</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque international "Politica dell’arte, politica della vita : Tadeusz Kantor fra teatro, arti visive e letteratura", Università di Roma – La Sapienza / Istituto Polacco, Rome, 30 novembre - 2 décembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Rome, Italy. 368 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId117" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:color w:val="1e198e"/>
-[...31 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Rome, Italy. 368 p</w:t>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03069658v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marionnettes et figures : la scène comme un poème</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rencontres professionnelles "La marionnette: un art sans limites?", Festival Orbis Pictus, Reims, 24 avril 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Reims, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
-[...20 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076133v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sur quelques aspects du Regietheater</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Séminaire "Histoire du spectacle vivant, XIXe-XXe siècles", Centre d'Histoire Culturelle des Sociétés Contemporaines, Société d'Histoire du Théâtre /Bibliothèque nationale de France, Paris, 9 février 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId120" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076122v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La mimesi complessa del teatro di figura</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Seminario dottorale, Dipartimento di Studi Linguistici e Letterari, Università degli Studi di Padova, Padoue, 28 avril 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Padoue, Italy</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId121" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marionnette pour enfants : une invention moderne</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque Jeune public et marionnette(s), La Belle Saison avec l'enfance et la jeunesse / Festival Mondial des Théâtres de marionnettes, Charleville-Mézières, 24 septembre 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Charleville-Mezières, France</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId122" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076062v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marionnettes et figures : la scène comme un poème</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rencontres professionnelles "La marionnette: un art sans limites?", Festival Orbis Pictus, Reims, 24 avril 2015</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Reims, France</w:t>
+              <w:t xml:space="preserve">Journée d’études "Poétiques de l’image sur la scène marionnettique contemporaine", Université Paul-Valéry, Montpellier, 20 mars 2015</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId119" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Paris, France</w:t>
+            <w:hyperlink r:id="rId123" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03075107v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig’s Drama for Fools and Shakespeare</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">colloque international William Shakespeare and his interpretations through puppetry, Banská Bystrica, 26 septembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Banská Bystrica, Slovakia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId120" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Padoue, Italy</w:t>
+            <w:hyperlink r:id="rId124" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076059v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Actor and Puppet on the Contemporary Stage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festival Lutke 2014 "Contemporary Performing Arts: Animated Forms", Théâtre de marionettes de Ljubljana, Ljubljana, 8-14 septembre 2014</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, Ljubljana, Slovenia</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId121" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Montpellier, France</w:t>
+            <w:hyperlink r:id="rId125" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076326v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">« Le marionnettisable dans E roman-dit »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Retour de la fable et nouvelles narrativités dans le théâtre contemporain, acte 4 (Rencontre avec Daniel Danis à propos d'E roman-dit), Université Paul Valéry - Montpellier 3, 8 mars 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId122" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2015, Charleville-Mezières, France</w:t>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03074830v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La marionnette: un portrait de l'homme en enfant</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Colloque des XIIe JEPTAV "Les marionnettes, de la scène à l'écran: plasticité, articulation et désarticulation de l'humain", Institut Supérieur des Beaux-Arts de Sousse, Sousse, 7-10 mars 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Sousse, Tunisie</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId123" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Banská Bystrica, Slovakia</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02932543v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig's Drama for Fools: A Journey through the Past</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Action, Scene and Voice : 21st Century Dialogues with Edward Gordon Craig, Pomona College, Claremont, 28-30 mars 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Claremont, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId124" w:history="1">
-[...56 lines deleted...]
-              <w:t xml:space="preserve">, 2014, Ljubljana, Slovenia</w:t>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03073123v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Edward Gordon Craig and the Drama for Fools</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">John Philips Memorial Lecture, British Unima, Little Angel Theatre, Londres, 24 janvier 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Londres, United Kingdom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...52 lines deleted...]
-              <w:t xml:space="preserve">Retour de la fable et nouvelles narrativités dans le théâtre contemporain, acte 4 (Rencontre avec Daniel Danis à propos d'E roman-dit), Université Paul Valéry - Montpellier 3, 8 mars 2013</w:t>
+            <w:hyperlink r:id="rId129" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076058v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du théâtre de marionnettes au théâtre de figure: les mutations contemporaines d'un art traditionnel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Cycle de conférences "Esthétique de la diffusion artistique : histoire, supports, espaces", Université de Liège, 6 décembre 2013</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, Liège, Belgique</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId130" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076121v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">La germination du vivant : ce que raconte &amp;quot;Le Jardin de reconnaissance</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">"Retour de la fable et nouvelles narrativités dans le théâtre contemporain, acte 3 (Claude Buchvald : Ce que raconte le théâtre de Valère Novarina)", Université Paul Valéry-Montpellier 3, 13 février 2013.</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, Montpellier, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
-[...275 lines deleted...]
-            <w:hyperlink r:id="rId130" w:history="1">
+            <w:hyperlink r:id="rId131" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03074828v1</w:t>
-              </w:r>
-[...67 lines deleted...]
-                <w:t xml:space="preserve">hal-03076121v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId132" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Etica ed estetica sulla scena contemporanea : la figura come immagine dell'altro</w:t>
               </w:r>
@@ -9675,831 +9675,831 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04456762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Scenes of disquiet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Igor Tretinjak. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Contemporary Puppetry and Criticism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Osijek : Academy of Arts and Culture, pp.19-27, 2022, 978-953-8181-55-9</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId182" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04456955v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Participation à la table ronde « Ambregris : entre Pinocchio et Moby Dick. La tradition et la dramaturgie contemporaine dans le théâtre de marionnettes. » (Teatro Municipal São Luiz, Lisbonne, 21 mai 2021)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId184" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrick Sims</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catarina Firmo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luís Vieira</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Catarina Firmo, Luis Vieira, Miguel Falcão, Rute Ribeiro. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Pensar a marioneta FIMFA LX, Conversas e reflexoes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A Tarumba, pp.71-73, 2022, 978-989-97126-3-8</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId183" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Patrick Sims</w:t>
+                <w:t xml:space="preserve">hal-04456863v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature monstre. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Saminadayar-Perrin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId184" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Catarina Firmo</w:t>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Presses universitaires de Liège, coll. "Situations". </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature monstre. Une tératologie de l'art et du social (1848)1914)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses universitaires de Liège, 2020</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">halshs-04454263v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Littérature monstre. Une tératologie de l'art et du social. Introduction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...24 lines deleted...]
-              <w:t xml:space="preserve">, A Tarumba, pp.71-73, 2022, 978-989-97126-3-8</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Saminadayar-Perrin</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Yanna Kor; Didier Plassard; Corinne Saminadayar-Perrin. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Littérature monstre. Une tératologie de l'art et du social</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Presses universitaires de Liège</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, pp.7-16, 2020, Situations, 978-2-87562-247-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId182" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Osijek : Academy of Arts and Culture, pp.19-27, 2022, 978-953-8181-55-9</w:t>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03189632v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illusao continua e illusao discontinua no palco das marionetas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Luis Vieira; Rute Ribeiro. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A Tarumba, marionetas e formas animadas 25 anos</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, A Tarumba - Teatro de Marionetas, pp.16-21, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId186" w:history="1">
-[...73 lines deleted...]
-              <w:t xml:space="preserve">, Presses universitaires de Liège, 2020</w:t>
+            <w:hyperlink r:id="rId191" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058219v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Illusion continue et illusion discontinue sur la scène des marionnettes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Sylvie Martin-Lahmani. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Poétiques de l'illusion: dialogues contemporains entre marionnettes et magie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Alternatives théâtrales, pp.12-17, 2018</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...86 lines deleted...]
-              <w:t xml:space="preserve">, pp.7-16, 2020, Situations, 978-2-87562-247-1</w:t>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057686v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Savage eye : the shooting/reflected body</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Nicolò Daniela; Casagrande Enrico. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Hello stranger: Motus 1991-2016</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Damiani, pp.199, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, A Tarumba - Teatro de Marionetas, pp.16-21, 2018</w:t>
+            <w:hyperlink r:id="rId193" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03058167v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Du théâtre de marionnettes au théâtre avec marionnettes : analyse d'un changement de paradigme</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Durand Pascal; Servais Christine. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">L'intervention du support: Médiation esthétique et énonciation éditoriale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Presses Universitaires de Liège, pp.41-49, 2017</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId191" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Alternatives théâtrales, pp.12-17, 2018</w:t>
+            <w:hyperlink r:id="rId194" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057227v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Théâtraliser l’inhumain : dramaturgie verbale et dramaturgie visuelle chez Matéi Visniec</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Cap-Brun Marina; Nicolae Florentina. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Literatura, teatrul şi filmul, în onoarea dramaturgului Matei Vişniec</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Ovidius University Press, pp.n.c., 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId192" w:history="1">
-[...60 lines deleted...]
-              <w:t xml:space="preserve">, Presses Universitaires de Liège, pp.41-49, 2017</w:t>
+            <w:hyperlink r:id="rId195" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03057201v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId196" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gaston Cony et le Guignol de la Guerre</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guignol 14-18 : mobiliser, survivre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Silvana Editoriale, pp.67-74, 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId193" w:history="1">
-[...141 lines deleted...]
-            <w:hyperlink r:id="rId195" w:history="1">
+            <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03058164v1</w:t>
-              </w:r>
-[...71 lines deleted...]
-                <w:t xml:space="preserve">hal-03057201v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Se souvenir aussi est un acte politique</w:t>
               </w:r>
@@ -12033,275 +12033,275 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId218" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">La marionnette : une hypothèse de transgression</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Plassard</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">2014, pp.113-116</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Traduction</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId218" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03076836v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId219" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Le Meccano des généraux</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.157-164</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId218" w:history="1">
+            <w:hyperlink r:id="rId219" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076840v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">La voix d’Ubu</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.125-132</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId219" w:history="1">
+            <w:hyperlink r:id="rId220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076838v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ars combinatoria : le grotesque et la marionnette</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Plassard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2014, pp.29-38</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Traduction</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId220" w:history="1">
+            <w:hyperlink r:id="rId221" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03076832v1</w:t>
-              </w:r>
-[...60 lines deleted...]
-                <w:t xml:space="preserve">hal-03076836v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId222" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Peter Sellars, La plus grande leçon de ma vie</w:t>
               </w:r>
@@ -12944,51 +12944,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3DC942E3"/>
+    <w:nsid w:val="B17BD1A9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -13175,51 +13175,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-plassard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2533-9460" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/027076067" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/54152766" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299768v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guidicelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Plassard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Decaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01847678251339021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457535v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457085v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.15807.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457105v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457060v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/sjtds.v8i1.369" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5817/TY2022-1-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457285v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanna Kor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456997v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185371v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066464v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185372v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Grazioli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5965/1414573102322018056B" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066463v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064298v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068305v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067628v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064304v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064295v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064296v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068301v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068299v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068300v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063024v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/sjtds.v1i2.33" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063025v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068298v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064292v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067532v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064291v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067520v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062588v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064233v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064147v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062587v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064146v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920782v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064144v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pippo Delbono" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064143v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064141v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067099v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062086v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574546v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064142v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064060v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060947v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060948v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872725v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Aubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mitou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061002v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Prost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060946v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076937v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guerrero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lagord" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064059v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076938v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Joyet" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060945v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328754v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna33.9791030011333.9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619362v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Bert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cuscun&#224;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Fazio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Efoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Pors" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.f14aw194" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770343v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mistral" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rousset" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6806794" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070009v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073458v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076124v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076129v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076126v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076130v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073461v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076131v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076125v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073460v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076132v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076128v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076127v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076060v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069658v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076133v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076122v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076123v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075107v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076062v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076059v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076326v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074830v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932543v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076058v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073123v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074828v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076121v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069683v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075824v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074829v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072733v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938281v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074600v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071899v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074102v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920781v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071057v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071058v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068607v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071898v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071897v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074103v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068605v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872724v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054847v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054846v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054891v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054726v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054725v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054629v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051223v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051112v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051101v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chambon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053861v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ch&#233;netier-Alev" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duvillier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01178281v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051266v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;der" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Picard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Metge" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Blot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01596055v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Picard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051268v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050479v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456762v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456863v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sims" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Firmo" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Vieira" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456955v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04454263v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Saminadayar-Perrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03189632v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.uliege.be/jcms/c_22193/situations-12" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058219v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057686v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057227v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058167v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058164v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057201v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056730v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058163v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056731v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056713v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057203v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056712v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056729v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058109v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872576v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058110v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058108v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056326v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056327v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058081v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058080v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056328v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055397v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055396v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076842v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076844v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076843v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076840v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076838v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076832v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076836v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076833v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076835v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076831v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076834v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076837v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076841v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077473v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de Morant Wallon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Herbin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nioche" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-plassard" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2533-9460" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/027076067" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://viaf.org/viaf/54152766" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05299768v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Guidicelli" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Plassard" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Decaix" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/01847678251339021" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457535v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457085v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.12688/openreseurope.15807.1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457105v1" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457060v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/sjtds.v8i1.369" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457028v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5817/TY2022-1-2" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457099v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04457285v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanna Kor" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456997v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185371v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067942v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066464v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03185372v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cristina Grazioli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5965/1414573102322018056B" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03066463v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067628v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068305v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064298v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064304v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064295v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064296v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068301v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068299v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068300v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063024v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.13136/sjtds.v1i2.33" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03063025v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068298v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064292v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064291v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067520v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067532v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067615v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062587v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064147v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062588v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064233v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064149v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064146v1" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064145v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064150v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920782v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064144v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pippo Delbono" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03067099v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064141v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064143v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03062086v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01574546v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064142v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064060v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060947v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060948v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872725v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Aubert" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Richard Mitou" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03061002v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brigitte Prost" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060946v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076937v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Guerrero" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Lagord" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076938v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jane Joyet" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03064059v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060944v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03060945v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05328754v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.46608/primaluna33.9791030011333.9" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04619362v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04479686v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanny Bert" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marta Cuscun&#224;" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francesca Di Fazio" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kossi Efoui" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Le Pors" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.34847/nkl.f14aw194" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-03770343v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Mistral" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Odile Rousset" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Girard" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5281/zenodo.6806794" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03070009v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073458v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076124v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076129v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076126v1" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073459v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073461v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076130v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076131v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076125v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076132v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073460v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076128v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076060v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076127v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069658v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076133v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076122v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076123v1" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076062v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075107v1" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076059v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076326v1" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074830v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02932543v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03073123v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076058v1" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076121v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074828v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03069683v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03075824v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074829v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03072733v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02938281v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074600v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071899v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074102v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02920781v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071057v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071058v1" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068607v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071898v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03071897v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03074103v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068605v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03068606v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872724v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054847v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054846v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054891v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054726v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054725v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054629v1" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03054890v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01526587v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carole Aurouet" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marianne Simon-Oikawa" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lugan Mika&#235;l" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giovanni Lista" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Prudon-Moral Montserrat" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051223v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051112v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051101v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#235;lle Chambon" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Goudard" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03053861v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Ch&#233;netier-Alev" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Duvillier" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-tours.hal.science/hal-01178281v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051266v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Cl&#233;der" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thimoth&#233;e Picard" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Metge" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Laure Blot" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-rennes2.hal.science/hal-01596055v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Timoth&#233;e Picard" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03051268v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03050479v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456762v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456955v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04456863v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Sims" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catarina Firmo" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lu&#237;s Vieira" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-04454263v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Saminadayar-Perrin" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-montpellier3-paul-valery.hal.science/hal-03189632v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.presses.uliege.be/jcms/c_22193/situations-12" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058219v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057686v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058167v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057227v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057201v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058164v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056730v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058163v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056731v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056713v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03057203v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056712v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056729v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058109v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02872576v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058110v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058108v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056326v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056327v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058081v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03058080v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03056328v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055397v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03055396v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076842v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076844v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076843v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076836v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076840v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076838v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076832v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076833v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076835v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076831v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076834v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076837v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076839v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03076841v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03077473v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alix de Morant Wallon" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Renaud Herbin" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julie Nioche" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>