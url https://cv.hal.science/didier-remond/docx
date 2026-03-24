--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -234,265 +234,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05069438v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Active Cables Selection for Collocated Vibration Control of Small-Sized Overconstrained Cable-Driven Parallel Robots</w:t>
+                <w:t xml:space="preserve">Video-based diagnosis of a rolling element bearing using a high-speed camera: Feedback on the Survishno 2023 conference contest</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Garcia</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
+                <w:t xml:space="preserve">Quentin Leclère</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simon Chesné</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Hugo André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Arthur Burel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Capdessus</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4067622⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 230, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.112601⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04971787v1</w:t>
+                <w:t xml:space="preserve">hal-05018687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Video-based diagnosis of a rolling element bearing using a high-speed camera: Feedback on the Survishno 2023 conference contest</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Active Cables Selection for Collocated Vibration Control of Small-Sized Overconstrained Cable-Driven Parallel Robots</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Arthur Burel</w:t>
+                <w:t xml:space="preserve">Thibault Garcia</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cécile Capdessus</w:t>
-[...5 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2025, 230, </w:t>
+              <w:t xml:space="preserve">Journal of Mechanisms and Robotics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 17 (7), pp.071001. </w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2025.112601⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4067622⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-05018687v1</w:t>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04971787v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic models for power transmission monitoring in non-stationary conditions based on IAS signals</w:t>
               </w:r>
@@ -621,51 +621,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Paillot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">E. Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1210,51 +1210,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Improving the monitoring indicators of a variable speed wind turbine using support vector regression</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -1334,343 +1334,343 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03178511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamics of Torsional Vibration Damper (TVD) pulley, implementation of a rubber elastomeric behavior, simulations and experiments</w:t>
+                <w:t xml:space="preserve">Coupled bending torsional vibrations of non-ideal energy source rotors under non-stationary operating conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">C.A.F. Silva</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Lionel Manin</w:t>
+                <w:t xml:space="preserve">Emna Sghaier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">R.G. Rinaldi</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">Jean-Luc Dion</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Peyret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanism and Machine Theory</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.103583⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 163, pp.105155. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105155⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02360753v1</w:t>
+                <w:t xml:space="preserve">hal-03182255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId62" w:history="1">
+            <w:hyperlink r:id="rId63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled bending torsional vibrations of non-ideal energy source rotors under non-stationary operating conditions</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Dynamics of Torsional Vibration Damper (TVD) pulley, implementation of a rubber elastomeric behavior, simulations and experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-Luc Dion</w:t>
+                <w:t xml:space="preserve">C.A.F. Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Peyret</w:t>
+                <w:t xml:space="preserve">R.G. Rinaldi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Besnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Mechanical Sciences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2019, 163, pp.105155. </w:t>
+              <w:t xml:space="preserve">Mechanism and Machine Theory</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 142, pp.103583. </w:t>
             </w:r>
             <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijmecsci.2019.105155⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.mechmachtheory.2019.103583⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03182255v1</w:t>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02360753v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Reconstruction of angular speed variations in the angular domain to diagnose and quantify taper roller bearing outer race fault</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -1711,346 +1711,346 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01903288v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A data sampling and attribute selection strategy for improving decision tree construction</w:t>
+                <w:t xml:space="preserve">Power losses distribution in serpentine belt drive: Modelling and experiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nour El Islem Karabadji</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Ilyes Khelf</w:t>
+                <w:t xml:space="preserve">Carlos Af Silva</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hassina Seridi</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Sabeur Aridhi</w:t>
+                <w:t xml:space="preserve">Marie-Ange Andrianoely</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etienne Besnier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.eswa.2019.03.052⟩</w:t>
+              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part D: Journal of Automobile Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, pp.095440701882494. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1177/0954407018824943⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03025844v1</w:t>
+                <w:t xml:space="preserve">hal-01995828v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId75" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Power losses distribution in serpentine belt drive: Modelling and experiments</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">A data sampling and attribute selection strategy for improving decision tree construction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nour El Islem Karabadji</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ilyes Khelf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hassina Seridi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Carlos Af Silva</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Etienne Besnier</w:t>
+                <w:t xml:space="preserve">Sabeur Aridhi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceedings of the Institution of Mechanical Engineers, Part D: Journal of Automobile Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Expert Systems with Applications</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2019, 129, pp.84-96. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.eswa.2019.03.052⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1177/0954407018824943⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-01995828v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03025844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimization of power losses in poly-V belt transmissions via genetic algorithm and dynamic programming</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos A.F. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77" w:history="1">
+            <w:hyperlink r:id="rId71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Ange Andrianoely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2153,51 +2153,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Carlos A.F. Silva</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">R.G. Rinaldi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2408,51 +2408,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a time-varying mechanical system using the Akaike information criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Ruzek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2525,51 +2525,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jose L. Gomez</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2642,51 +2642,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dany Abboud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2776,51 +2776,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2919,51 +2919,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yves St-Amant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 54-55, pp.481-490. </w:t>
@@ -3007,174 +3007,200 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01071592v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Editorial for the special issue on Instantaneous Angular Speed (IAS) processing and angular applications</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Precision of the IAS monitoring system based on the elapsed time method in the spectral domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">R.B. Randall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44 (1-2), pp.1-4. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2013.11.006⟩</w:t>
+              <w:t xml:space="preserve">, 2014, 44 (1-2), pp.14-30. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2013.06.020⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00916255v1</w:t>
+                <w:t xml:space="preserve">hal-00916257v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Introducing angularly periodic disturbances in dynamic models of rotating systems under non-stationary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3185,230 +3211,204 @@
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2014, Special Issue on Instantaneous Angular Speed (IAS) Processing and Angular Applications, 44 (1-2), pp.60-71. </w:t>
             </w:r>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1016/j.ymssp.2013.09.004⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
+            <w:hyperlink r:id="rId115" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00916259v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision of the IAS monitoring system based on the elapsed time method in the spectral domain</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hugo Andre</w:t>
+                <w:t xml:space="preserve">Editorial for the special issue on Instantaneous Angular Speed (IAS) processing and angular applications</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">François Girardin</w:t>
-[...38 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
+                <w:t xml:space="preserve">R.B. Randall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2014, 44 (1-2), pp.14-30. </w:t>
+              <w:t xml:space="preserve">, 2014, 44 (1-2), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2013.06.020⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2013.11.006⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00916257v1</w:t>
+                <w:t xml:space="preserve">hal-00916255v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instantaneous Angular Speed (IAS) processing and related angular applications</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robert B. Randall</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -3622,51 +3622,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An original differentiation tool for identification on continuous structures</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4079,702 +4079,702 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00591410v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Orthogonal polynomials or wavelet analysis for mechanical system direct identification</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
+                <w:t xml:space="preserve">High frequency correction of dynamometer for cutting force observation in milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pierre Argoul</w:t>
+                <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Annals of Solid and Structural Mechanics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2010, 1 (1), pp.41-58. </w:t>
+              <w:t xml:space="preserve">JOURNAL OF MANUFACTURING SCIENCE AND ENGINEERING-TRANSACTIONS OF THE ASME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 132 (3), 031002 (8 p.). </w:t>
             </w:r>
             <w:hyperlink r:id="rId150" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/s12356-009-0005-1⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.4001538⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId148" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00485149v1</w:t>
+                <w:t xml:space="preserve">hal-00938586v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Tool wear detection in milling-an original approach with a non-dedicated sensor</w:t>
+                <w:t xml:space="preserve">Damage reduction of on-board structures using piezoelectric components and active modal control — Application to a printed circuit board</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Francois Girardin</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Jean-Francois Rigal</w:t>
+                <w:t xml:space="preserve">Baptiste Chomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 24 (6), pp.1907-1920. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2010.02.008⟩</w:t>
+              <w:t xml:space="preserve">, 2010, 24 (2), pp.352-364. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId153" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2009.07.010⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId155" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00938587v1</w:t>
+                <w:t xml:space="preserve">hal-00466053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId156" w:history="1">
+            <w:hyperlink r:id="rId154" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Natural roller bearing fault detection by angular measurement of true instantaneous angular speed</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">J.B. Doray</w:t>
+                <w:t xml:space="preserve">Orthogonal polynomials or wavelet analysis for mechanical system direct identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2010.05.005⟩</w:t>
+              <w:t xml:space="preserve">Annals of Solid and Structural Mechanics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 1 (1), pp.41-58. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId156" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/s12356-009-0005-1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId156" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00504972v1</w:t>
+            <w:hyperlink r:id="rId154" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00485149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for detecting tool wear and breakage in milling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Material Forming</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2010, 3 (1), pp.463-466. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId164" w:history="1">
+            <w:hyperlink r:id="rId158" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1007/s12289-010-0807-z⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId162" w:history="1">
+            <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00949599v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId165" w:history="1">
+            <w:hyperlink r:id="rId159" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency correction of dynamometer for cutting force observation in milling</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">Natural roller bearing fault detection by angular measurement of true instantaneous angular speed</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Renaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId161" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bonnardot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId162" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Jean-François Rigal</w:t>
+                <w:t xml:space="preserve">J.B. Doray</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JOURNAL OF MANUFACTURING SCIENCE AND ENGINEERING-TRANSACTIONS OF THE ASME</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1115/1.4001538⟩</w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2010, 24 (7), pp.1998-2011. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId164" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2010.05.005⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId165" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00938586v1</w:t>
+            <w:hyperlink r:id="rId159" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00504972v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damage reduction of on-board structures using piezoelectric components and active modal control — Application to a printed circuit board</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Luc Gaudiller</w:t>
+                <w:t xml:space="preserve">Tool wear detection in milling-an original approach with a non-dedicated sensor</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Francois Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Francois Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2010, 24 (2), pp.352-364. </w:t>
-            </w:r>
+              <w:t xml:space="preserve">, 2010, 24 (6), pp.1907-1920. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId168" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2010.02.008⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2009.07.010⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00466053v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId165" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00938587v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId170" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modal control using real-time identification for time-varying structures</w:t>
               </w:r>
@@ -5235,248 +5235,248 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00485157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the improved use of Chebyshev expansion for mechanical system identification</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Face gear width prediction using the DOE method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId185" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Régis Dufour</w:t>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2007.07.011⟩</w:t>
+              <w:t xml:space="preserve">Journal of Mechanical Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 130 (10), pp.1-6. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId187" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/1.2965606⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00381480v1</w:t>
+                <w:t xml:space="preserve">hal-00381485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId187" w:history="1">
+            <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study of the loaded transmission error of a worm gear with a plastic wheel</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre de Vaujany</w:t>
+                <w:t xml:space="preserve">On the improved use of Chebyshev expansion for mechanical system identification</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId189" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">Julien Neyrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Mechanical Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2008, 130 (6), pp.1-10. </w:t>
+              <w:t xml:space="preserve">Mechanical Systems and Signal Processing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2008, 22 (2), pp.390-407. </w:t>
             </w:r>
             <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.2898877⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ymssp.2007.07.011⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId187" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00381434v1</w:t>
+            <w:hyperlink r:id="rId188" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00381480v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Parametric Instability of an Axially Moving Belt Subjected to Multifrequency Excitations: Experiments and Analytical Validation</w:t>
               </w:r>
@@ -5586,395 +5586,395 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02117137v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face gear width prediction using the DOE method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">Numerical and experimental study of the loaded transmission error of a worm gear with a plastic wheel</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId186" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Pierre de Vaujany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Mechanical Design</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, 130 (10), pp.1-6. </w:t>
+              <w:t xml:space="preserve">, 2008, 130 (6), pp.1-10. </w:t>
             </w:r>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/1.2965606⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1115/1.2898877⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00381485v1</w:t>
+                <w:t xml:space="preserve">hal-00381434v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Robustness improvement of modal active control on on-board electronic boards in line identification method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Vibration damage reduction of on-board electronic boards using modal active control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, pp.303-308. </w:t>
+              <w:t xml:space="preserve">, 2008, pp.551-556. </w:t>
             </w:r>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.56.303⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.56.551⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00381451v1</w:t>
+                <w:t xml:space="preserve">hal-00381450v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration damage reduction of on-board electronic boards using modal active control</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Robustness improvement of modal active control on on-board electronic boards in line identification method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Science and Technology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2008, pp.551-556. </w:t>
+              <w:t xml:space="preserve">, 2008, pp.303-308. </w:t>
             </w:r>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.56.551⟩</w:t>
+                <w:t xml:space="preserve">⟨10.4028/www.scientific.net/AST.56.303⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId198" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00381450v1</w:t>
+                <w:t xml:space="preserve">hal-00381451v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semi-adaptive modal control of on-board electronic boards using identification methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6189,64 +6189,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and Experimental Study of the Loaded Transmission Error of a Spiral Bevel Gear</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId188" w:history="1">
+            <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7625,51 +7625,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">31st International Conference on Noise and Vibration Engineering (ISMA2024 - USD2024)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, KU Leuven, Sep 2024, Louvain, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7694,51 +7694,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Time and angle analysis of Instantaneous Angular Speed signal: impact on average velocity and order spectrums</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Arthur Burel</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8437,77 +8437,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId263" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled bending torsional vibrations of non-ideal energy source rotors going through critical speeds</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Peyret</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId264" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Boudon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8558,51 +8558,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId265" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Normalization Process Based on Kernel Ridge Regression Applied on Wind Turbine IAS Monitoring</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Flavien Allemand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8701,51 +8701,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Vibration Control of Cable-Driven Parallel Robot for 3D Printing</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId268" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Lacaze</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -8891,103 +8891,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId272" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A novel identification tool for rotors working under non-stationary conditions based on the IAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId63" w:history="1">
+            <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Emna Sghaier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Luc Dion</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId65" w:history="1">
+            <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Peyret</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">28th International Conference on Noise and Vibration Engineering, ISMA 2018 and 7th International Conference on Uncertainty in Structural Dynamics, USD 2018</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2018, Louvain, Belgium. pp.2005-2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9006,274 +9006,274 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03243279v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of Essential Order on Descriptor Systems and its Bond Graph Determination</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Gear Fault Diagnosis Based on Angular Measurements and Support Vector Machines in Normal and Nonstationary Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Damien Eberard</w:t>
+                <w:t xml:space="preserve">Semchedine Fedala</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId275" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Michaël Di Loreto</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
+                <w:t xml:space="preserve">Rabah Zegadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId276" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmed Felkaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ICBGM'16, International Conference on Bond Graph Modeling and Simulation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.22360/SummerSim.2016.ICBGM.015⟩</w:t>
+              <w:t xml:space="preserve">ADVANCES IN CONDITION MONITORING OF MACHINERY IN NON-STATIONARY OPERATIONS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Dec 2014, HEIDELBERGER PLATZ 3, D-14197 BERLIN, Germany. pp.291-308, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId277" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1007/978-3-319-20463-5\_22⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId273" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01863697v1</w:t>
+                <w:t xml:space="preserve">hal-04707910v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId277" w:history="1">
+            <w:hyperlink r:id="rId278" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gear Fault Diagnosis Based on Angular Measurements and Support Vector Machines in Normal and Nonstationary Conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Semchedine Fedala</w:t>
+                <w:t xml:space="preserve">Definition of Essential Order on Descriptor Systems and its Bond Graph Determination</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId270" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Lagnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId279" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Damien Eberard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId280" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michaël Di Loreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId279" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Ahmed Felkaoui</w:t>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ADVANCES IN CONDITION MONITORING OF MACHINERY IN NON-STATIONARY OPERATIONS</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Dec 2014, HEIDELBERGER PLATZ 3, D-14197 BERLIN, Germany. pp.291-308, </w:t>
+              <w:t xml:space="preserve">ICBGM'16, International Conference on Bond Graph Modeling and Simulation</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2016, Montréal, Canada. pp.133-142, </w:t>
             </w:r>
             <w:hyperlink r:id="rId281" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1007/978-3-319-20463-5\_22⟩</w:t>
+                <w:t xml:space="preserve">⟨10.22360/SummerSim.2016.ICBGM.015⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId277" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04707910v1</w:t>
+            <w:hyperlink r:id="rId278" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01863697v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId282" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electrical Modeling for Faults Detection Based on Motor Current Signal Analysis and Angular Approach</w:t>
               </w:r>
@@ -9406,51 +9406,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Identification of a time-varying mechanical system using the Akaike information criterion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michal Ruzek</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9482,377 +9482,377 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-01212368v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of time varying parameters using numerical differentiation by integration.</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Chochol</w:t>
+                <w:t xml:space="preserve">Effects of Electric Component Dynamics on Energy Management for Various Vehicle Architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ngoc Tuan Vu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId288" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sébastien Morterolle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Maiffredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Denis Rancourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Congress on Sound and Vibration</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2014, Beijing, China. pp.1-8</w:t>
+              <w:t xml:space="preserve">FISITA 2014 World Automotive Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Maastricht, Netherlands. pp.1-10</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId286" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01059007v1</w:t>
+                <w:t xml:space="preserve">hal-01017574v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId287" w:history="1">
+            <w:hyperlink r:id="rId289" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of gearbox rattle noise in run-up conditions</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Sophie Baudin</w:t>
+                <w:t xml:space="preserve">Identification of time varying parameters using numerical differentiation by integration.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Olivier Sauvage</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rancourt</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Aix-en-Provence, France. pp.173</w:t>
+              <w:t xml:space="preserve">21st International Congress on Sound and Vibration</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2014, Beijing, China. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId287" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01016741v1</w:t>
+            <w:hyperlink r:id="rId289" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01059007v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId288" w:history="1">
+            <w:hyperlink r:id="rId290" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Effects of Electric Component Dynamics on Energy Management for Various Vehicle Architectures</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Lionel Maiffredy</w:t>
+                <w:t xml:space="preserve">Detection of gearbox rattle noise in run-up conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">FISITA 2014 World Automotive Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2014, Maastricht, Netherlands. pp.1-10</w:t>
+              <w:t xml:space="preserve">XIX-th symposium VIbrations, SHocks &amp; NOise (VISHNO)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2014, Aix-en-Provence, France. pp.173</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId288" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01017574v1</w:t>
+            <w:hyperlink r:id="rId290" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01016741v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId291" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non-stationary statistical fault indicators estimation applied on IAS machine surveillance</w:t>
               </w:r>
@@ -9985,51 +9985,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10080,51 +10080,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection du bruit de grenaille par analyse cyclo-non-stationnaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10169,299 +10169,299 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00995004v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Estimation of the size of a spall defect on a rolling bearing outer ring using Instantaneous Angular Speed measurements</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">Identification of time varying stiffness using derivative estimator and polynomial basis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Martel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chochol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Rancourt</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMA International conference on Noise and Vibration Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, KU Leuven, Sep 2014, LEUVEN, Belgium</w:t>
+              <w:t xml:space="preserve">, Sep 2014, LEUVEN, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId297" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01074976v1</w:t>
+                <w:t xml:space="preserve">hal-01074979v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification of time varying stiffness using derivative estimator and polynomial basis</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
+                <w:t xml:space="preserve">Estimation of the size of a spall defect on a rolling bearing outer ring using Instantaneous Angular Speed measurements</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId294" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H. André</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ISMA International conference on Noise and Vibration Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2014, LEUVEN, Belgium</w:t>
+              <w:t xml:space="preserve">, KU Leuven, Sep 2014, LEUVEN, Belgium</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId298" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01074979v1</w:t>
+                <w:t xml:space="preserve">hal-01074976v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation of energy efficiency of electric vehicle with different actuator architectures</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+                <w:t xml:space="preserve">Optimzation of commande inputs of delivery vehicle by using a control allocation under nonlinear constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Tuan Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Morterolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10473,233 +10473,224 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Maiffredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IEEE ITSC</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Truck &amp; Bus World Forum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2013, Lyon, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId299" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00873705v1</w:t>
+                <w:t xml:space="preserve">hal-00959573v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution of Angular Measurements in the Diagnosis of Gear Faults by Artificial Neural Networks</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId278" w:history="1">
+            <w:hyperlink r:id="rId274" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Semchedine Fedala</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId301" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">R. Zegadi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId302" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Felkaoui</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Surveillance 7 International Conference</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2013, CHARTRES, France. pp.1-18</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId301" w:history="1">
+            <w:hyperlink r:id="rId300" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00905102v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId304" w:history="1">
+            <w:hyperlink r:id="rId303" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimzation of commande inputs of delivery vehicle by using a control allocation under nonlinear constraints</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId289" w:history="1">
+                <w:t xml:space="preserve">Evaluation of energy efficiency of electric vehicle with different actuator architectures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Tuan Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Morterolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10711,116 +10702,125 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Maiffredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Truck &amp; Bus World Forum</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">16th IEEE ITSC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2013, The Hague, Netherlands. pp.1680-1685, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId304" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ITSC.2013.6728471⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId304" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00959573v1</w:t>
+            <w:hyperlink r:id="rId303" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00873705v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Estimation of structural damping using an expansion in the Chebyshev orthogonal basis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10871,51 +10871,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Excitation/transfer Separation in Non-stationary Conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sophie Baudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10979,51 +10979,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An Analysis of Instantaneous Angular Speed Measurement Errors</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11087,64 +11087,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Condition Monitoring of Machinery in Non-Stationary Operations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2013, FERRARA, Italy. pp.335-345</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -11169,64 +11169,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId310" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application de l'allocation de contrôle sous contraintes non-linéaires pour optimiser les entrées de commande d'un véhicule industriel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId289" w:history="1">
+            <w:hyperlink r:id="rId287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ngoc Tuan Vu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId290" w:history="1">
+            <w:hyperlink r:id="rId288" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Sébastien Morterolle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -11303,51 +11303,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical investigations on the magnitude of disturbance that could be detected through IAS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -11379,614 +11379,614 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694856v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Improved acoustical sources location in gear power transmissions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Vibration control of electronic boards using active and semiadaptive modal control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId313" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Matthieu Boucaud</w:t>
+                <w:t xml:space="preserve">Romain Sudant</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Céline Sandier</w:t>
-[...44 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Philippe Dessendier</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Symposium Vibrations, Shocks and Noise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 40</w:t>
+              <w:t xml:space="preserve">Vibrations, Shocks and Noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Clamart, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00720098v1</w:t>
+                <w:t xml:space="preserve">hal-00731801v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId316" w:history="1">
+            <w:hyperlink r:id="rId315" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Boundary condition identification using spatial discrete differentiation with annihilators</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Catherine Chochol</w:t>
+                <w:t xml:space="preserve">Analyse cyclo-nonstationnaire des bruits de systèmes à engrenages</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId99" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sophie Baudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Sauvage</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inter-Noise 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2012, New York, United States. pp.1-6</w:t>
+              <w:t xml:space="preserve">Journées Jeunes Chercheurs en vibro-Acoustique et contrôle du Bruit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2012, LeMans, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId316" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731789v1</w:t>
+            <w:hyperlink r:id="rId315" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00941418v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId317" w:history="1">
+            <w:hyperlink r:id="rId316" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Precision of the IAS monitoring system based on the elapsed time method in the spectral domain</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Antoni</w:t>
+                <w:t xml:space="preserve">Boundary condition identification using spatial discrete differentiation with annihilators</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ISAM 2012</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2012, Belgium. pp.645-659</w:t>
+              <w:t xml:space="preserve">Inter-Noise 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2012, New York, United States. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId317" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00737645v1</w:t>
+            <w:hyperlink r:id="rId316" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00731789v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId318" w:history="1">
+            <w:hyperlink r:id="rId317" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration control of electronic boards using active and semiadaptive modal control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesné</w:t>
+                <w:t xml:space="preserve">Precision of the IAS monitoring system based on the elapsed time method in the spectral domain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessendier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vibrations, Shocks and Noise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Clamart, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">ISAM 2012</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2012, Belgium. pp.645-659</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId318" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00731801v1</w:t>
+            <w:hyperlink r:id="rId317" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00737645v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId321" w:history="1">
+            <w:hyperlink r:id="rId318" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Analyse cyclo-nonstationnaire des bruits de systèmes à engrenages</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Jérôme Antoni</w:t>
+                <w:t xml:space="preserve">Improved acoustical sources location in gear power transmissions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId319" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Matthieu Boucaud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId320" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Céline Sandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId321" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Totaro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId308" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Q. Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées Jeunes Chercheurs en vibro-Acoustique et contrôle du Bruit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2012, LeMans, France</w:t>
+              <w:t xml:space="preserve">18th Symposium Vibrations, Shocks and Noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 40</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId321" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00941418v1</w:t>
+            <w:hyperlink r:id="rId318" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00720098v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Instantaneous Angular Speed monitoring of a 2MW wind turbine using a parametrization process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Andre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -12076,51 +12076,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Denis Rancourt</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -12152,407 +12152,407 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00720109v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conditional self-adaptive modal control of discrete structures</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Advanced Chebyshev expansion for identiﬁcation of smart structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId107" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Catherine Chochol</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">18th Symposium Vibrations, Shocks and Noise</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 34</w:t>
+              <w:t xml:space="preserve">16th IFAC Symposium on System identification</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Brussels, Belgium. pp.1049-1053</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId324" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00720096v1</w:t>
+                <w:t xml:space="preserve">hal-00720110v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId326" w:history="1">
+            <w:hyperlink r:id="rId325" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Introduction of Angularly Periodic Disturbances in Dynamic Models of Rotating Systems under Non-Stationary Conditions</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Conditional self-adaptive modal control of discrete structures</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId115" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Hugo Andre</w:t>
+            <w:hyperlink r:id="rId145" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fengyan Deng</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId326" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Genty</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">18th Symposium Vibrations, Shocks and Noise</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 24</w:t>
+              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 34</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId326" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00720100v1</w:t>
+            <w:hyperlink r:id="rId325" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00720096v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Advanced Chebyshev expansion for identiﬁcation of smart structures</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesné</w:t>
+                <w:t xml:space="preserve">Introduction of Angularly Periodic Disturbances in Dynamic Models of Rotating Systems under Non-Stationary Conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Andre</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th IFAC Symposium on System identification</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2012, Brussels, Belgium. pp.1049-1053</w:t>
+              <w:t xml:space="preserve">18th Symposium Vibrations, Shocks and Noise</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2012, Clamart, France. paper N° 24</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId327" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00720110v1</w:t>
+                <w:t xml:space="preserve">hal-00720100v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId328" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Source identification on a reduction gearbox using acoustical measurements in a non-anechoic environment</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId315" w:history="1">
+            <w:hyperlink r:id="rId321" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Totaro</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId314" w:history="1">
+            <w:hyperlink r:id="rId320" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Céline Sandier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId308" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Q. Leclere</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId313" w:history="1">
+            <w:hyperlink r:id="rId319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Matthieu Boucaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">19th International Congress on Sound and Vibration</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2012, Vilnius, Lithuania. paper N° 445</w:t>
@@ -12575,472 +12575,472 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00720151v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">On the use of the Instantaneous Angular Speed measurement in non-stationary mechanism monitoring</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+                <w:t xml:space="preserve">Utilisation de Polynômes de Chebychev pour l'Identification à Temps Continu</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId141" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Lizandier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId139" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minh Tu Pham</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rouby</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME 2011 International Design Engineering Technical Conferences</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.DETC2011/MECH-47470</w:t>
+              <w:t xml:space="preserve">JIME</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2011, Douai, France. pp.CD</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId329" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694854v1</w:t>
+                <w:t xml:space="preserve">hal-00619025v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heavy vehicle reference trajectory generation for rollover prevention : development of the control and comparison with alternative approach</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Virginie Harth</w:t>
+                <w:t xml:space="preserve">Augmentation de la durée de vie opérationnelle de cartes électroniques embarquées</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId313" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Romain Sudant</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId314" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Dessendier</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">16th International Congress SIA Dynamique du Véhicule</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Mulhouse, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">Journée de Printemps 2011 : Comportement en fatigue sous environnement vibratoire</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2011, Paris, France. pp.1-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId330" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694855v1</w:t>
+                <w:t xml:space="preserve">hal-00628504v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId332" w:history="1">
+            <w:hyperlink r:id="rId331" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Utilisation de Polynômes de Chebychev pour l'Identification à Temps Continu</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Minh Tu Pham</w:t>
+                <w:t xml:space="preserve">Heavy vehicle reference trajectory generation for rollover prevention : development of the control and comparison with alternative approach</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yerlan Akhmetov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Maiffredy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId136" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId140" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Corinne Rouby</w:t>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Harth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">JIME</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2011, Douai, France. pp.CD</w:t>
+              <w:t xml:space="preserve">16th International Congress SIA Dynamique du Véhicule</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Mulhouse, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId332" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00619025v1</w:t>
+            <w:hyperlink r:id="rId331" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694855v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Augmentation de la durée de vie opérationnelle de cartes électroniques embarquées</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Philippe Dessendier</w:t>
+                <w:t xml:space="preserve">On the use of the Instantaneous Angular Speed measurement in non-stationary mechanism monitoring</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Andre</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de Printemps 2011 : Comportement en fatigue sous environnement vibratoire</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2011, Paris, France. pp.1-8</w:t>
+              <w:t xml:space="preserve">ASME 2011 International Design Engineering Technical Conferences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2011, Washington, United States. pp.DETC2011/MECH-47470</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId333" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00628504v1</w:t>
+                <w:t xml:space="preserve">hal-00694854v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId334" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of Rolling Element Bearing Faults by Analysis of the Motor Current, in proceeding of IMechE</w:t>
               </w:r>
@@ -13173,51 +13173,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Catherine Chochol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée d'identification Modélisation Expérimentale</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2011, Douai, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -13337,64 +13337,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId342" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Comparison between angular sampling and angular resampling methods applied on the vibration monitoring of a gear meshing in non stationary conditions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérôme Antoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId343" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Z. Daher</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13445,51 +13445,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId344" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Détection de l'usure des outils de coupe en fraisage par vitesse instantanée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13534,368 +13534,368 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504795v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Instantaneous Angular Speed Measurement in Machine Monitoring for Mechatronic</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Predictive driver interpreter by using inverse model for heavy vehicles</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId133" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yerlan Akhmetov</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId347" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Leo Laine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId135" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Maiffredy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId332" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Virginie Harth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1st Congrès International de Mécanique Avancée</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2010, Annaba, Algeria. pp.CDRom</w:t>
+              <w:t xml:space="preserve">13th International IEEE Conference on Intelligent Transportation Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2010, Madeira island, Portugal. pp.174 - 179</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId346" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00504773v1</w:t>
+                <w:t xml:space="preserve">hal-00721845v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Experimental determination of gearbox sensibility to rattle noise</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId348" w:history="1">
+            <w:hyperlink r:id="rId349" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Schmit</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId349" w:history="1">
+            <w:hyperlink r:id="rId350" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bernard Beguet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId350" w:history="1">
+            <w:hyperlink r:id="rId351" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Gratadour</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId351" w:history="1">
+            <w:hyperlink r:id="rId352" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Balenghein</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">6th Symposium Automobile and Railroad Comfort - Acoustics, Vibrations &amp; Thermal issues</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2010, Le Mans, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId347" w:history="1">
+            <w:hyperlink r:id="rId348" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694865v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId352" w:history="1">
+            <w:hyperlink r:id="rId353" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Predictive driver interpreter by using inverse model for heavy vehicles</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Instantaneous Angular Speed Measurement in Machine Monitoring for Mechatronic</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Virginie Harth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13th International IEEE Conference on Intelligent Transportation Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2010, Madeira island, Portugal. pp.174 - 179</w:t>
+              <w:t xml:space="preserve">1st Congrès International de Mécanique Avancée</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2010, Annaba, Algeria. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId352" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00721845v1</w:t>
+            <w:hyperlink r:id="rId353" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00504773v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId354" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A new method for detecting tool wear and breakage in milling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -13998,51 +13998,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Maiffredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId331" w:history="1">
+            <w:hyperlink r:id="rId332" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Virginie Harth</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">13th International IEEE Conference on Intelligent Transportation Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2010, Madeyra island, Portugal. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -14061,182 +14061,152 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504775v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle actif modal par éléments piézolélectriques: Cas d'aplication et validations expérimentales</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">A new technique for cutting characterisation and monitoring in milling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Girardin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId345" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Francois Rigal</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée Contrôle passif et actif des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2010, Toulouse, France</w:t>
+              <w:t xml:space="preserve">17° Colloque Vibrations Chocs et Bruit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2010, Ecully, France. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId358" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00628511v1</w:t>
+                <w:t xml:space="preserve">hal-00504796v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An original approach for in situ measurement of cutting force and monitoring in milling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -14251,221 +14221,251 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2nd International Conference Process Machine Interactions</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2010, Vancouver, Canada. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId361" w:history="1">
+            <w:hyperlink r:id="rId359" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00504765v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId362" w:history="1">
+            <w:hyperlink r:id="rId360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A new technique for cutting characterisation and monitoring in milling</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Contrôle actif modal par éléments piézolélectriques: Cas d'aplication et validations expérimentales</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Gaudiller</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId361" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Charles Pezerat</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId362" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Vincent Lhuillier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17° Colloque Vibrations Chocs et Bruit</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2010, Ecully, France. pp.CDRom</w:t>
+              <w:t xml:space="preserve">Journée Contrôle passif et actif des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2010, Toulouse, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId362" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00504796v1</w:t>
+            <w:hyperlink r:id="rId360" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00628511v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId363" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Direct identification of linear systems using wavelet analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId140" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Corinne Rouby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId149" w:history="1">
+            <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId364" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Dieng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14542,51 +14542,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lionel Maiffredy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId275" w:history="1">
+            <w:hyperlink r:id="rId280" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michaël Di Loreto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Wilfrid Marquis-Favre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -14641,51 +14641,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A New way of writing motion equation in rotating machines by translation into the angular domain</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Adeline Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14723,90 +14723,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Natural roller bearing fault detection by angular measurement of true instantaneous angular speed</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId157" w:history="1">
+            <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurence Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId158" w:history="1">
+            <w:hyperlink r:id="rId161" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bonnardot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId159" w:history="1">
+            <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Olivier Musy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId160" w:history="1">
+            <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.B. Doray</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14857,51 +14857,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Surveillance de l'usure et de l'endommagement d'outils en usinage grande vitesse à l'aide de la mesure de vitesse instantanée</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId345" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Francois Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -14933,273 +14933,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00486224v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Wavelets or Chebyshev polynomials continuous-time identiﬁcation of mechanical systems</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Philippe Pecol</w:t>
+                <w:t xml:space="preserve">Modal Behavior Monitoring of a Discrete Evolutive Structure</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Renaudin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th IFAC symposium on System Identification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Sep 2009, Saint-Malo, France. pp.CDRom</w:t>
+              <w:t xml:space="preserve">, Jul 2009, Saint-Malo, France. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId369" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00504730v1</w:t>
+                <w:t xml:space="preserve">hal-00486226v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId371" w:history="1">
+            <w:hyperlink r:id="rId370" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal Behavior Monitoring of a Discrete Evolutive Structure</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Laurence Renaudin</w:t>
+                <w:t xml:space="preserve">Wavelets or Chebyshev polynomials continuous-time identiﬁcation of mechanical systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId140" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Corinne Rouby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId371" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Pecol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId155" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pierre Argoul</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">15th IFAC symposium on System Identification</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Jul 2009, Saint-Malo, France. pp.CDRom</w:t>
+              <w:t xml:space="preserve">, Sep 2009, Saint-Malo, France. pp.CDRom</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId371" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00486226v1</w:t>
+            <w:hyperlink r:id="rId370" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00504730v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId372" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Le dynamomètre KISTLER au delà des limites officielles : cas d'une utilisation en fraisage à grande vitesse</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">11° Colloque AIP PRIMECA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2009, LaPlagne, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -15218,610 +15218,610 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694864v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle actif modal de cartes électroniques embarquées  Réduction du dommage et augmentation de la durée de vie</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesne</w:t>
+                <w:t xml:space="preserve">Mise au point doutils de caractérisation à haute fréquence de la coupe en fraisage, en vue dapplication à des cas dUGV</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId146" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Luc Gaudiller</w:t>
+            <w:hyperlink r:id="rId149" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASTELAB 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, France</w:t>
+              <w:t xml:space="preserve">13ème session MANUFACTURING 21</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId373" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506178v1</w:t>
+                <w:t xml:space="preserve">hal-00506181v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation à haute fréquence de la coupe en fraisage</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">François Girardin</w:t>
+                <w:t xml:space="preserve">Vibration damage reduction of on-board electronic boards using modal active control</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean-François Rigal</w:t>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVIème colloque VCB (Vibrations, Choc et Bruit)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, France</w:t>
+              <w:t xml:space="preserve">CIMTEC, 3rd Conference Smart materials structures systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, Italie. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId374" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506207v1</w:t>
+                <w:t xml:space="preserve">hal-00506223v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cahier des charges d'un PLM pour l'enseignement</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
+                <w:t xml:space="preserve">Contrôle actif modal de cartes électroniques embarquées  Réduction du dommage et augmentation de la durée de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Baptiste Chomette</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId146" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées REX-PLM '08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, France</w:t>
+              <w:t xml:space="preserve">ASTELAB 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId375" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506186v1</w:t>
+                <w:t xml:space="preserve">hal-00506178v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">High frequency caracterisation of milling, 16°</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">Caractérisation à haute fréquence de la coupe en fraisage</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Colloque Vibrations Chocs et Bruit</w:t>
+              <w:t xml:space="preserve">XVIème colloque VCB (Vibrations, Choc et Bruit)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId376" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506221v1</w:t>
+                <w:t xml:space="preserve">hal-00506207v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Vibration damage reduction of on-board electronic boards using modal active control</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesne</w:t>
+                <w:t xml:space="preserve">Cahier des charges d'un PLM pour l'enseignement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIMTEC, 3rd Conference Smart materials structures systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2008, Italie. pp.1-6</w:t>
+              <w:t xml:space="preserve">Journées REX-PLM '08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId377" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506223v1</w:t>
+                <w:t xml:space="preserve">hal-00506186v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mise au point doutils de caractérisation à haute fréquence de la coupe en fraisage, en vue dapplication à des cas dUGV</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId118" w:history="1">
+                <w:t xml:space="preserve">High frequency caracterisation of milling, 16°</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">13ème session MANUFACTURING 21</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2008, France</w:t>
+              <w:t xml:space="preserve">Colloque Vibrations Chocs et Bruit</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506181v1</w:t>
+                <w:t xml:space="preserve">hal-00506221v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId379" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Detection of rolling element bearing faults by analysis of the motor current</w:t>
               </w:r>
@@ -15928,77 +15928,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId384" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à la caractérisation à haute frequence de la coupe ugv</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId118" w:history="1">
+            <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">François Girardin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163" w:history="1">
+            <w:hyperlink r:id="rId149" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-François Rigal</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">5èmes assises MUGV (Machine et Usinage à Grande Vitesse)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -16023,51 +16023,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Robustness improvement of modal active control on on-board electronic boards using inline identification method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId168" w:history="1">
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16125,394 +16125,394 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00506222v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">De lintérêt de lidentification dans le contrôle actif modal de structures  Influence de la variation des paramètres modaux sur les performances et le coût énergétique du contrôleur</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">Contrôle actif modal de cartes électroniques embarquées  Réduction du dommage et augmentation de la durée de vie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesne</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Simon Chesne</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées du GT Identification du GdR MACS, ENSAM</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Mar 2008, France</w:t>
+              <w:t xml:space="preserve">ASTELAB 2008</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2008, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId386" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506145v1</w:t>
+                <w:t xml:space="preserve">hal-00508241v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Contrôle actif modal de cartes électroniques embarquées  Réduction du dommage et augmentation de la durée de vie</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId168" w:history="1">
+                <w:t xml:space="preserve">De lintérêt de lidentification dans le contrôle actif modal de structures  Influence de la variation des paramètres modaux sur les performances et le coût énergétique du contrôleur</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Baptiste Chomette</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesne</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId146" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Luc Gaudiller</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASTELAB 2008</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2008, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Journées du GT Identification du GdR MACS, ENSAM</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Mar 2008, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId387" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508241v1</w:t>
+                <w:t xml:space="preserve">hal-00506145v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Time frequency method for designing magnetorheological bushes on a vehicle rear suspension interface</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Johan Der Hagopian</w:t>
+                <w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMECH Colloquium 483 Geometrically Non-linear Vibrations of Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, France. pp.1-4</w:t>
+              <w:t xml:space="preserve">12th IFToMM World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId388" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00140123v1</w:t>
+                <w:t xml:space="preserve">hal-00506311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A self deployement hexapod model for a space application</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId393" w:history="1">
+            <w:hyperlink r:id="rId390" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Almajid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId175" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16540,329 +16540,329 @@
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME IDETC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId392" w:history="1">
+            <w:hyperlink r:id="rId389" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00506277v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A phenomenological direct dynamic model for a space hexapod</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId395" w:history="1">
+            <w:hyperlink r:id="rId392" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwénaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId390" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Almajid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId393" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId396" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">ASME IDETC</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2007, LAS VEGAS, United States. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId394" w:history="1">
+            <w:hyperlink r:id="rId391" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694853v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId397" w:history="1">
+            <w:hyperlink r:id="rId394" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From transmission error measurement to Pulley-Belt slip determination in serpentine belt drives: influence of tensioner and belt characteristics</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Régis Dufour</w:t>
+                <w:t xml:space="preserve">Time frequency method for designing magnetorheological bushes on a vehicle rear suspension interface</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId395" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christian Schulte</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId396" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Zoran Dimitrijevic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId397" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Johan Der Hagopian</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IFToMM World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, France</w:t>
+              <w:t xml:space="preserve">EUROMECH Colloquium 483 Geometrically Non-linear Vibrations of Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, France. pp.1-4</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId397" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506311v1</w:t>
+            <w:hyperlink r:id="rId394" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00140123v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId398" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Numerical and experimental study of the Loaded Transmission Error of a worm gear with a plastic wheel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -16900,51 +16900,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId400" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simplified formulae for determining the width of gear wheels of face gears using DOE</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -16989,688 +16989,688 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00506686v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Simplified formulae for determining the width of gear wheels of face gears using DOE</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
+                <w:t xml:space="preserve">A model to predict the deployment of a space hexapod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDETC/CIE2007</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2007, Las-Vegas, United States</w:t>
+              <w:t xml:space="preserve">12th IFToMM World Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId401" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506267v1</w:t>
+                <w:t xml:space="preserve">hal-00506308v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Face gear width prediction using the DOE method</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
+                <w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Robert Parker</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME Design Engineering Technical Conferences DETC'07</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME IDETC/CIE 2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Las Vegas, United States. pp.469-476, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId403" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1115/DETC2007-34130⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId402" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506324v1</w:t>
+                <w:t xml:space="preserve">hal-04637874v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId403" w:history="1">
+            <w:hyperlink r:id="rId404" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A model to predict the deployment of a space hexapod</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
+                <w:t xml:space="preserve">Simplified formulae for determining the width of gear wheels of face gears using DOE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId175" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Régis Dufour</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">12th IFToMM World Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2007, France</w:t>
+              <w:t xml:space="preserve">IDETC/CIE2007</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, Las-Vegas, United States</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId403" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506308v1</w:t>
+            <w:hyperlink r:id="rId404" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506267v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId404" w:history="1">
+            <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Transverse Vibration Instabilities In Multiribbed Belt Transmission Subjected To Multi-Frequency Excitations: Modelling And Experiments</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Lionel Manin</w:t>
+                <w:t xml:space="preserve">Face gear width prediction using the DOE method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Robert Parker</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME IDETC/CIE 2007</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">ASME Design Engineering Technical Conferences DETC'07</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2007, États-Unis</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId405" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1115/DETC2007-34130⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04637874v1</w:t>
+                <w:t xml:space="preserve">hal-00506324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation analytique de la dynamique de déploiement dun hexapode spatial</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Conservation de la relation entre niveau d'expression des gènes et organisation du chromosome chez Buchnera aphidicola, symbiote primaire des pucerons : exemple d'un génome réduit mais non dégénéré</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8ème colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2007, France</w:t>
+              <w:t xml:space="preserve">XVème Colloque de Physiologie de l'Insecte</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId406" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506307v1</w:t>
+                <w:t xml:space="preserve">hal-00373311v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId407" w:history="1">
+            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conservation de la relation entre niveau d'expression des gènes et organisation du chromosome chez Buchnera aphidicola, symbiote primaire des pucerons : exemple d'un génome réduit mais non dégénéré</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Formulation analytique de la dynamique de déploiement dun hexapode spatial</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId174" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Al Majid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVème Colloque de Physiologie de l'Insecte</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2007, Rennes, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">8ème colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2007, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId407" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00373311v1</w:t>
+            <w:hyperlink r:id="rId409" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506307v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId410" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formulation analytique de la dynamique de déploiement d'un hexapode spatial</w:t>
               </w:r>
@@ -17879,1331 +17879,1331 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00506315v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de lenseignement avec Smarteam en GMD à lINSA de Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REX PLM'08</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, France</w:t>
+              <w:t xml:space="preserve">Theoretical Approaches for the Genome Workshop</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId413" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506899v1</w:t>
+                <w:t xml:space="preserve">hal-00506911v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tape-spring telescope structure: deployment modelling</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
+                <w:t xml:space="preserve">A tape-spring hexapod for deployable telescopes: dynamics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId393" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId392" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwénaelle Aridon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId415" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Falzon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId176" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Régis Dufour</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">F. Falzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 57th International Astronautical Congress</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Conference on Space Optics 2006 (ICSO 2006)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, Noordwijk, Netherlands. pp.1-5, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId416" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1117/12.2308172⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId414" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00506909v1</w:t>
+                <w:t xml:space="preserve">hal-04652087v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId416" w:history="1">
+            <w:hyperlink r:id="rId417" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modal evolution of a deployable tape-spring hexapod</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
+                <w:t xml:space="preserve">Identification continue du comportement mécanique sur une base polynomiale de Chebyshev</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Neyrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Ange Andrianoely</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Régis Dufour</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EUROMECH 483 Geometrically Non-linear Vibrations of Structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jul 2006, Portugal</w:t>
+              <w:t xml:space="preserve">2° Journées Identification et Modélisation Expérimentale</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId416" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506880v1</w:t>
+            <w:hyperlink r:id="rId417" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId417" w:history="1">
+            <w:hyperlink r:id="rId418" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Rôle des tendeurs sur le comportement dynamiquedune transmission par courroie</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Relationship between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVème colloque "Vibrations, Chocs et Bruit 2006</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, France</w:t>
+              <w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId417" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506835v1</w:t>
+            <w:hyperlink r:id="rId418" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId418" w:history="1">
+            <w:hyperlink r:id="rId419" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Bilan de l'enseignement avec Smarteam en GMD à l'INSA de Lyon</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">Bilan de lenseignement avec Smarteam en GMD à lINSA de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">REX PLM'06</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2006, Paris, France. pp.CDRom</w:t>
+              <w:t xml:space="preserve">REX PLM'08</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId418" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00505939v1</w:t>
+            <w:hyperlink r:id="rId419" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506899v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId419" w:history="1">
+            <w:hyperlink r:id="rId420" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Identification continue du comportement mécanique sur une base polynomiale de Chebyshev</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Marie-Ange Andrianoely</w:t>
+                <w:t xml:space="preserve">A tape-spring telescope structure: deployment modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId421" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Falzon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2° Journées Identification et Modélisation Expérimentale</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, France</w:t>
+              <w:t xml:space="preserve">The 57th International Astronautical Congress</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2006, Espagne</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId419" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506825v1</w:t>
+            <w:hyperlink r:id="rId420" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506909v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId420" w:history="1">
+            <w:hyperlink r:id="rId422" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Federica Calevro</w:t>
+                <w:t xml:space="preserve">Modal evolution of a deployable tape-spring hexapod</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId173" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId409" w:history="1">
-[...24 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId175" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">L. Blanchard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Theoretical Approaches for the Genome Workshop</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Nov 2006, France</w:t>
+              <w:t xml:space="preserve">EUROMECH 483 Geometrically Non-linear Vibrations of Structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2006, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId420" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506911v1</w:t>
+            <w:hyperlink r:id="rId422" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506880v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId421" w:history="1">
+            <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A tape-spring hexapod for deployable telescopes: dynamics</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Bilan de l'enseignement avec Smarteam en GMD à l'INSA de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Régis Dufour</w:t>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Space Optics 2006 (ICSO 2006)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">REX PLM'06</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2006, Paris, France. pp.CDRom</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId423" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1117/12.2308172⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04652087v1</w:t>
+                <w:t xml:space="preserve">hal-00505939v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Relationship between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid Acyrthosiphon pisum</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Rôle des tendeurs sur le comportement dynamiquedune transmission par courroie</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId179" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guilhem Michon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId176" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Régis Dufour</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">5th International Symbiosis Society (ISS) Congress</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Vienna (Autriche), août 2006, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">XVème colloque "Vibrations, Chocs et Bruit 2006</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId424" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00391524v1</w:t>
+                <w:t xml:space="preserve">hal-00506835v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Enseignement avec Smarteam en GMD à l'INSA de Lyon et jeu PLM - un TP entre deux école d'ingénieur : INSA - ENISE</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId426" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">F. Bonnavand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId427" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Balluet</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Workshop "Theoretical Approaches for the Genome"</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2006, Annecy-le-Vieux (France), novembre 2006, France. pp.1-1</w:t>
+              <w:t xml:space="preserve">Journée de visibilité VISI30: Quel PLM/PDM avec CATIA V5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId425" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00391525v1</w:t>
+                <w:t xml:space="preserve">hal-00506824v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId426" w:history="1">
+            <w:hyperlink r:id="rId428" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement avec Smarteam en GMD à l'INSA de Lyon et jeu PLM - un TP entre deux école d'ingénieur : INSA - ENISE</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Caractérisation du suivi de comportement modal d'une structure discrète évolutive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId427" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">P. Balluet</w:t>
+            <w:hyperlink r:id="rId160" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurence Renaudin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId429" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cheikh Dieng</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journée de visibilité VISI30: Quel PLM/PDM avec CATIA V5</w:t>
+              <w:t xml:space="preserve">XVème colloque, Vibrations, chocs et bruits</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2006, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId426" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506824v1</w:t>
+            <w:hyperlink r:id="rId428" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00506821v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId429" w:history="1">
+            <w:hyperlink r:id="rId430" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Caractérisation du suivi de comportement modal d'une structure discrète évolutive</w:t>
-[...39 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">Spatial transcriptomic patterns in the genome of the endosymbiotic bacterium Buchnera aphidicola</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId408" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Bernillon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId214" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Rahbé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">XVème colloque, Vibrations, chocs et bruits</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2006, France</w:t>
+              <w:t xml:space="preserve">Workshop "Theoretical Approaches for the Genome"</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2006, Annecy-le-Vieux (France), novembre 2006, France. pp.1-1</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId429" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00506821v1</w:t>
+            <w:hyperlink r:id="rId430" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00391525v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId431" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A Tape-spring hexapod for deployable telescopes: dynamics</w:t>
               </w:r>
@@ -19215,51 +19215,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L. Blanchard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId173" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gwenaelle Aridon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId415" w:history="1">
+            <w:hyperlink r:id="rId421" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">F. Falzon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19539,77 +19539,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId434" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Relationships between gene expression and genome properties in Buchnera aphidicola, the primary endosymbiont of the pea aphid</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId407" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Vinuelas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId212" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Federica Calevro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId408" w:history="1">
-              <w:r>
-[...24 lines deleted...]
-            <w:hyperlink r:id="rId409" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Bernillon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -19658,489 +19658,489 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00506826v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Enseignement des SGDT au Département Génie Mécanique Développement INSA de Lyon</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Systèmes mécaniques et paramétrage dans CATIA V5</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Conférence invitée à l'Atelier PLM, 9ème colloque AIP-PRIMECA</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2005, France</w:t>
+              <w:t xml:space="preserve">1er Ateliers CATIA V5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507251v1</w:t>
+                <w:t xml:space="preserve">hal-00507253v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId436" w:history="1">
+            <w:hyperlink r:id="rId437" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Systèmes mécaniques et paramétrage dans CATIA V5</w:t>
-[...31 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">Enseignement des SGDT au Département Génie Mécanique Développement INSA de Lyon</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">1er Ateliers CATIA V5</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2005, France</w:t>
+              <w:t xml:space="preserve">Conférence invitée à l'Atelier PLM, 9ème colloque AIP-PRIMECA</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2005, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId436" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00507253v1</w:t>
+            <w:hyperlink r:id="rId437" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00507251v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'enseignement de l’Ingénierie Simultanée par un « jeu collaboratif multimédia en réseau »</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Numerical and experimental study of the loaded transmission error of a spiral bevel gear</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...44 lines deleted...]
-                <w:t xml:space="preserve">Manuel Paredes</w:t>
+            <w:hyperlink r:id="rId208" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yvan Icard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2005, Troyes, France. pp.1-6</w:t>
+              <w:t xml:space="preserve">Proceeding of DETC'05, ASME 2005 Design Engineering Technical Conferences and Computer and Information in Engineering Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2005, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId438" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04226989v1</w:t>
+                <w:t xml:space="preserve">hal-00507247v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId442" w:history="1">
+            <w:hyperlink r:id="rId439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical and experimental study of the loaded transmission error of a spiral bevel gear</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">L'enseignement de l’Ingénierie Simultanée par un « jeu collaboratif multimédia en réseau »</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Yvan Icard</w:t>
+            <w:hyperlink r:id="rId440" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Roucoules</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId442" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Manuel Paredes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Proceeding of DETC'05, ASME 2005 Design Engineering Technical Conferences and Computer and Information in Engineering Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2005, États-Unis</w:t>
+              <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2005, Troyes, France. pp.1-6</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId442" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00507247v1</w:t>
+            <w:hyperlink r:id="rId439" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04226989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId443" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'enseignement des PLM avec SMARTEAM à l'INSA de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20204,51 +20204,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">17e Congrès Français de Mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2005, Troyes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20388,273 +20388,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00507439v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sensibilisation à l'intégration du savoir-faire sous CATIA V5 dans la formation en CMAO</w:t>
-[...56 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">WEB educational portal for the teaching of mechanical design and manufacturing.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId448" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Toumine</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId449" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadège Troussier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId441" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alain Daidié</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">GFUC, journée visibilitéé VISI-26</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2004, France</w:t>
+              <w:t xml:space="preserve">EASED 2004 - In Perspectives from Europe and Asia on Engineering Design and Manufacture</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2004, Chine. 1782pp</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId447" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507380v1</w:t>
+                <w:t xml:space="preserve">hal-00507324v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId448" w:history="1">
+            <w:hyperlink r:id="rId450" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">WEB educational portal for the teaching of mechanical design and manufacturing.</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Sensibilisation à l'intégration du savoir-faire sous CATIA V5 dans la formation en CMAO</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lionel Manin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Adeline Bourdon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...54 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">EASED 2004 - In Perspectives from Europe and Asia on Engineering Design and Manufacture</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2004, Chine. 1782pp</w:t>
+              <w:t xml:space="preserve">GFUC, journée visibilitéé VISI-26</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId448" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00507324v1</w:t>
+            <w:hyperlink r:id="rId450" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00507380v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId451" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Measurement of non-linear phenomena on the front end accessory drive of an automotive engine</w:t>
               </w:r>
@@ -20774,51 +20774,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yvan Icard</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -20869,51 +20869,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">De la CMAO aux SGDT: enseignement au département GMD-INSA Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée thématique AIP-PRIMECA SGDT</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2004, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -20938,51 +20938,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId454" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application pédagogique de l'ingenierie simultanée à partir d'un simulateur dédié à la maquette numérique (MECAGORA)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId455" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Parades</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21171,51 +21171,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">l'Enseignement des SGDT avec SMARTEAM à l'INSA de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journée AIP-PRIMECA "SMARTEAM"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21316,329 +21316,329 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00507902v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Meshing stiffness and tooth root stress for internal cylindrical geears with thin rim</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId189" w:history="1">
+                <w:t xml:space="preserve">L'Ingénierie simultanée: Projet Mecagora Module M8</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Remond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME, 9th International Power Transmission and Gearing Conference. DETC Computers and Information</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Sep 2003, États-Unis</w:t>
+              <w:t xml:space="preserve">Commission travail collaboratif du GFUC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId462" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507926v1</w:t>
+                <w:t xml:space="preserve">hal-00507904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">L'Ingénierie simultanée: Projet Mecagora Module M8</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Experimental study of the transmission error for the detection of gears faults</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Commission travail collaboratif du GFUC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2003, France</w:t>
+              <w:t xml:space="preserve">ASME TURBO EXPO 2003, IGTI Congress 2003</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2003, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId463" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507904v1</w:t>
+                <w:t xml:space="preserve">hal-00507900v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental study of the transmission error for the detection of gears faults</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
+                <w:t xml:space="preserve">Meshing stiffness and tooth root stress for internal cylindrical geears with thin rim</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId185" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ASME TURBO EXPO 2003, IGTI Congress 2003</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2003, États-Unis</w:t>
+              <w:t xml:space="preserve">ASME, 9th International Power Transmission and Gearing Conference. DETC Computers and Information</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Sep 2003, États-Unis</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId464" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00507900v1</w:t>
+                <w:t xml:space="preserve">hal-00507926v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId465" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Formation à l'ingénierie simultanée et aux SGDT au département GMD de l'INSA de Lyon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Commission formation du Groupement Francophone des Utilisateurs CATIA (GFUC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Apr 2003, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -21663,64 +21663,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId466" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exemple d'application des TIC pour un projet de création de support pédagogique : OPALYS</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId450" w:history="1">
+            <w:hyperlink r:id="rId449" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nadège Troussier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440" w:history="1">
+            <w:hyperlink r:id="rId441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alain Daidié</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -21903,204 +21903,204 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00508105v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Conception et optimisation des engrenages par le contrôle de l'Erreur de Transmission</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Experimental modeling of gear noise : an hybrid model available for designer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId399" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ACFAS, Association Canadienne-Française pour l'Avancée de la Science</w:t>
+              <w:t xml:space="preserve">IDMME 2000, Forum 2000 SCGM/CSME</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId470" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508200v1</w:t>
+                <w:t xml:space="preserve">hal-00508206v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental modeling of gear noise : an hybrid model available for designer</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Conception et optimisation des engrenages par le contrôle de l'Erreur de Transmission</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId224" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Gosselin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Remond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId232" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Daniel Play</w:t>
+            <w:hyperlink r:id="rId399" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean Pierre de Vaujany</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IDMME 2000, Forum 2000 SCGM/CSME</w:t>
+              <w:t xml:space="preserve">ACFAS, Association Canadienne-Française pour l'Avancée de la Science</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2000, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId471" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00508206v1</w:t>
+                <w:t xml:space="preserve">hal-00508200v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId472" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Advantages and perspectives of gear Transmission Error measurement with optical encoders</w:t>
               </w:r>
@@ -22371,51 +22371,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Condition monitoring : Experimental study of the Transmission Error for the detection of gear faults</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId217" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -22879,450 +22879,450 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00694860v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dynamic Transmission Error of cylindrical gears comparison of experimental measurement and numerical calculation</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId437" w:history="1">
+                <w:t xml:space="preserve">Design of advanced mechanical systems, realistic gear dynamic modelisation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId487" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Dussac</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId232" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Daniel Play</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Design Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 1996, SAN DIEGO, United States. pp.519-526</w:t>
+              <w:t xml:space="preserve">International Conference on Gears</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 1996, Dresden, Germany. pp.115-127</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId486" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694844v1</w:t>
+                <w:t xml:space="preserve">hal-00694841v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId487" w:history="1">
+            <w:hyperlink r:id="rId488" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design of advanced mechanical systems, realistic gear dynamic modelisation</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Marc Dussac</w:t>
+                <w:t xml:space="preserve">Dynamic Transmission Error of cylindrical gears comparison of experimental measurement and numerical calculation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Gears</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 1996, Dresden, Germany. pp.115-127</w:t>
+              <w:t xml:space="preserve">Design Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 1996, SAN DIEGO, United States. pp.519-526</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId487" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-00694841v1</w:t>
+            <w:hyperlink r:id="rId488" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00694844v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gear noise and Transmission Error correlations in real operating conditions</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Comparison of experimental measurement and numerical calculation of gear Transmission Error under various dynamic conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId436" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Bard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Euro Noise Conference</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 1995, LYON, France. pp.1-7</w:t>
+              <w:t xml:space="preserve">9th Congress International On the Theory of Machine and Mechanism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 1995, Milano, Italy. pp.585-591</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId489" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694837v1</w:t>
+                <w:t xml:space="preserve">hal-00694839v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of experimental measurement and numerical calculation of gear Transmission Error under various dynamic conditions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId437" w:history="1">
+                <w:t xml:space="preserve">Gear noise and Transmission Error correlations in real operating conditions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th Congress International On the Theory of Machine and Mechanism</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 1995, Milano, Italy. pp.585-591</w:t>
+              <w:t xml:space="preserve">Euro Noise Conference</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 1995, LYON, France. pp.1-7</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId490" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694839v1</w:t>
+                <w:t xml:space="preserve">hal-00694837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId491" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">New Transmission Error Measurement for Heavy Load Gears</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -23494,51 +23494,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Suivi du bruit d'engrènement : évolution avec les profils en contact</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -23671,51 +23671,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A systematic approach of the effect design parameter on spectral and wavelet gear noise analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -23988,51 +23988,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">P. Fabre</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId502" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Forest</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michèle Guingand</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId503" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J.-P. Micaelli</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -24196,77 +24196,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId507" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Active Damping of Cable-Driven Parallel Robots Using LQ Command and Measurement of Cable Tension Variations</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Garcia</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simon Chesné</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Darwin Lau; Andreas Pott; Tobias Bruckmann. </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Cable-Driven Parallel Robots. Proceedings of the 7th International Conference on Cable-Driven Parallel Robots</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 182, Springer Nature Switzerland, pp.92-103, 2025, Mechanisms and Machine Science, 978-3-031-94607-3. </w:t>
@@ -24330,64 +24330,64 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Bourdon</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Chesné</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo André</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Advances in Condition Monitoring of Machinery in Non-Stationary Operations</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Springer Berlin Heidelberg, pp.335-345, 2013, 978-3-642-39347-1. </w:t>
             </w:r>
             <w:hyperlink r:id="rId510" w:history="1">
               <w:r>
                 <w:rPr>
@@ -24415,247 +24415,247 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00905092v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Mesures et analyse de l'Erreur de Transmission d'engrenages avec défauts à haute vitesse à l'aide de codeurs optiques</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Modèles paramétriques et Equations Différentielles Caractéristiques du transfert entre l'Erreur de Transmission et le Bruit d'Engrènement</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId474" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikabou Amai</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contributions en CMVAO mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Transilvania, pp.1-12, 1998</w:t>
+              <w:t xml:space="preserve">, Transilvania, pp.13-25, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId511" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694867v1</w:t>
+                <w:t xml:space="preserve">hal-00694866v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modèles paramétriques et Equations Différentielles Caractéristiques du transfert entre l'Erreur de Transmission et le Bruit d'Engrènement</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Mesures et analyse de l'Erreur de Transmission d'engrenages avec défauts à haute vitesse à l'aide de codeurs optiques</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId217" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jarir Mahfoudh</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId232" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Daniel Play</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Contributions en CMVAO mécanique</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Transilvania, pp.13-25, 1998</w:t>
+              <w:t xml:space="preserve">, Transilvania, pp.1-12, 1998</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId512" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00694866v1</w:t>
+                <w:t xml:space="preserve">hal-00694867v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId513" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">L'engrènement : une Liaison Excitatrice</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId437" w:history="1">
+            <w:hyperlink r:id="rId436" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Bard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -25030,140 +25030,238 @@
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-00450532v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Rapport (1)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Etude expérimentale du comportement d'une articulation de bras robot</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Rémond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">INSA Lyon. 1987</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Rapport</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve"> (rapport de recherche)</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId520" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05564168v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Thèse (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId520" w:history="1">
+            <w:hyperlink r:id="rId521" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude et à l'analyse du bruit d'engrènement. Développement et application de la Transformée en Ondelettes</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Rémond</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Génie mécanique [physics.class-ph]. INSA de Lyon, 1991. Français. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId522" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Thèse</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId521" w:history="1">
-              <w:r>
-[...17 lines deleted...]
-            <w:hyperlink r:id="rId520" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">tel-00692571v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId522"/>
+      <w:footerReference w:type="default" r:id="rId523"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -25310,51 +25408,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069438v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Spaggiari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Touret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Changenet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourdon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2025.2489696" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971787v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Garcia" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesn&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4067622" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018687v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lecl&#232;re" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Andr&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Antoni" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burel" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capdessus" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.112601" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645749v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Thibault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecouvreur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105733" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755641v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Besnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.109560" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709919v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2022.107753" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paillot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10775463221133720" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koechlin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Prieto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-9199-0_40" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660008v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Passos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sauvage" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rota" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050527" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178511v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Allemand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Khelf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107350" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182255v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Sghaier" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dion" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyret" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105155" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903288v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.040" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03025844v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Islem Karabadji" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Seridi" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Aridhi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.03.052" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJL5LXD9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995828v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Af Silva" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Andrianoely" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407018824943" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969509v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selven Ayasamy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Santini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2018.05.016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834574v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroua Fourati" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabih F&#233;ki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakher Chaari" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.031" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ruzek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016066" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707861v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose L. Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.02.032" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276591v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Abboud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Eltabach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.09.034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276664v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.11.044" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071592v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rancourt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chochol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves St-Amant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2014.09.004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPJQ5795-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916255v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. Randall" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.11.006" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916259v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Andre" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.09.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916257v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girardin" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.06.020" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018727v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. Randall" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.10.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9D2GVG8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905082v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Laouar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz M. Bouchelaghem" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Saad" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.05.025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPQNKXQ6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807827v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.01.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735534v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerlan Akhmetov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sandel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maiffredy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Marquis-Favre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHVS.2012.049849" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782079v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lizandier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.46.779-798" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591410v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengyan Deng" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gaudiller" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.01.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485149v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-009-0005-1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938587v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Girardin" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Rigal" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2010.02.008" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CHN9ZNW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504972v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnardot" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musy" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Doray" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2010.05.005" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949599v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-0807-z" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938586v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001538" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466053v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chomette" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2009.07.010" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578602v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2010055" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504726v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Aridon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Majid" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blanchard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3007904" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485224v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.003" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485157v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3042148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381480v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Neyrand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2007.07.011" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381434v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guingand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2898877" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117137v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Parker" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2910891" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381485v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2965606" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381451v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.56.303" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381450v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.56.551" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381390v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/17/6/065019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NWFLJTXK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381377v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Blanchard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Allezy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2007.07.008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Icard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2406089" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373371v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bernillon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-143" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373877v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2005/205291" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454740v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889867v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Poncet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2002021" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450325v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gosselin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guertin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jean" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692560v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/9/3/006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5DDFFFA58E292AA408C34B3E0290E71233F832BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692561v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soleilhac" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coppens" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villars" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692559v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marguin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694838v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692558v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369560v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Clerc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Alcorta" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Ahani" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369525v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369479v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128171v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Garcia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165673v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165641v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280077v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943190v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Koshy Mathew" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660205v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Telbani" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Souilliart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Hassini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977541v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowen Li" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Koechlin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Prieto" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-0744-3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190161v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188558v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boudon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670563v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11220-2_6" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190261v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacaze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870111v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagnier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomasset" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243279v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863697v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eberard" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Di Loreto" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22360/SummerSim.2016.ICBGM.015" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707910v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semchedine Fedala" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Zegadi" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Felkaoui" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20463-5\_22" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707903v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabih Feki" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20463-5\_2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212368v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059007v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016741v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017574v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tuan Vu" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Morterolle" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075123v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gomez-Chirinos" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadeq Bahmani" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Andr&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018905v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995004v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074976v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074979v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873705v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728471" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905102v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zegadi" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Felkaoui" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959573v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828176v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905100v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905103v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Leclere" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905088v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441366v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694856v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720098v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boucaud" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731789v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737645v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731801v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sudant" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessendier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941418v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694857v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720109v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720096v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Genty" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720100v1" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720110v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720151v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694854v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694855v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Harth" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619025v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628504v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553851v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ibrahim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Badaoui" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Randall" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628508v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504806v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deng" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504789v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Daher" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504795v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Rigal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504773v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694865v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schmit" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beguet" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gratadour" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Balenghein" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721845v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Laine" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504766v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504775v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ahkmetov" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lain&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628511v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pezerat" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhuillier" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504765v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504796v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504801v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dieng" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504769v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504763v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504788v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486224v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504730v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pecol" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486226v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694864v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506178v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506207v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506186v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506221v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506223v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506181v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506185v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ibrahim" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Badaoui" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B Randall" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506208v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506222v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506145v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508241v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140123v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schulte" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Dimitrijevic" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Der Hagopian" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506277v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Almajid" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694853v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;naelle Aridon" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blanchard" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506311v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506268v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506686v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506267v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506324v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506308v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637874v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-34130" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506307v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373311v1" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernillon" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504285v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506315v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Parker" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506899v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506909v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Falzon" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506880v1" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506835v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505939v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506825v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506911v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652087v1" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Falzon" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2308172" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391524v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391525v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506824v1" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnavand" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Balluet" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506821v1" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Dieng" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506882v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506877v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506820v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506826v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507251v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507253v1" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226989v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Paredes" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507247v1" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507252v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219969v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507439v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507380v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507324v1" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toumine" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Troussier" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694863v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507405v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507375v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507406v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parades" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roucoules" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Eynard" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507896v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gaborel" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507903v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507902v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507926v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507904v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507900v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507927v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508011v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomes" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508105v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-M. Mergache" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508200v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508206v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694850v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694847v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikabou Amai" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694849v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guertin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gosselin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694846v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694862v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694861v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694859v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Shiono" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694860v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jean" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694844v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694841v1" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dussac" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694837v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694839v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109090v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694836v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alattass" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692577v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692574v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692576v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692572v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Troncy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694858v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383663v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fabre" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Forest" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Micaelli" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694869v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velex" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sabot" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128120v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94608-0_8" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905092v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39348-8_28" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694867v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694866v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694868v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454879v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Calca" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sembeli" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455937v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450467v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450532v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00692571v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05069438v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;l Spaggiari" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Touret" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Changenet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Bourdon" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier R&#233;mond" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10402004.2025.2489696" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05018687v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Quentin Lecl&#232;re" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Andr&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Antoni" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arthur Burel" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Capdessus" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2025.112601" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04971787v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Garcia" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesn&#233;" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4067622" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04645749v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathanael Thibault" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Lecouvreur" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2024.105733" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03755641v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Paillot" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E. Besnier" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2022.109560" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03709919v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2022.107753" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03827593v1" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Paillot" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Etienne Besnier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Chesne" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/10775463221133720" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660554v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X. Li" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Bourdon" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Remond" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Koechlin" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Prieto" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-981-15-9199-0_40" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660008v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Passos" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Manin" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Remond" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Sauvage" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Rota" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4050527" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03178511v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Flavien Allemand" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ilyes Khelf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apacoust.2020.107350" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03182255v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emna Sghaier" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Luc Dion" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Peyret" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijmecsci.2019.105155" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02360753v1" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.A.F. Silva" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.G. Rinaldi" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2019.103583" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01903288v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2018.09.040" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01995828v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Af Silva" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Ange Andrianoely" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1177/0954407018824943" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-03025844v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nour El Islem Karabadji" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hassina Seridi" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sabeur Aridhi" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.eswa.2019.03.052" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-KJL5LXD9-Q/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969509v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos A.F. Silva" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Selven Ayasamy" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clement Santini" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2018.05.016" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01802218v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2017.10.008" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01834574v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aroua Fourati" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabih F&#233;ki" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fakher Chaari" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2016.12.031" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01540783v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michal Ruzek" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2016066" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707861v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose L. Gomez" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.triboint.2016.02.032" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276591v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dany Abboud" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sophie Baudin" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mario Eltabach" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2015.09.034" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01276664v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2015.11.044" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01071592v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Martel" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Rancourt" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Catherine Chochol" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves St-Amant" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2014.09.004" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPJQ5795-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916257v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Andre" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Girardin" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.06.020" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916259v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.09.004" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00916255v1" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B. Randall" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.11.006" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018727v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert B. Randall" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.10.015" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-G9D2GVG8-W/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905082v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lakhdar Laouar" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelaziz M. Bouchelaghem" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salah Saad" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2013.05.025" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-XPQNKXQ6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00807827v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2013.01.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00735534v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yerlan Akhmetov" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Sandel" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Maiffredy" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wilfrid Marquis-Favre" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/IJHVS.2012.049849" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00782079v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Minh Tu Pham" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Corinne Rouby" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Lizandier" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Janot" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/jesa.46.779-798" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00591410v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fengyan Deng" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc Gaudiller" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jsv.2011.01.004" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938586v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Fran&#231;ois Rigal" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4001538" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00466053v1" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Baptiste Chomette" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2009.07.010" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485149v1" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Argoul" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12356-009-0005-1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00949599v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s12289-010-0807-z" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504972v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Renaudin" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bonnardot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Musy" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.B. Doray" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2010.05.005" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00938587v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francois Girardin" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Francois Rigal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2010.02.008" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-0CHN9ZNW-1/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00578602v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/meca/2010055" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504726v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwenaelle Aridon" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Al Majid" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Blanchard" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;gis Dufour" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3007904" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485224v1" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guilhem Michon" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2008.04.003" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00485157v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabrice Morestin" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.3042148" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381485v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mich&#232;le Guingand" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2965606" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381480v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Neyrand" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ymssp.2007.07.011" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02117137v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert Parker" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2910891" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381434v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2898877" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381450v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.56.551" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381451v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.4028/www.scientific.net/AST.56.303" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381390v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0964-1726/17/6/065019" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/0T8-NWFLJTXK-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00381377v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabian Blanchard" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Arnaud Allezy" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.mechmachtheory.2007.07.008" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00378142v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Icard" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.2406089" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373371v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jos&#233; Vi&#241;uelas" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Federica Calevro" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jacques Bernillon" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yvan Rahb&#233;" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/1471-2164-8-143" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373877v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jarir Mahfoudh" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1155/2005/205291" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454740v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00889867v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Poncet" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/animres:2002021" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450325v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Gosselin" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Guertin" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Jean" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692560v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/0957-0233/9/3/006" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/5DDFFFA58E292AA408C34B3E0290E71233F832BB/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692561v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Soleilhac" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Play" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pascal Coppens" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Villars" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692559v1" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Bonnet" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Marguin" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694838v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692558v1" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369560v1" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Victor Clerc" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Roberto Alcorta" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mojtaba Ahani" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369525v1" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05369479v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128171v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T Garcia" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165673v1" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04165641v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04280077v1" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03943190v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Steve Koshy Mathew" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03660205v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Telbani" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Souilliart" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.A. Hassini" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02977541v1" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xiaowen Li" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S Koechlin" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Prieto" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3850/978-981-11-0744-3" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190161v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02188558v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adeline Boudon" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04670563v1" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-030-11220-2_6" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02190261v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Lacaze" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01870111v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Lagnier" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Thomasset" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03243279v1" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707910v1" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Semchedine Fedala" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rabah Zegadi" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Felkaoui" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20463-5\_22" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01863697v1" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Eberard" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micha&#235;l Di Loreto" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.22360/SummerSim.2016.ICBGM.015" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04707903v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabih Feki" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-20463-5\_2" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01212368v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01017574v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ngoc Tuan Vu" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Morterolle" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01059007v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01016741v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01075123v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jose Luis Gomez-Chirinos" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdessadeq Bahmani" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Andr&#233;" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01018905v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00995004v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074979v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01074976v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959573v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905102v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Zegadi" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Felkaoui" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00873705v1" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ITSC.2013.6728471" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00828176v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905100v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905103v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Q. Leclere" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905088v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441366v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694856v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731801v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Sudant" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Dessendier" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00941418v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00731789v1" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00737645v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720098v1" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu Boucaud" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Sandier" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Totaro" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694857v1" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720109v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720110v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720096v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurence Genty" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720100v1" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00720151v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00619025v1" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628504v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694855v1" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Virginie Harth" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694854v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00553851v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Ibrahim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Guillet" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Badaoui" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Randall" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628508v1" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504806v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Deng" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504789v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Z. Daher" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504795v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Francois Rigal" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00721845v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Leo Laine" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694865v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Schmit" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bernard Beguet" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Gratadour" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Balenghein" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504773v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504766v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504775v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Ahkmetov" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Lain&#233;" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504796v1" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504765v1" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00628511v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charles Pezerat" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Lhuillier" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504801v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Dieng" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504769v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504763v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504788v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486224v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00486226v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00504730v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Pecol" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694864v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506181v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506223v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506178v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506207v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506186v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506221v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506185v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Ibrahim" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Guillet" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. El Badaoui" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R.B Randall" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506208v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506222v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508241v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506145v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506311v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506277v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Almajid" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694853v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gw&#233;naelle Aridon" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Blanchard" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00140123v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Schulte" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zoran Dimitrijevic" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johan Der Hagopian" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506268v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Pierre de Vaujany" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506686v1" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506308v1" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04637874v1" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/DETC2007-34130" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506267v1" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506324v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00373311v1" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Vinuelas" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Bernillon" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506307v1" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01504285v1" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506315v1" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Robert G. Parker" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506911v1" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04652087v1" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Falzon" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1117/12.2308172" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506825v1" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391524v1" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506899v1" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506909v1" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Falzon" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506880v1" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00505939v1" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506835v1" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506824v1" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Bonnavand" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Balluet" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506821v1" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cheikh Dieng" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00391525v1" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506882v1" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506877v1" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506820v1" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00506826v1" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507253v1" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Bard" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507251v1" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507247v1" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04226989v1" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lionel Roucoules" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Daidi&#233;" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Paredes" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507252v1" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04219969v1" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507439v1" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K. Stofleth" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507324v1" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Toumine" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Troussier" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507380v1" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694863v1" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507405v1" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507375v1" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507406v1" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Parades" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L. Roucoules" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Eynard" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507896v1" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.P. Gaborel" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507903v1" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507902v1" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507904v1" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507900v1" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507926v1" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00507927v1" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508011v1" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Gomes" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508105v1" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S.-M. Mergache" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508206v1" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00508200v1" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694850v1" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694847v1" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikabou Amai" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694849v1" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Guertin" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claude Gosselin" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694846v1" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Renoux" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694862v1" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694861v1" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694859v1" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Shiono" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694860v1" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yves Jean" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694841v1" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Dussac" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694844v1" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694839v1" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694837v1" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00109090v1" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694836v1" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed Alattass" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692577v1" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692574v1" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692576v1" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00692572v1" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andr&#233; Troncy" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694858v1" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00383663v1" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Fabre" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Forest" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.-P. Micaelli" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694869v1" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Velex" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean Sabot" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05128120v1" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-94608-0_8" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00905092v1" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-642-39348-8_28" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694866v1" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694867v1" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00694868v1" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00454879v1" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Calca" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=I. Sembeli" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00455937v1" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450467v1" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00450532v1" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05564168v1" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00692571v1" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>