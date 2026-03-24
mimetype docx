--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -1688,261 +1688,261 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03103622v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Numerical study of an unsteady confined thermal plume under the influence of gas radiation</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Anne Sergent</w:t>
+                <w:t xml:space="preserve">Heat transfer enhancement of a natural convection flow in an enclosure submitted to a small extent thermal disturbance: Influence of location and frequency</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Paul Chorin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Florian Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Saury</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Patrice Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, 156, pp.106474:1-14. </w:t>
-[...7 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106474⟩</w:t>
+              <w:t xml:space="preserve">, 2020, pp.106711. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106711⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02998148v1</w:t>
+                <w:t xml:space="preserve">hal-03029811v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId67" w:history="1">
+            <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Heat transfer enhancement of a natural convection flow in an enclosure submitted to a small extent thermal disturbance: Influence of location and frequency</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Florian Moreau</w:t>
+                <w:t xml:space="preserve">Numerical study of an unsteady confined thermal plume under the influence of gas radiation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ying Wang</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Sergent</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Saury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Denis Lemonnier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Patrice Joubert</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">International Journal of Thermal Sciences</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, 2020, pp.106711. </w:t>
+              <w:t xml:space="preserve">, 2020, 156, pp.106474:1-14. </w:t>
             </w:r>
             <w:hyperlink r:id="rId69" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106711⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ijthermalsci.2020.106474⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId67" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03029811v1</w:t>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02998148v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId70" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simultaneous identification of thermophysical properties of semitransparent media using an artificial neural network trained by a 2-D axisymmetric direct model</w:t>
               </w:r>
@@ -2591,51 +2591,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Heat transfer modification induced by a localized thermal disturbance in a differentially-heated cavity</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId68" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Paul Chorin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Moreau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -8748,51 +8748,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="94AF2410"/>
+    <w:nsid w:val="203C7FCC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8979,51 +8979,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-saury" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8035-5041" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077015398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-6099-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05313411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Daurenjou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Saury" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1359" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04997739v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sergent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lemonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joubert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2025.109820" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03934938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Huerta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Skurtys" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.108137" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sghuri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Billaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Signor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Saury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Milhet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03964360v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weppe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saury" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2023.106637" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03767033v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Le Bohec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2022.2102397" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Bach Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2022.123181" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03767045v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Skurtys" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ignacio Thiers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0100218" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123052" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2021.10042895" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474144v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weppe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012033" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa El Rassy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.09.049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103622v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benselama" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120598" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998148v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106474" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029811v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chorin" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106711" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539199v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2020.1746167" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564463v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106430" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467416v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chorin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106279" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526162v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ab7f78" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228339v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Billaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2020.1791550" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134971v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2018.11.048" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134973v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.11.018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134974v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belleoud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.09.018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134977v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baudoin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2017.06.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134979v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourgeois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brachmann" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barth" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ammouri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baraldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.01.165" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134975v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2017.1386509" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134976v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bostr&#246;m" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.06.058" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134981v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Bostr&#246;m" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en9110912" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134983v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherifi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laouar-Meftah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benbrik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2015.1090233" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546945v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ruffio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2014.06.069" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWM1V3CT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546944v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Harnane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bessa&#239;h" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Bougriou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4028022" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546947v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ibrahim" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2013.09.006" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J6840B50-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841302v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desrayaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bastide" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brangeon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.05.003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546950v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.04.041" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD3C7SD3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037228v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Benkhelifa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Penot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2011.11.009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-65FGXGT1-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037226v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.02.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG6MD2C6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037227v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Belleoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Djanna" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012119" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037225v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Alina Ilie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012067" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037224v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2011.03.019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8RVSM9P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037223v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.05.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK4F1VMP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037222v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54966/jreen.v13i3.207" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162000v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Grine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Desmons" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Harmand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2006.07.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFTHQM05-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037221v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fasquelle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Randria" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037220v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Seghir-Ouali" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Phillipart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laloy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2006.01.017" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK142MCN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037219v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siroux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2005.03.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037218v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037217v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0017-9310(02)00056-X" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083611v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-012" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083551v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-048" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469756v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083543v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-140" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191122v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/TFEC2019.cmd.027299" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191185v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467899v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905701v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191186v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467390v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.cov.023273" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086510v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zeaiter" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F&#233;not" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8506692" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467894v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467887v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cadet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467883v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467370v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711402v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Xin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Knikker" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540727v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Djanna" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424332v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424318v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424326v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484877v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424316v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292658v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418269v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418274v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-03001965v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003VALE0020" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-saury" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-8035-5041" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/077015398" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.researcherid.com/rid/http://www.researcherid.com/rid/D-6099-2013" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://isae-ensma.hal.science/hal-05313411v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Daurenjou" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Moreau" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Saury" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21494/ISTE.OP.2025.1359" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-poitiers.hal.science/hal-04997739v1" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ying Wang" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Sergent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Denis Lemonnier" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrice Joubert" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2025.109820" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03934938v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P Huerta" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romain Gers" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O Skurtys" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2022.108137" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04190331v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A Sghuri" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y Billaud" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L Signor" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D Saury" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=X Milhet" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.actamat.2023.119109" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03964360v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Weppe" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Saury" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2023.106637" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03767033v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Le Bohec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2022.2102397" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03707005v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xuan Bach Nguyen" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2022.123181" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-03767045v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Skurtys" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Ignacio Thiers" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0100218" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03680526v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Moreau" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2022.123052" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04239580v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1504/PCFD.2021.10042895" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03474144v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Weppe" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/2116/1/012033" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029812v1" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elissa El Rassy" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Billaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.apm.2020.09.049" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03103622v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manuel Girault" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yang Liu" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Benselama" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2020.120598" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03029811v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Paul Chorin" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106711" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02998148v1" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106474" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02539199v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2020.1746167" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02564463v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106430" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467416v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Chorin" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2020.106279" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02526162v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6501/ab7f78" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03228339v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Billaud" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Lemonnier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2020.1791550" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134971v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.measurement.2018.11.048" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134973v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.11.018" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134974v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Belleoud" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2017.09.018" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134977v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Baudoin" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2017.06.002" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134979v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Bourgeois" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Brachmann" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Barth" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Ammouri" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Baraldi" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.01.165" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134975v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2017.1386509" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134976v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cecilia Bostr&#246;m" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.applthermaleng.2017.06.058" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134981v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Zhu" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bo Bostr&#246;m" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/en9110912" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02134983v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Cherifi" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Laouar-Meftah" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Benbrik" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/10407782.2015.1090233" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546945v1" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Ruffio" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Daniel Petit" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2014.06.069" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-DWM1V3CT-H/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546944v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Harnane" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rachid Bessa&#239;h" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cherif Bougriou" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1115/1.4028022" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546947v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adel Ibrahim" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.compfluid.2013.09.006" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-J6840B50-J/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00841302v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Desrayaud" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Ch&#233;nier" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Joulin" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Bastide" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Boris Brangeon" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2013.05.003" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02546950v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2013.04.041" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QD3C7SD3-Z/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037228v1" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdelmadjid Benkhelifa" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Penot" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2011.11.009" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-65FGXGT1-K/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037226v1" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijheatmasstransfer.2012.02.008" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-JG6MD2C6-4/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037227v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Belleoud" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Francis Djanna" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012119" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037225v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Valentina Alina Ilie" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1742-6596/395/1/012067" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037224v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Rouger" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.icheatmasstransfer.2011.03.019" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-S8RVSM9P-P/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037223v1" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2010.05.008" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-BK4F1VMP-M/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037222v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.54966/jreen.v13i3.207" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00162000v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ali Grine" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Yves Desmons" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souad Harmand" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.expthermflusci.2006.07.004" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-QFTHQM05-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037221v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Fasquelle" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andry Randria" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037220v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Seghir-Ouali" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=O. Phillipart" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Laloy" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2006.01.017" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-PK142MCN-V/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037219v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Siroux" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijthermalsci.2005.03.005" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037218v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Patrick Fin" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03037217v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/S0017-9310(02)00056-X" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083611v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2022-012" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083551v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2021-048" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03469756v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04083543v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.25855/SFT2020-140" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191122v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/TFEC2019.cmd.027299" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191185v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467899v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Wang Ying" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02905701v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03191186v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467390v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1615/IHTC16.cov.023273" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086510v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amal Zeaiter" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Matthieu F&#233;not" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICELMACH.2018.8506692" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467894v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467887v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Cadet" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467883v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02467370v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00711402v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Xin" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Andre" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R. Knikker" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H. Sadat" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00540727v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Djanna" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Penot" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424332v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Cl&#233;ment, Jean-Paul Rouger" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424318v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424325v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424326v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00484877v1" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00424316v1" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292658v1" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418269v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00292800v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00418274v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://uphf.hal.science/tel-03001965v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2003VALE0020" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>