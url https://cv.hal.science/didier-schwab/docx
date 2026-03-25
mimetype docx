--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -2,51 +2,51 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Didier Schwab </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités (CNU 27)--Titulaire de la chaire AugmentIA pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)--Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s) </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">didier-schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2462-8148</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069192359</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">schwab_d_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">En bref :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur en informatique (CNU 27), Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chaire AugmentIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable de l'équipe </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GETALP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> au </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire Informatique de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (LIG, UMR 5217), membre depuis 2007</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherches : Grands modèles de langue, représentation, l’acquisition et l’exploitation de connaissances pour et par les textes ; Dialogue assisté par la machine pour les personnes en situation de handicap</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsabilités actuelles :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2026 - : Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 - : Co-animateur avec Corinne Fredouille (U. d'Avignon, LIA) de l'axe </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognition et Langage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> de l'</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut Carnot Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 - : Chargé de mission valorisation au LIG</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 - : Membre du comité de rédaction de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revue TAL (Traitement Automatique des Langues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsabilités passées :- 2023 - 2024 : Membre élu du Conseil d'Administration de l'Université Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 - 2024 : Membre du Comité Permanent de la conférence TALN (</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.atala.org/comitepermanent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 - 2024 : Membre du conseil d'administration de l'ATALA (</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association pour le Traitement Automatique des Langues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Google Scholar : </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?hl=fr&user=eKDJXyUAAAAJ </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Quelques projets</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pantagruel (2023 -- 2026) : Construction et évaluation de grands modèles de langue multimodaux et inclusifs -- écrit, oral, pictogrammes -- pour le français général et clinique -- financement principal : ANR (600 K) -- rôle : coordinateur du projet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">AAC4All (2022 -- 2025) : Communication augmentée et alternative pour tous -- </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.aac4all.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> -- financement principal : ANR (700 k </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://anr.fr/Projet-ANR-21-CE19-0051</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) -- rôle : coordinateur de site</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de doctorant(e)s :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sarah BOUARABA (2025-) : avec Lorraine Goeuriot (UGA, LIG, MRIM) et Philippe Mulhem (CNRS, LIG, MRIM) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAG: Récupération intelligente pour des modèles de langage cliniques efficaces</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Anas EL HAOUFI (2025-) : avec nicolas Hili (UGA, LIG, Vasco) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une approche de tests basée sur l’apprentissage pour la validation de modèles en Ingénierie des Systèmes Application au contrôle-commande nucléaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Alex JIANG (2025-) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection automatique de contenu généré par des bots à des fins de désinformation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Maja Jønck HJULER  (2025-) avec Laurianne SITBON (Queensland University of Technology, Australia) et Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle au service de l'expression : vers des espaces de communication neurodiverses</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Markarit VARTAMPETIAN (2024-) avec Philippe Mulhem (CNRS, LIG, MRIM) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création et évaluation de grands modèles de langue décodeurs pour des tâches de rédaction</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nakanyseth VUTH (2023-) avec Gilles Sérasset (UGA, LIG, GETALP) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génération de données synthétiques par de grands modèles de langage pour compenser le manque de données</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fabien Lopez (2022-) avec Marco Dinarelli (CNRS, LIG, GETALP) et Emmanuelle Esperança-Rodier (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La résolution de coréférences et son application à la traduction automatique</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèses soutenues :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13 Lucía Ormaechea Grijalba (soutenue le 18 décembre 2025) avec Pierrette Bouilllon (Université de Genève, Faculté de traduction et d'interprétation) et Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simplification de la parole pour la traduction vers des pictogrammes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">12 Xingyu LIU (soutenue le 10 juin 2025) avec François Portet (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Système dialogique de questions-réponses contrôlé : application aux forums sur la santé des femmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11 Aidan Mannion (soutenue le 26 mai 2025) avec Lorraine Gœuriot (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modéles de langue contextualisés pour la trajectoire patients</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10 Jeongwoo KANG (thèse soutenue le 8 avril 2025) avec Maximin Coavoux (CNRS, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissage par transfert pour l’analyse sémantique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9 Cécile Macaire (thèse soutenue le 11 mars 2025) avec Benjamin Lecouteux (UGA, LIG, GETALP) et Emmanuelle Esperança-Rodier (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génération de pictogramme à partir de la parole pour la mise en place d’une communication médiée par la machine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8 LE Hang (Thèse soutenue le 25 mars 2024) avec Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Model Architectures and Training Techniques for Multilingual Speech-to-Text Translation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7 Emmanuelle Kelodjoue (Soutenue le 5 octobre 2022) avec Jérôme Goulian (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction d’opinions pour l’aide à l’analyse multicritère de corpus oraux transcrits</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">6 Jibril Frej (Thèse soutenue le 5 février 2021) avec Jean-Pierre Chevallet (UGA, LIG, MRIM) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissances a priori pour la Recherche d'Information textuelle basée sur l'apprentissage profond</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 Loïc Vial (Thèse soutenue le 20 juillet 2020) avec Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles joints de clarification de texte et de traduction automatique statistique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 El Moatez Billah Nagoudi (Thèse soutenue en mars 2019) avec Ahmed Khorsi (Al-Imam Mohammad Ibn Saud Islamic University, Saudi Arabia) et Hadda Cherroun (Laboratoire d’Informatique et de Mathématique LIM, Amar Telidji University, Laghouat, Algeria) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection de plagiat en langue arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3 Marwa Hadj-Salah (Thèse soutenue en décembre 2018) avec Hervé Blanchon (UGA, LIG, GETALP) et Mounir Zrigui (Université de Monastir, Tunisie) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Désambiguïsation lexicale de l'arabe pour et par la traduction automatique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2 Jérémy Ferrero (</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèse soutenue en décembre 2017</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) avec Laurent Besacier (UGA, LIG, GETALP) et Frédéric Agnès (Société Compilatio) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Similarités Textuelles Sémantiques Translingues : vers la Détection Automatique du Plagiat par Traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1 Andon Tchechmedjiev (</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèse soutenue en octobre 2016</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) avec Gilles Sérasset (UGA, LIG, GETALP) et Jérôme Goulian (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interopérabilité Sémantique Multilingue des Ressources Lexicales en Données Liées Ouvertes.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er janvier 2026 : Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s + &amp;gt;20 stagiaires)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er octobre 2024 : Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chaire AugmentIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er septembre 2022 : Professeur des universités  à l’Université Grenoble Alpes– IUT2 département Techniques de Commercialisation, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sept. 2008 - Août 2022 : Maître de conférences à l’Université Grenoble Alpes– IUT2 département Techniques de Commercialisation, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sept. 2007 – Août 2008 : Attaché Temporaire d’Enseignement et de Recherche à l’Université Grenoble II – IUT2 département Informatique, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril 2006 – Août 2007 : Chargé de recherche, post-doctorat, Unité de Traduction Assistée par Ordinateur (UTMK), Universiti Sains Malaysia, Penang, Malaisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2005 : Thèse de doctorat, monitorat et Attaché Temporaire d’Enseignement et de Recherche à l’Université Montpellier 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking cognitive potential: Exploring a virtual environment for cognitive training in healthy aging and mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Andrieu-Devilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gandit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Quillion-Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Monfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100885. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irbm.2025.100885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Aware Neural Machine Translation Models Analysis And Evaluation Through Attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Niaouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez-Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nacklé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581509v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark 2.0: A standardized, replicable and enhanced framework for self-supervised representations of French speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Parcollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Pupier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Speech and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86, pp.101622. </w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csl.2024.101622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalanced Learning for Early Automatic Diagnosis of Diabetes Based on Enhanced Resampling Technique and Stacking Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Zemmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacer Eddine Benzebouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Belhaouari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Intelligent Information Technologies (IJIIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deceptive Opinions Detection Using New Proposed Arabic Semantic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Zenakhra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monther Aldwairi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 189, pp.29 - 36. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2021.05.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Beatbox Sound Recognition using an Automatic Speech Recognition Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 67, pp.102468. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bspc.2021.102468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896690v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Level Plagiarism Detection System for Arabic Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khorsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadda Cherroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (1), pp.124-138. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/cait-2018-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm for Arabic Word Sense Disambiguation through English lexical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakhouche Abdelaali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamina Tlili-Guiassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Metadata, Semantics and Ontologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.202-211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worst-case Complexity and Empirical Evaluation of Artificial Intelligence Methods for Unsupervised Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.124-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désambiguïsation lexicale de textes : efficacité qualitative et temporelle d'un algorithme à colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (1), pp.99-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercher un mot dans un dictionnaire sans bon index est un peu comme s'orienter sur une île déserte sans carte convenable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and Comparison of multilingual fusion strategies for similarity-based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Computing Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage does not Guarantee Access: The Problem of Organizing and Accessing Words in a Speaker's Lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12, pp.233-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et si Boileau s'était trompé? Le problème du mot sur le bout de la langue et comment y remédier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognisciences : Journal des sciences cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Revue CogniScience, 7 (5--7), pp.5-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème du &amp;quot; mot sur le bout de la langue &amp;quot; et comment y remédier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognisciences : Journal des sciences cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, numéro 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deliberate word access : an intuition, a roadmap and some preliminary empirical results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speech Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (4), pp.107--117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling, Detection and Exploitation of Lexical Functions for Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECTI-CIT Transactions on Computer and Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (2), pp.97-108. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37936/ecti-cit.200622.53279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs Conceptuels et Structuration Emergent de Terminologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 43 (1), pp.43-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs conceptuels et structuration émergente de terminologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 43 (1), pp.43-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03348508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (135)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ImageCLEF 2025: Multimedia Retrieval in Medical, Social Media and Content Recommendation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan-Cristian Stanciu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra-Georgiana Andrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmedkhan Radzhabov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Madrid (ES), Spain. pp.290-314, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-04354-2_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN-RENS : un nouveau jeu de données en français annoté en entités d'intérêts sur une thématique &amp;quot;&amp;quot;sécurité et défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Aubertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reassessing Graph Linearization for Sequence-to-sequence AMR Parsing: On the Advantages and Limitations of Triple-Based Encoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Annual Conference of the Nations of the Americas Chapter of the Association for Computational Linguistics (Insights 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Albuquerque, NM, United States. pp.15-23, </w:t></w:r><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.insights-1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicabilité par Perturbations pour les Systèmes RAG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongxin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Marseille, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 2025 ImageCLEFtoPicto Task -Investigating the Generation of Pictogram Sequences from Text and Speech Notebook for the ImageCLEF Lab at CLEF 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diandra Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-quality LLM-based data for French spontaneous speech simplification: an exo-refinement approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Rotterdam, Netherlands. pp.4038-4042</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Text to DSL: Evaluating Grammar-Based Model Generation Using Open LLMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junaid Baber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Challier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Satrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Trends in Intelligent Software Methodologies, Tools and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Kitakyushu, Japan, Japan. pp.96 - 109, </w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/faia250513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN : IA d'extraction d'information à partir de sources textuelles pour le renseignement militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMIAD, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning Low-Code Development Platforms into True No-Code with LLMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Hagel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MODELS Companion ’24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Linz (AUSTRIA), Austria. </w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3652620.3688334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Speech-to-Pictograms Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Kos / Greece, Greece. pp.857-861, </w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2024-490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should Cross-Lingual AMR Parsing go Meta? An Empirical Assessment of Meta-Learning and Joint Learning AMR Parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMNLP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Nov 2024, Miami, Florida, United States. pp.43-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méta-apprentissage pour l'analyse AMR translingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.144-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification Strategies in French Spontaneous Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DeTermIt! Evaluating Text Difficulty in a Multilingual Context @ LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KGAST: From Knowledge Graphs to Annotated Synthetic Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st Workshop on Knowledge Graphs and Large Language Models (KaLLM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Aug 2024, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un corpus multimodal alignant parole, transcription et séquences de pictogrammes dédié à la traduction automatique de la parole vers des pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.20-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches cascade et de bout-en-bout pour la traduction automatique de la parole en pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.22-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cristina Alonzo Canul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Audibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 2024 Joint International Conference on Computational Linguistics, Language Resources and Evaluation (LREC-COLING 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04535557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimodal French Corpus of Aligned Speech, Text, and Pictogram Sequences for Speech-to-Pictogram Machine Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jargon : Une suite de modèles de langues et de référentiels d'évaluation pour les domaines spécialisés du français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alonzo-Canul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Audibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN : IA d'extraction d'information à partir de sources textuelles pour le renseignement militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Conference on Artificial Intelligence for Defense (CAID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAKE-NMTViz Project: Meaningful, Accurate and Knowledge-limited Explanations of NMT Systems for Translators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez-Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nakhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAMT : European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Multimedia Retrieval in Medical, Social Media and Content Recommendation Applications with ImageCLEF 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Drăgulinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Idrissi-Yaghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmedkhan Radzhabov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow (Ecosse), United Kingdom. pp.44-52, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56072-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les limites de l'identification par l'humain de textes générés automatiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Alavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Gallienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos-Emiliano González-Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.18-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MedDialog-FR: a French Version of the MedDialog Corpus for Multi-label Classification and Response Generation related to Women's Intimate Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Workshop on Patient-Oriented Language Processing @ LREC-COLING, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN: Fictional and Synthetic Intelligence Reports for Named Entity Recognition and Relation Extraction Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Cousot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Seville, Spain. pp.1170-1180, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2024.09.542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the ImageCLEF 2024: Multimedia retrieval in medical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Drȃgulinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Rückert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice2Picto : un système de traduction automatique de la parole vers des pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLS-KGI-BERT: Data-Centric Knowledge Integration in Transformers for Biomedical Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Clinical Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5th Clinical Natural Language Processing Workshop, Jul 2023, Toronto, Canada. pp.312-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO : Développer des systèmes de traduction de la parole vers des séquences de pictogrammes pour améliorer l'accessibilité de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO: Developing Speech-to-Pictograph Translation Systems to Enhance Communication Accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Tampere, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-training for Speech Translation: CTC Meets Optimal Transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong-Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyu Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Machine Learning (ICML), 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Honolulu, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAKE-NMTViz System Description for the WMT23 Literary Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nakhlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behnoosh Namdarzadeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Eighth Conference on Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, France. pp.287-295, </w:t></w:r><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2023.wmt-1.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence and cognitive performances in virtual environment for cognitive training: an exploratory study in healthy aging and mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Andrieu-Devilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gandit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nahas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Quillion-Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JETSAN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AP, Jun 2023, Paris Saint Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO: Developing Speech‑to‑Pictograph Translation Systems to Enhance Communication Accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual Conference of The European Association for Machine Translation (EAMT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Machine Translation; Tampere University; University of Eastern Finland, Jun 2023, Tampere, Finland. pp.515-516</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une simplification automatique de la parole en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International AFLS 2023 – Le français et ses frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Sep 2023, Villeneuve-d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes pour la création de données en pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple, Simpler and Beyond: A Fine-Tuning BERT-Based Approach to Enhance Sentence Complexity Assessment for Text Simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNLSP (International Conference on Natural Language and Speech Processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Dec 2023, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système d’aide au dialogue en santé intime des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Portet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mauro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA [Evènement affilié à PFIA’23]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple, Simpler and Beyond: A Fine-Tuning BERT-Based Approach to Enhance Sentence Complexity Assessment for Text Simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNLSP (International Conference on Natural Language and Speech Processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Dec 2023, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmentation des modèles de langage français par graphes de connaissances pour la reconnaissance des entités biomédicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwab Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.177-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse sémantique AMR pour le français par transfert translingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.55-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130199v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GAZEPLAY-EVAL : une plateforme pour mettre en place des tests d’évaluation des capacités langagières pour les personnes avec un trouble complexe de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Rochet-Capellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Screen days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Speech Recognition and Query By Example for Creole Languages Documentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Schang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the Risk of & Time to Impairment for ALS patients: Report for the Lab on Intelligent Disease Progression Prediction at CLEF 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference &amp; Labs of the Evaluation Forum (CLEF) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPT-2 Contextual Data Augmentation for Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakia Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Jarray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PACIFIC ASIA CONFERENCE ON LANGUAGE, INFORMATION AND COMPUTATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Manille, Philippines</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark, un référentiel d'évaluation pour le français oral *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sina Alisamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ringeval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d'étude sur la parole JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of two French BERT models for French language on verbatim transcripts and online posts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Kelodjoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Natural Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles neuronaux pré-appris par auto-supervision sur des enregistrements de parole en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tool for Easily Integrating Grammars as Language Models into the Kaldi Speech Recognition Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Summer School in Logic, Language and Information (ESSLI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task Agnostic and Task Specific Self-Supervised Learning from Speech with LeBenchmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-fifth Conference on Neural Information Processing Systems ( NeurIPS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, on-line, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de profil clinique du patient: Une approche de classification de séquences utilisant des modèles de langage français contextualisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lille, France. pp.54-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Multilingual Neural Machine Translation Models Contain Language Pair Specific Attention Heads?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zae Myung Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilina Nikoulina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of ACL 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (virtual), Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance vocale du discours spontané pour le domaine médical</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies du Langage Humain (TLH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Adapter Tuning for Multilingual Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiatao Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Joint Conference of the 59th Annual Meeting of the Association for Computational Linguistics and the 11th International Joint Conference on Natural Language Processing (ACL-IJCNLP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (Virtual), Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03294912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualizing Cross-Lingual Discourse Relations in Multilingual TED Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilina Nikoulina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyeop Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CODI 2021: 2nd Workshop on Computational Approaches to Discourse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Punta Cana, Dominican Republic. </w:t></w:r><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.codi-main.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03642341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON-TRAC' systems for the IWSLT 2021 low-resource speech translation and multilingual speech translation shared tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (virtual), Thailand. </w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.iwslt-1.20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03298854v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark: A Reproducible Framework for Assessing Self-Supervised Representation Learning from Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2021: Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317730v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance de parole beatboxée à l'aide d'un système HMM-GMM inspiré de la reconnaissance automatique de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2020 - 6e conférence conjointe 33e Journées d'Études sur la Parole, 27e Traitement Automatique des Langues Naturelles, 22e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.208-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798538v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the acceptability and usability of augmentative and alternative communication (AAC) tools: the example of pictogram grid communication systems with voice output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Chasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Dohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Rochet-Capellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGACCESS 2020 - Conference on Computers and Accessibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Athènes, Greece. pp.Article 68, </w:t></w:r><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373625.3418018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896668v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlauBERT : des modèles de langue contextualisés pré-entraînés pour le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 2 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.268-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784776v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-decoder Transformer for Joint Automatic Speech Recognition and Multilingual Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiatao Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING 2020 (long paper)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Term Discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd International ACM SIGIR Conference on Research and Development in Information Retrieval (SIGIR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Xi'an, China. pp.1993-1996, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3397271.3401211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIG-Health at Adhoc and Spoken IR Consumer Health Search: expanding queries using UMLS and FastText</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki (on line), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle Transformer à base de Connaissances pour la Recherche d'Information dans des Domaines Spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlauBERT: Unsupervised Language Model Pre-training for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Marseille, France. pp.2479‑2490</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Based Transformer Model for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe (CIRCLE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Samatan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MLWIKIR: A Python toolkit for building large-scale Wikipedia-based Information Retrieval Datasets in Chinese, English, French, Italian, Japanese, Spanish and more</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression de vocabulaire de sens grâce aux relations sémantiques pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2019 (Conférence sur le Traitement Automatique des Langues Naturelles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127237v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apporter des connaissances sémantiques à un jeu de pictogrammes destiné à des personnes en situation de handicap : Un ensemble de liens entre Wordnet et Arasaac, Arasaac-WN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatbox sounds recognition using a speech-dedicated HMM-GMM based system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAVEBA 2019 - 11th International Workshop on Models and Analysis of Vocal Emissions for Biomedical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/978-88-6453-961-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Vocabulary Compression through the Semantic Knowledge of WordNet for Neural Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Wordnet Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02131872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The LIG system for the English-Czech Text Translation Task of IWSLT 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWSLT (16th International Workshop on Spoken Language Translation)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Hong-Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArbEngVec : Arabic-English Cross-Lingual Word Embedding Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raki Lachraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Abdelali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fourth Arabic Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Ability Estimation and Reinforcement with Eye-tracking Games for Children with Multiple Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grenoble Workshop on Models and Analysis of Eye Movements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic pictogram generation from speech to help the implementation of a mediated communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Barrier-free Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un corpus en arabe annoté manuellement avec des sens WordNet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désambiguïsation lexicale d'une langue moins bien dotée, l'exemple de l'arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de la recherche d'information sémantique - Ressources lexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche d'Information Semantique 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GazePlay Project: Open and Free Eye-trackers Games and a Community for People with Multiple Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCHP 2018 - 16th International Conference on Computers Helping People with Special Needs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Linz, Austria. pp.254-261, </w:t></w:r><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-94277-3_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Subword information and Language model for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e Conférence en Recherche d’Information et Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de pictogrammes à partir de la parole spontanée pour la mise en place d’une communication médiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans de linguistique sur corpus oraux : Apports à l'étude de la variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word Embedding-Based Approaches for Measuring Semantic Similarity of Arabic-English Sentences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadda Cherroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Arabic Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Embeddings in Knowledge-Based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computational Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommender System Through Sentiment Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monther Aldwairi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Chekkai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Automatic Control, Telecommunications and Signals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIM-LIG at SemEval-2017 Task1: Enhancing the Semantic Similarity for Arabic Sentences with Vectors Weighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Semantic Evaluations (SemEval-2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. pp.125 - 129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniformisation de corpus anglais annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 24ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Translation Language Models with Word Embedding for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Atelier Recherche d'Information SEmantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Similarity of Arabic Sentences with Word Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Arabic Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valencia, France. pp.18 - 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Word Embedding for Cross-Language Plagiarism Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EACL 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valence, Spain. pp.415 - 421</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01502146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CompiLIG at SemEval-2017 Task 1: Cross-Language Plagiarism Detection Methods for Semantic Textual Similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Workshop on Semantic Evaluations (SemEval-2017),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GazePlay: Creation of a community to help the development of a Free and Open-source plateform to make eye-tracker Video Games accessible to everyone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème EUROPEAN RETT-SYNDROME CONGRESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation vectorielle de sens pour la désambiguïsation lexicale à base de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Investigation of Cross-Language Plagiarism Detection Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BUCC, 10th Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la similarité sémantique vectorielle par méthodes non-supervisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension lexicale de définitions grâce à des corpus annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multilingual, Multi-Style and Multi-Granularity Dataset for Cross-Language Textual Similarity Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th edition of the Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la traduction automatique d'un corpus annoté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création rapide et efficace d'un système de désambiguïsation lexicale pour une langue peu dotée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANT COLONY ALGORITHM APPLIED TO AUTOMATIC SPEECH RECOGNITION GRAPH DECODING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaching Translations to Proper Lexical Senses in DBnary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on Linked Data in Linguistics: Multilingual Knowledge Resources and Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland. pp.5--12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait d'avoir stocké des mots garantit nullement leur accès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources Lexicales et Traitement de la Langue, atelier TALN-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marseille, France. pp.221--230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décodage de graphe à l'aide de colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30èmes Journées d'étude de la parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le mans, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction de sens pour enrichir des ressources lexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème conférence sur le Traitement Automatique des Langues Naturelles (TALN 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marseille, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion strategies applied to multilingual features for an knowledge-based Word Sense Disambiguation algorithm: evaluation and comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Conference on Intelligent Text Processing and Computational Linguistics (CiCling 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Samos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GETALP System : Propagation of a Lesk Measure through an Ant Colony Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Joint Conference on Lexical and Computational Semantics (*SEM), Volume 2: Proceedings of the Seventh International Workshop on Semantic Evaluation (SemEval 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.232--240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm for the Unsupervised Word Sense Disambiguation of Texts: Comparison and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Conference on Computational Linguistics (COLING 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mumbai, India. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter estimation under uncertainty with Simulated Annealing applied to an ant colony based probabilistic WSD algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st International Workshop on Optimization Techniques for Human Language Technology, on behalf of (COLING 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mumbai, India. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical via un outil pour retrouver le mot sur le bout de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal Search for Graphic Designers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Skaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Dellandrea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVAPP'2011 : International Conference on Information Visualization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Algarve, Portugal. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Ant Colony Algorithm for Word Sense Disambiguation based on Semantic Relatedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAAMS 2011 : 9th Conference on Practical Applications of Agents and Multi-Agent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Salamanca, Spain. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désambigu\&amp;quot;ısation lexicale par propagation de mesures sémantiques locales par algorithmes à colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN'2011 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montpellier, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical grâce à un assistant ludique pour le &amp;quot; mot sur le bout de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00832991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification multilingue et multimédia pour la recherche d'images dans le projet OMNIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Fallaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Belinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RISE'2010: second atelier Recherche d'Information SEmantique associé à la conférence (INFORSID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical Access, a Search-Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nirina Rakotonanahary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd SIGLEX endorsed COLING Workshop on Cognitive Aspects of the Lexicon, Enhancing the Structure and Look-up Mechanisms of Electronic Dictionaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.75-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology driven content extraction using interlingual annotation of texts in the OMNIA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLIA workshop, COLING 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction aux vecteurs conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LIRIS, école centrale de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Ecully, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical access based on underspecified input</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coling 2008: Proceedings of the Workshop on Cognitive Aspects of the Lexicon (COGALEX 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Manchester, United Kingdom. pp.9--17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits of Lexical Semantic Relatedness with Ontology-based Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLPCS 2008: Natural Language Processing and Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001737301530158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blexisma2: a Distributed Agent Framework for Constructing a Semantic Lexical Database based on Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian Tze Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DFMA 2008 International Conference on Distributed Framework and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Penang, Malaysia. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDFMA.2008.4784421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual Vectors, a complementary tool to Lexical Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLPCS'07: 4th International Workshop on Natural Language Processing and Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vecteurs conceptuels, un outil complémentaire aux réseaux lexicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Toulouse, France. pp.293-302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical Functions for Ants Based Semantic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAI'07: International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche évolutive des notions de base pour une représentation thématique des connaissances générales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Louvain, Belgique. pp.512-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00112424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation Automatique de la Distribution des Sens de Termes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID'05 : INFormatique des Organisations et Systèmes d'Information et de Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Grenoble (France), pp.N/A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction Semi-Supervisée de Couples d'Antonymes grâce à leur Morphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypothèses pour la Construction et l'Exploitation Conjointe d'une Base Lexicale Sémantique Basée sur les Vecteurs Conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2004 - 7es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Louvain-la-Neuve, France. pp.1008-1018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Cost Automated Conceptual Vector Generation From Mono and Bilingual Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAPILLON'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Grenoble (France), pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d'Agents Apprenants et Sémantique Lexicale : Comment Construire des Vecteurs Conceptuels à l'Aide de la Double Boucle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECITAL'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Batz-sur-Mer (France), pp. 478-489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00269768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de Liens entre Acceptions par Fonctions Lexicales Vectorielles Symétriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2003 - 10ème Conférence Internationale sur le Traitement Automatique du Langage Naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Batz-sur-Mer, France. pp.235-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00269562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la Représentation Sémantique Lexicale par les Vecteurs Conceptuels : Le Rôle de l'Antonymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2002 - 6es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2002, St Malo, France. pp.701-712</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l'Apprentissage Automatique pour et par les Vecteurs Conceptuels de Fonctions Lexiales - L'exemple de l'Antonymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonymy and Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING'02: 19th Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Taipei, Japan, pp.904-910</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardening of Acceptions Links Through Vectorized Lexical Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAPILLON'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tokyo, Japan, pp.P nd</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Eye-Tracked Brief Evaluation of Receptive Aphasia: a new tool to assess residual language comprehension abilitities in post-comatose patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Aubinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Mazué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Mulero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th World Congress on Brain Injury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Embeddings in Knowledge-Based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniformisation de corpus anglais annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation vectorielle de sens pour la désambiguïsation lexicale à base de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm Applied to Automatic speech Recognition Graph Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits of Lexical Semantic Relatedness with Ontology-based Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian-Tze Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence conjointe JEP-TALN-RECITAL 2012. Volume 3 : RECITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mauricio Molina Mejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Serasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Francophone pour la Communication Parlée (AFCP) et Association pour le Traitement Automatique des Langues (ATALA). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02012881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence conjointe JEP-TALN-RECITAL 2012, volume 3: RECITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mauricio Molina Mejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Molina Mejia, Jorge Mauricio and Schwab, Didier and Sérasset, Gilles. ATALA/AFCP, pp.x-x, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation, Détection Et Exploitation de Fonctions Lexicales : Approches lexicales et thématique pour la modélisation, la détection et l'exploitation des fonctions lexicales en vue de l'analyse sémantique de texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Universitaires Européennes, pp.x-x, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet GazePlay : des jeux ouverts, gratuits et une communauté pour les personnes en situation de polyhandicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johana Marku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 – Bulletin de la Société informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WordNet and beyond.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Fellbaum and Piek Vossen and Verginica Mititelu and Corina Forăscu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Global WordNet conference (http://gwc2016.racai.ro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.436-444, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparisons of Relatedness Measures through a Word Sense Disambiguation Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Language Production, Cognition and the Lexicon,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.23, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'index, une ressource vitale pour guider les auteurs à trouver le mot bloqué sur le bout de la langue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nuria Gala and Michael Zock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources lexicales : construction et utilisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Lingvisticae Investigationes, John Benjamins, Amsterdam, The Netherlands, pp.313--354, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si tous les chemins mènent à Rome, ils ne se valent pas tous. Le problème d'accès lexical.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ataa Allah Fadoual. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited paper to the 4th international workshop on Amazighe and new Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRCAM, Institut Royal, pp.1-9, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grid-enabled Blexisma2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tang Enya Kong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye Hong Hoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Belaton, Bahari and Lian Tze, Lim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grid Computing Cluster: The Development and Integration of Grid Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Platform for Information &amp; Communication Technology Research, Universiti Sains Malaysia, pp.23--26, 2009, 9789833986583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webcam as Alternate Option for Eye-Trackers in Gaze Gaming Software: GazePlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nairit Bandyopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole; LIG (Laboratoire informatique de Grenoble); Université Grenoble Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EFFECT OF PERSONALIZED CALIBRATION ON GAZE ESTIMATION USING DEEP-LEARNING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nairit Bandyopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">getalp; LIG (Laboratoire informatique de Grenoble); UGA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UGA - Université Grenoble Alpes. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WSD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GazePlay Project : Overview in February 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG lab. 2018, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic pictogram generation from speech to help the implementation of a mediated communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG; UGA (Université Grenoble Alpes). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] UGA - Université Grenoble Alpes. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride - lexicale et thématique - pour la modélisation, la détection et l'exploitation des fonctions lexicales en vue de l'analyse sémantique de texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Montpellier II - Sciences et Techniques du Languedoc, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00333334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions au Traitement Automatique des Langues et à un domaine d’application, la Communication Alternative et Augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique et langage [cs.CL]. Université Grenoble Alpes, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03535726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Quénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Maria Di Nunzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference of the CLEF Association, CLEF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14958, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71736-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Quénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Maria Di Nunzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference of the CLEF Association, CLEF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14959, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71908-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de TALIA 2018 - Journée « Traitement Automatique des Langues & Intelligence Artificielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALIA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId401"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:pStyle w:val="Heading1"/><w:jc w:val="center"/><w:spacing w:after="20"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" stroked="f" style="width:100px; height:100px; margin-left:0px; margin-top:0px; position:relative; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:margin; mso-position-vertical-relative:line;"><w10:wrap type="tight" anchorx="margin"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve"> Didier Schwab </w:t></w:r><w:r><w:rPr><w:color w:val="641e6e"/></w:rPr><w:t xml:space="preserve">Professeur des universités (CNU 27)--Titulaire de la chaire AugmentIA pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)--Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s) </w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Identifiants chercheurs</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdHAL : </w:t></w:r><w:hyperlink r:id="rId8" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">didier-schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> ORCID : </w:t></w:r><w:hyperlink r:id="rId9" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">0000-0002-2462-8148</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> IdRef : </w:t></w:r><w:hyperlink r:id="rId10" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">069192359</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="1"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve"> arXiv : </w:t></w:r><w:hyperlink r:id="rId11" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">schwab_d_2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:spacing w:before="600"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Présentation</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">En bref :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Enseignant-chercheur en informatique (CNU 27), Professeur des universités</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chaire AugmentIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsable de l'équipe </w:t></w:r><w:hyperlink r:id="rId13" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GETALP</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> au </w:t></w:r><w:hyperlink r:id="rId14" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laboratoire Informatique de Grenoble</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> (LIG, UMR 5217), membre depuis 2007</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Recherches : Grands modèles de langue, représentation, l’acquisition et l’exploitation de connaissances pour et par les textes ; Dialogue assisté par la machine pour les personnes en situation de handicap</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsabilités actuelles :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2026 - : Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2022 - : Co-animateur avec Corinne Fredouille (U. d'Avignon, LIA) de l'axe </w:t></w:r><w:hyperlink r:id="rId15" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognition et Langage</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> de l'</w:t></w:r><w:hyperlink r:id="rId16" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Institut Carnot Cognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 - : Chargé de mission valorisation au LIG</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2020 - : Membre du comité de rédaction de la </w:t></w:r><w:hyperlink r:id="rId17" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">revue TAL (Traitement Automatique des Langues)</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Responsabilités passées :- 2023 - 2024 : Membre élu du Conseil d'Administration de l'Université Grenoble Alpes</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2019 - 2024 : Membre du Comité Permanent de la conférence TALN (</w:t></w:r><w:hyperlink r:id="rId18" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.atala.org/comitepermanent</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="1"/><w:numId w:val="2"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">2012 - 2024 : Membre du conseil d'administration de l'ATALA (</w:t></w:r><w:hyperlink r:id="rId19" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Association pour le Traitement Automatique des Langues</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Google Scholar : </w:t></w:r><w:hyperlink r:id="rId20" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://scholar.google.com/citations?hl=fr&user=eKDJXyUAAAAJ </w:t></w:r></w:hyperlink></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Quelques projets</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Pantagruel (2023 -- 2026) : Construction et évaluation de grands modèles de langue multimodaux et inclusifs -- écrit, oral, pictogrammes -- pour le français général et clinique -- financement principal : ANR (600 K) -- rôle : coordinateur du projet</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="3"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">AAC4All (2022 -- 2025) : Communication augmentée et alternative pour tous -- </w:t></w:r><w:hyperlink r:id="rId21" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://www.aac4all.org</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> -- financement principal : ANR (700 k </w:t></w:r><w:hyperlink r:id="rId22" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">https://anr.fr/Projet-ANR-21-CE19-0051</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) -- rôle : coordinateur de site</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Encadrement de doctorant(e)s :</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Sarah BOUARABA (2025-) : avec Lorraine Goeuriot (UGA, LIG, MRIM) et Philippe Mulhem (CNRS, LIG, MRIM) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RAG: Récupération intelligente pour des modèles de langage cliniques efficaces</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Anas EL HAOUFI (2025-) : avec nicolas Hili (UGA, LIG, Vasco) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Une approche de tests basée sur l’apprentissage pour la validation de modèles en Ingénierie des Systèmes Application au contrôle-commande nucléaire</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Alex JIANG (2025-) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection automatique de contenu généré par des bots à des fins de désinformation</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Maja Jønck HJULER  (2025-) avec Laurianne SITBON (Queensland University of Technology, Australia) et Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">L'intelligence artificielle au service de l'expression : vers des espaces de communication neurodiverses</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Markarit VARTAMPETIAN (2024-) avec Philippe Mulhem (CNRS, LIG, MRIM) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Création et évaluation de grands modèles de langue décodeurs pour des tâches de rédaction</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Nakanyseth VUTH (2023-) avec Gilles Sérasset (UGA, LIG, GETALP) </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génération de données synthétiques par de grands modèles de langage pour compenser le manque de données</w:t></w:r></w:p><w:p><w:pPr><w:numPr><w:ilvl w:val="0"/><w:numId w:val="4"/></w:numPr></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Fabien Lopez (2022-) avec Marco Dinarelli (CNRS, LIG, GETALP) et Emmanuelle Esperança-Rodier (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">La résolution de coréférences et son application à la traduction automatique</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Thèses soutenues :</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">13 Lucía Ormaechea Grijalba (soutenue le 18 décembre 2025) avec Pierrette Bouilllon (Université de Genève, Faculté de traduction et d'interprétation) et Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Simplification de la parole pour la traduction vers des pictogrammes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">12 Xingyu LIU (soutenue le 10 juin 2025) avec François Portet (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Système dialogique de questions-réponses contrôlé : application aux forums sur la santé des femmes</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">11 Aidan Mannion (soutenue le 26 mai 2025) avec Lorraine Gœuriot (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modéles de langue contextualisés pour la trajectoire patients</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">10 Jeongwoo KANG (thèse soutenue le 8 avril 2025) avec Maximin Coavoux (CNRS, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Apprentissage par transfert pour l’analyse sémantique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">9 Cécile Macaire (thèse soutenue le 11 mars 2025) avec Benjamin Lecouteux (UGA, LIG, GETALP) et Emmanuelle Esperança-Rodier (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Génération de pictogramme à partir de la parole pour la mise en place d’une communication médiée par la machine</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">8 LE Hang (Thèse soutenue le 25 mars 2024) avec Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Model Architectures and Training Techniques for Multilingual Speech-to-Text Translation</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">7 Emmanuelle Kelodjoue (Soutenue le 5 octobre 2022) avec Jérôme Goulian (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Extraction d’opinions pour l’aide à l’analyse multicritère de corpus oraux transcrits</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">6 Jibril Frej (Thèse soutenue le 5 février 2021) avec Jean-Pierre Chevallet (UGA, LIG, MRIM) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Connaissances a priori pour la Recherche d'Information textuelle basée sur l'apprentissage profond</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">5 Loïc Vial (Thèse soutenue le 20 juillet 2020) avec Benjamin Lecouteux (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Modèles joints de clarification de texte et de traduction automatique statistique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">4 El Moatez Billah Nagoudi (Thèse soutenue en mars 2019) avec Ahmed Khorsi (Al-Imam Mohammad Ibn Saud Islamic University, Saudi Arabia) et Hadda Cherroun (Laboratoire d’Informatique et de Mathématique LIM, Amar Telidji University, Laghouat, Algeria) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Détection de plagiat en langue arabe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">3 Marwa Hadj-Salah (Thèse soutenue en décembre 2018) avec Hervé Blanchon (UGA, LIG, GETALP) et Mounir Zrigui (Université de Monastir, Tunisie) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Désambiguïsation lexicale de l'arabe pour et par la traduction automatique.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2 Jérémy Ferrero (</w:t></w:r><w:hyperlink r:id="rId23" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèse soutenue en décembre 2017</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) avec Laurent Besacier (UGA, LIG, GETALP) et Frédéric Agnès (Société Compilatio) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Similarités Textuelles Sémantiques Translingues : vers la Détection Automatique du Plagiat par Traduction</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">1 Andon Tchechmedjiev (</w:t></w:r><w:hyperlink r:id="rId24" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thèse soutenue en octobre 2016</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">) avec Gilles Sérasset (UGA, LIG, GETALP) et Jérôme Goulian (UGA, LIG, GETALP) : </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interopérabilité Sémantique Multilingue des Ressources Lexicales en Données Liées Ouvertes.</w:t></w:r></w:p><w:p><w:pPr><w:pStyle w:val="Heading3"/></w:pPr><w:r><w:rPr/><w:t xml:space="preserve">Parcours</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er janvier 2026 : Responsable de l'équipe GETALP (Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole) du Laboratoire d'Informatique de Grenoble  (~50 membres --permanent·e·s, doctorant·e·s, postdoctorant·e·s, ingénieur·e·s + &amp;gt;20 stagiaires)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er octobre 2024 : Titulaire de la </w:t></w:r><w:hyperlink r:id="rId12" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">chaire AugmentIA</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve"> pour l'humain augmenté par Intelligence Artificielle (Recherche, Innovation, Enseignement)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Depuis le 1er septembre 2022 : Professeur des universités  à l’Université Grenoble Alpes– IUT2 département Techniques de Commercialisation, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">sept. 2008 - Août 2022 : Maître de conférences à l’Université Grenoble Alpes– IUT2 département Techniques de Commercialisation, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Sept. 2007 – Août 2008 : Attaché Temporaire d’Enseignement et de Recherche à l’Université Grenoble II – IUT2 département Informatique, Laboratoire d’Informatique de Grenoble - Groupe d'Étude en Traduction Automatique et Traitement Automatisé des Langues et de la Parole</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Avril 2006 – Août 2007 : Chargé de recherche, post-doctorat, Unité de Traduction Assistée par Ordinateur (UTMK), Universiti Sains Malaysia, Penang, Malaisie</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">2001-2005 : Thèse de doctorat, monitorat et Attaché Temporaire d’Enseignement et de Recherche à l’Université Montpellier 2</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:before="400"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Publications</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Article dans une revue (20)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unlocking cognitive potential: Exploring a virtual environment for cognitive training in healthy aging and mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Andrieu-Devilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gandit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Quillion-Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId30" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Monfort</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Innovation and Research in BioMedical engineering</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, pp.100885. </w:t></w:r><w:hyperlink r:id="rId31" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.irbm.2025.100885⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId25" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04980322v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark 2.0: A standardized, replicable and enhanced framework for self-supervised representations of French speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId33" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Titouan Parcollet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId37" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Pupier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Computer Speech and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 86, pp.101622. </w:t></w:r><w:hyperlink r:id="rId38" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.csl.2024.101622⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId32" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04441389v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Context-Aware Neural Machine Translation Models Analysis And Evaluation Through Attention</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId41" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dimitra Niaouri</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez-Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId44" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nacklé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2024, 64 (3)</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId39" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04581509v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Unbalanced Learning for Early Automatic Diagnosis of Diabetes Based on Enhanced Resampling Technique and Stacking Classifier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId46" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nawel Zemmal</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId47" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nacer Eddine Benzebouchi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId49" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Brahim Belhaouari</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Intelligent Information Technologies (IJIIT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2022</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId45" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751155v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deceptive Opinions Detection Using New Proposed Arabic Semantic Features</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId52" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Djamel Zenakhra</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monther Aldwairi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Procedia Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 189, pp.29 - 36. </w:t></w:r><w:hyperlink r:id="rId54" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2021.05.067⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId50" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299022v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Human Beatbox Sound Recognition using an Automatic Speech Recognition Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Biomedical Signal Processing and Control</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, 67, pp.102468. </w:t></w:r><w:hyperlink r:id="rId59" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.bspc.2021.102468⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId55" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896690v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId60" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02010901v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Two-Level Plagiarism Detection System for Arabic Documents</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId64" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Khorsi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadda Cherroun</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cybernetics and Information Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, 18 (1), pp.124-138. </w:t></w:r><w:hyperlink r:id="rId66" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.2478/cait-2018-0011⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId62" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01706138v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm for Arabic Word Sense Disambiguation through English lexical information</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId68" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bakhouche Abdelaali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId69" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yamina Tlili-Guiassa</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Metadata, Semantics and Ontologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, 10 (3), pp.202-211</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId67" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01684576v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation and Comparison of multilingual fusion strategies for similarity-based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Research in Computing Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, pp.69-80</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId71" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953648v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désambiguïsation lexicale de textes : efficacité qualitative et temporelle d'un algorithme à colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 54 (1), pp.99-138</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId73" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953647v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Worst-case Complexity and Empirical Evaluation of Artificial Intelligence Methods for Unsupervised Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Web Engineering and Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, 8, pp.124-153</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId74" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953645v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chercher un mot dans un dictionnaire sans bon index est un peu comme s'orienter sur une île déserte sans carte convenable</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lingvisticae investigationes : International Journal of Linguistics and Language</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId75" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953650v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Storage does not Guarantee Access: The Problem of Organizing and Accessing Words in a Speaker's Lexicon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journal of Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, 12, pp.233-258</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId77" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953672v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Et si Boileau s'était trompé? Le problème du mot sur le bout de la langue et comment y remédier.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognisciences : Journal des sciences cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Revue CogniScience, 7 (5--7), pp.5-7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId78" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480432v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le problème du &amp;quot; mot sur le bout de la langue &amp;quot; et comment y remédier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Cognisciences : Journal des sciences cognitives</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, numéro 7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId79" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953694v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deliberate word access : an intuition, a roadmap and some preliminary empirical results</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId81" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Olivier Ferret</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Journal of Speech Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, 13 (4), pp.107--117</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId80" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953695v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modelling, Detection and Exploitation of Lexical Functions for Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECTI-CIT Transactions on Computer and Information Technology</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2006, 2 (2), pp.97-108. </w:t></w:r><w:hyperlink r:id="rId84" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.37936/ecti-cit.200622.53279⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId82" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200272v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs conceptuels et structuration émergente de terminologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 43 (1), pp.43-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId85" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-03348508v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vecteurs Conceptuels et Structuration Emergent de Terminologies</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Revue TAL : traitement automatique des langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, 43 (1), pp.43-72</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Article dans une revue</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId87" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Communication dans un congrès (135)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of ImageCLEF 2025: Multimedia Retrieval in Medical, Social Media and Content Recommendation Applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId91" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dan-Cristian Stanciu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId92" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandra-Georgiana Andrei</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmedkhan Radzhabov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Madrid (ES), Spain. pp.290-314, </w:t></w:r><w:hyperlink r:id="rId94" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-032-04354-2_17⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId88" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05279934v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards high-quality LLM-based data for French spontaneous speech simplification: an exo-refinement approach</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId97" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikolaos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Rotterdam, Netherlands. pp.4038-4042</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId95" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05074816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">From Text to DSL: Evaluating Grammar-Based Model Generation Using Open LLMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId100" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Junaid Baber</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId102" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Léo Challier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId103" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécilia Satrin</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">New Trends in Intelligent Software Methodologies, Tools and Techniques</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Kitakyushu, Japan, Japan. pp.96 - 109, </w:t></w:r><w:hyperlink r:id="rId104" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.3233/faia250513⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId99" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05291305v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reassessing Graph Linearization for Sequence-to-sequence AMR Parsing: On the Advantages and Limitations of Triple-Based Encoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2025 Annual Conference of the Nations of the Americas Chapter of the Association for Computational Linguistics (Insights 2025)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2025, Albuquerque, NM, United States. pp.15-23, </w:t></w:r><w:hyperlink r:id="rId109" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2025.insights-1.3⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId105" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05066146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN-RENS : un nouveau jeu de données en français annoté en entités d'intérêts sur une thématique &amp;quot;&amp;quot;sécurité et défense</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId111" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucas Aubertin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2025, Marseille, France. pp.1-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId110" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05329774v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Explicabilité par Perturbations pour les Systèmes RAG</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId117" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yongxin Zhou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">20e Conférence en Recherche d’Information et Applications (CORIA) 32ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN) 27ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL) Les 18e Rencontres Jeunes Chercheurs en RI (RJCRI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2025, Marseille, France. pp.1-6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId116" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05324909v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the 2025 ImageCLEFtoPicto Task -Investigating the Generation of Pictogram Sequences from Text and Speech Notebook for the ImageCLEF Lab at CLEF 2025</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId121" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Diandra Fabre</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ImageCLEF 2025</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2025, Madrid, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId119" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05383666v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN : IA d'extraction d'information à partir de sources textuelles pour le renseignement militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Conference on Artificial Intelligence for Defense (CAID 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId122" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04782410v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAKE-NMTViz Project: Meaningful, Accurate and Knowledge-limited Explanations of NMT Systems for Translators</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId43" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez-Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId125" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nakhle</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EAMT : European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2024, Sheffield, United Kingdom</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId124" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04638945v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jargon : Une suite de modèles de langues et de référentiels d'évaluation pour les domaines spécialisés du français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId130" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Alonzo-Canul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Audibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2024 - 31e Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.9-10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId127" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04622997v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN : IA d'extraction d'information à partir de sources textuelles pour le renseignement militaire</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId112" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Guillaume Gadek</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th Conference on Artificial Intelligence for Defense</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AMIAD, Nov 2024, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId133" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05046641v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Turning Low-Code Development Platforms into True No-Code with LLMs</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId135" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Hagel</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId101" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nicolas Hili</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MODELS Companion ’24</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Linz (AUSTRIA), Austria. </w:t></w:r><w:hyperlink r:id="rId136" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3652620.3688334⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId134" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04730443v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Towards Speech-to-Pictograms Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Kos / Greece, Greece. pp.857-861, </w:t></w:r><w:hyperlink r:id="rId139" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.21437/Interspeech.2024-490⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId137" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04687483v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approches cascade et de bout-en-bout pour la traduction automatique de la parole en pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.22-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId140" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623007v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multimodal French Corpus of Aligned Speech, Text, and Pictogram Sequences for Speech-to-Pictogram Machine Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId141" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un corpus multimodal alignant parole, transcription et séquences de pictogrammes dédié à la traduction automatique de la parole vers des pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.20-21</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId144" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jargon: A Suite of Language Models and Evaluation Tasks for French Specialized Domains</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId146" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laura Cristina Alonzo Canul</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId131" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alexandre Audibert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC-COLING 2024 - Joint International Conference on Computational Linguistics, Language Resources and Evaluation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, Italy. pp.9463-9476</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId145" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04535557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">KGAST: From Knowledge Graphs to Annotated Synthetic Texts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st Workshop on Knowledge Graphs and Large Language Models (KaLLM 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, ACL, Aug 2024, Bangkok, Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId147" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708092v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Méta-apprentissage pour l'analyse AMR translingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">35èmes Journées d'Études sur la Parole (JEP 2024) 31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024) 26ème Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RECITAL 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.144-156</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId148" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623014v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Should Cross-Lingual AMR Parsing go Meta? An Empirical Assessment of Meta-Learning and Joint Learning AMR Parsing</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EMNLP 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Association for Computational Linguistics, Nov 2024, Miami, Florida, United States. pp.43-51</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId149" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04776868v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simplification Strategies in French Spontaneous Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DeTermIt! Evaluating Text Difficulty in a Multilingual Context @ LREC-COLING 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Torino, Italy, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId150" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04731828v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Advancing Multimedia Retrieval in Medical, Social Media and Content Recommendation Applications with ImageCLEF 2024</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId153" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana Maria Drăgulinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId154" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmad Idrissi-Yaghir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId93" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmedkhan Radzhabov</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ECIR 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2024, Glasgow (Ecosse), United Kingdom. pp.44-52, </w:t></w:r><w:hyperlink r:id="rId155" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-56072-9_6⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId152" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04562783v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sur les limites de l'identification par l'humain de textes générés automatiquement</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId157" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nadège Alavoine</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId158" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Romane Gallienne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId159" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos-Emiliano González-Gallardo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">31ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2024, Toulouse, France. pp.18-19</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId156" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04623002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MedDialog-FR: a French Version of the MedDialog Corpus for Multi-label Classification and Response Generation related to Women's Intimate Health</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">First Workshop on Patient-Oriented Language Processing @ LREC-COLING, 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2024, Turin, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId160" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04534338v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">POPCORN: Fictional and Synthetic Intelligence Reports for Named Entity Recognition and Relation Extraction Tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId163" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bastien Giordano</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId114" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maxime Prieur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId115" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nakanyseth Vuth</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId123" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sylvain Verdy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId164" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Kévin Cousot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">28th International Conference on Knowledge-Based and Intelligent Information &amp; Engineering Systems (KES 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Seville, Spain. pp.1170-1180, </w:t></w:r><w:hyperlink r:id="rId165" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1016/j.procs.2024.09.542⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId162" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04708175v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Overview of the ImageCLEF 2024: Multimedia retrieval in medical applications</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId89" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Bogdan Ionescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId90" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Henning Müller</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId167" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ana-Maria Drȃgulinescu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId168" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johannes Rückert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId169" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Asma Ben Abacha</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference and Labs of the Evaluation Forum (CLEF 2024)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2024, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId166" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04743962v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Analyse sémantique AMR pour le français par transfert translingue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId108" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cédric Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Paris, France. pp.55-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId170" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130199v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GAZEPLAY-EVAL : une plateforme pour mettre en place des tests d’évaluation des capacités langagières pour les personnes avec un trouble complexe de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Rochet-Capellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Screen days 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId171" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04118893v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Presence and cognitive performances in virtual environment for cognitive training: an exploratory study in healthy aging and mild cognitive impairment</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId26" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre-Alexandre Andrieu-Devilly</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId27" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marc Gandit</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId174" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christelle Nahas</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId29" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lisa Quillion-Dupré</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JETSAN 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, AP, Jun 2023, Paris Saint Denis, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId173" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04213523v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The MAKE-NMTViz System Description for the WMT23 Literary Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId42" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Lopez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId176" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela González</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId177" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Damien Hansen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId178" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mariam Nakhlé</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId179" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Behnoosh Namdarzadeh</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the Eighth Conference on Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2023, Singapore, France. pp.287-295, </w:t></w:r><w:hyperlink r:id="rId180" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2023.wmt-1.30⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId175" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04299041v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pre-training for Speech Translation: CTC Meets Optimal Transport</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId182" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Phuong-Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId183" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hongyu Gong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Machine Learning (ICML), 2023</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Honolulu, Hawaii, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId181" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04117237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO: Developing Speech-to-Pictograph Translation Systems to Enhance Communication Accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Association for Machine Translation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2023, Tampere, Finland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId186" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04241457v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO : Développer des systèmes de traduction de la parole vers des séquences de pictogrammes pour améliorer l'accessibilité de la communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId96" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucia Ormaechea-Grijalba</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.32-35</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId189" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208597v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UMLS-KGI-BERT: Data-Centric Knowledge Integration in Transformers for Biomedical Entity Recognition</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th Clinical Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 5th Clinical Natural Language Processing Workshop, Jul 2023, Toronto, Canada. pp.312-322</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId190" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04167619v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Voice2Picto : un système de traduction automatique de la parole vers des pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.10-13</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId192" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208583v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers une simplification automatique de la parole en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Colloque International AFLS 2023 – Le français et ses frontières</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Université de Lille, Sep 2023, Villeneuve-d'Ascq, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId193" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283197v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Plateformes pour la création de données en pictogrammes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId138" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Chloé Dion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId143" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Claire Lemaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications, 16e Rencontres Jeunes Chercheurs en RI, 30e Conférence sur le Traitement Automatique des Langues Naturelles, 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.6-9</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId194" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04208581v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">PROPICTO: Developing Speech‑to‑Pictograph Translation Systems to Enhance Communication Accessibility</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24th Annual Conference of The European Association for Machine Translation (EAMT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, European Association for Machine Translation; Tampere University; University of Eastern Finland, Jun 2023, Tampere, Finland. pp.515-516</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId195" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04283267v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple, Simpler and Beyond: A Fine-Tuning BERT-Based Approach to Enhance Sentence Complexity Assessment for Text Simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNLSP (International Conference on Natural Language and Speech Processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Dec 2023, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId196" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04359942v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Augmentation des modèles de langage français par graphes de connaissances pour la reconnaissance des entités biomédicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId198" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Schwab Didier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">18e Conférence en Recherche d'Information et Applications -- 16e Rencontres Jeunes Chercheurs en RI -- 30e Conférence sur le Traitement Automatique des Langues Naturelles -- 25e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2023, Paris, France. pp.177-189</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId197" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04130185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un système d’aide au dialogue en santé intime des femmes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId132" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Xingyu Liu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId200" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">François Portet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId201" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juliette Mauro</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Journée Santé et IA [Evènement affilié à PFIA’23]</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2023, Strasbourg, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId199" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04253978v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Simple, Simpler and Beyond: A Fine-Tuning BERT-Based Approach to Enhance Sentence Complexity Assessment for Text Simplification</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId151" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nikos Tsourakis</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICNLSP (International Conference on Natural Language and Speech Processing)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, University of Trento, Dec 2023, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId202" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04439105v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Tool for Easily Integrating Grammars as Language Models into the Kaldi Speech Recognition Toolkit</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">European Summer School in Logic, Language and Information (ESSLI)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2022, Galway, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId203" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03722458v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic Speech Recognition and Query By Example for Creole Languages Documentation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId120" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cécile Macaire</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId205" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Schang</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of the Association for Computational Linguistics: ACL 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2022, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId204" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03625303v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GPT-2 Contextual Data Augmentation for Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId207" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Rakia Saidi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId208" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fethi Jarray</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId106" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jeongwoo Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PACIFIC ASIA CONFERENCE ON LANGUAGE, INFORMATION AND COMPUTATION</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2022, Manille, Philippines</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId206" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751158v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Predicting the Risk of & Time to Impairment for ALS patients: Report for the Lab on Intelligent Disease Progression Prediction at CLEF 2022</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference &amp; Labs of the Evaluation Forum (CLEF) 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2022, Bologne, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId209" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03751159v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark, un référentiel d'évaluation pour le français oral *</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId212" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sina Alisamir</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId40" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marco Dinarelli</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId213" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fabien Ringeval</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">34e Journées d'étude sur la parole JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId210" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03767742v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèles neuronaux pré-appris par auto-supervision sur des enregistrements de parole en français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP 2022</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2022, île de Noirmoutier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId214" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03707064v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Performance of two French BERT models for French language on verbatim transcripts and online posts</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId217" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Kelodjoue</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Conference on Natural Language and Speech Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2022, Trento, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId216" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03891881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LeBenchmark: A Reproducible Framework for Assessing Self-Supervised Representation Learning from Speech</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INTERSPEECH 2021: Conference of the International Speech Communication Association</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Brno, Czech Republic</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId218" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03317730v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Visualizing Cross-Lingual Discourse Relations in Multilingual TED Corpora</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId220" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zae Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilina Nikoulina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId222" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dongyeop Kang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CODI 2021: 2nd Workshop on Computational Approaches to Discourse</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2021, Punta Cana, Dominican Republic. </w:t></w:r><w:hyperlink r:id="rId224" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.codi-main.16⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId219" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03642341v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lightweight Adapter Tuning for Multilingual Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiatao Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Joint Conference of the 59th Annual Meeting of the Association for Computational Linguistics and the 11th International Joint Conference on Natural Language Processing (ACL-IJCNLP 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (Virtual), Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId225" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03294912v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Task Agnostic and Task Specific Self-Supervised Learning from Speech with LeBenchmark</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId228" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Manh Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId36" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marcely Zanon Boito</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thirty-fifth Conference on Neural Information Processing Systems ( NeurIPS 2021)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2021, on-line, United States</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId227" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03407172v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Identification de profil clinique du patient: Une approche de classification de séquences utilisant des modèles de langage français contextualisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId191" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Thierry Chevalier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2021, Lille, France. pp.54-62</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId229" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03265922v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance vocale du discours spontané pour le domaine médical</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId187" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucía Ormaechea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId98" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierrette Bouillon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId188" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johanna Gerlach</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Technologies du Langage Humain (TLH)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Feb 2021, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId230" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03157085v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Do Multilingual Neural Machine Translation Models Contain Language Pair Specific Attention Heads?</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId232" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Zae Myung Kim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId221" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vassilina Nikoulina</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Findings of ACL 2021</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (virtual), Thailand</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId231" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03299010v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ON-TRAC' systems for the IWSLT 2021 low-resource speech translation and multilingual speech translation shared tasks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId234" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Florentin Barbier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId34" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ha Nguyen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId235" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Natalia Tomashenko</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId215" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Salima Mdhaffar</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Conference on Spoken Language Translation (IWSLT)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2021, Bangkok (virtual), Thailand. </w:t></w:r><w:hyperlink r:id="rId236" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.18653/v1/2021.iwslt-1.20⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId233" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03298854v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Reconnaissance de parole beatboxée à l'aide d'un système HMM-GMM inspiré de la reconnaissance automatique de la parole</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2020 - 6e conférence conjointe 33e Journées d'Études sur la Parole, 27e Traitement Automatique des Langues Naturelles, 22e Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.208-216</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId237" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02798538v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Dual-decoder Transformer for Joint Automatic Speech Recognition and Multilingual Speech Translation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId185" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Juan Pino</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId184" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Changhan Wang</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId226" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jiatao Gu</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING 2020 (long paper)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2020, Virtual, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId238" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02991564v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlauBERT : des modèles de langue contextualisés pré-entraînés pour le français</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6e conférence conjointe Journées d'Études sur la Parole (JEP, 33e édition), Traitement Automatique des Langues Naturelles (TALN, 27e édition), Rencontre des Étudiants Chercheurs en Informatique pour le Traitement Automatique des Langues (RÉCITAL, 22e édition). Volume 2 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2020, Nancy, France. pp.268-278</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId239" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02784776v3</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Evaluation of the acceptability and usability of augmentative and alternative communication (AAC) tools: the example of pictogram grid communication systems with voice output</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId242" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Chasseur</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId243" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marion Dohen</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId172" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélie Rochet-Capellan</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ACM SIGACCESS 2020 - Conference on Computers and Accessibility</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2020, Athènes, Greece. pp.Article 68, </w:t></w:r><w:hyperlink r:id="rId245" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3373625.3418018⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId241" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02896668v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Learning Term Discrimination</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">43rd International ACM SIGIR Conference on Research and Development in Information Retrieval (SIGIR 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Xi'an, China. pp.1993-1996, </w:t></w:r><w:hyperlink r:id="rId248" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1145/3397271.3401211⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId246" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03024756v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIG-Health at Adhoc and Spoken IR Consumer Health Search: expanding queries using UMLS and FastText</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId250" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gabriela Gonzalez Saez</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId129" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Aidan Mannion</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLEF 2020</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2020, Thessaloniki (on line), Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId249" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02977382v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modèle Transformer à base de Connaissances pour la Recherche d'Information dans des Domaines Spécialisés</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conférence Extraction et Gestion des Connaissances</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2020, Bruxelles, Belgique</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId251" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02474706v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">FlauBERT: Unsupervised Language Model Pre-training for French</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId128" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vincent Segonne</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId107" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Maximin Coavoux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC 2020 - 12th Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020, Marseille, France. pp.2479‑2490</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId252" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02890258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Knowledge Based Transformer Model for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe (CIRCLE 2020)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Samatan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId253" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263784v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">MLWIKIR: A Python toolkit for building large-scale Wikipedia-based Information Retrieval Datasets in Chinese, English, French, Italian, Japanese, Spanish and more</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Joint Conference of the Information Retrieval Communities in Europe</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2020, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId254" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03263816v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The LIG system for the English-Czech Text Translation Task of IWSLT 2019</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId211" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hang Le</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWSLT (16th International Workshop on Spoken Language Translation)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Hong-Kong, China</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId255" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02443412v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ArbEngVec : Arabic-English Cross-Lingual Word Embedding Model</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId257" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Raki Lachraf</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId258" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Youcef Ayachi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId259" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed Abdelali</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The Fourth Arabic Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Florence, Italy</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId256" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02150003v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Apporter des connaissances sémantiques à un jeu de pictogrammes destiné à des personnes en situation de handicap : Un ensemble de liens entre Wordnet et Arasaac, Arasaac-WN</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2019</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId260" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127258v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Beatbox sounds recognition using a speech-dedicated HMM-GMM based system</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId35" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Solène Evain</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId57" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Adrien Contesse</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId58" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antoine Pinchaud</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">MAVEBA 2019 - 11th International Workshop on Models and Analysis of Vocal Emissions for Biomedical Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2019, Florence, Italy. </w:t></w:r><w:hyperlink r:id="rId264" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.36253/978-88-6453-961-4⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId263" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02429730v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Compression de vocabulaire de sens grâce aux relations sémantiques pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2019 (Conférence sur le Traitement Automatique des Langues Naturelles)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2019, Toulouse, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId265" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02127237v2</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Vocabulary Compression through the Semantic Knowledge of WordNet for Neural Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Global Wordnet Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2019, Wroclaw, Poland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId266" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02131872v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Génération de pictogrammes à partir de la parole spontanée pour la mise en place d’une communication médiée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">50 ans de linguistique sur corpus oraux : Apports à l'étude de la variation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId267" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01876781v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId268" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781183v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enjeux et perspectives de la recherche d'information sémantique - Ressources lexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Recherche d'Information Semantique 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId269" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806449v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GazePlay Project: Open and Free Eye-trackers Games and a Community for People with Multiple Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICCHP 2018 - 16th International Conference on Computers Helping People with Special Needs</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2018, Linz, Austria. pp.254-261, </w:t></w:r><w:hyperlink r:id="rId273" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-319-94277-3_41⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId270" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01804271v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cognitive Ability Estimation and Reinforcement with Eye-tracking Games for Children with Multiple Disabilities</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grenoble Workshop on Models and Analysis of Eye Movements</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2018, Grenoble, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId274" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01806290v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Language Resources and Evaluation Conference (LREC)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId275" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01718237v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">La désambiguïsation lexicale d'une langue moins bien dotée, l'exemple de l'arabe</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId276" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781185v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Un corpus en arabe annoté manuellement avec des sens WordNet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">25e conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId280" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781188v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic pictogram generation from speech to help the implementation of a mediated communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Conference on Barrier-free Communication</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2018, Geneva, Switzerland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId281" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01880744v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Combining Subword information and Language model for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15e Conférence en Recherche d’Information et Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2018, Rennes, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId282" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01781181v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la similarité sémantique vectorielle par méthodes non-supervisées</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24e conférence sur le Traitement Automatique des Langues Naturelles (TALN 2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId283" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531886v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Deep Investigation of Cross-Language Plagiarism Detection Methods</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">BUCC, 10th Workshop on Building and Using Comparable Corpora</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId285" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531346v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Recommender System Through Sentiment Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId51" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amel Ziani</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId48" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nabiha Azizi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId53" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Monther Aldwairi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId288" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nassira Chekkai</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd International Conference on Automatic Control, Telecommunications and Signals</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Dec 2017, Annaba, Algeria</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId287" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683511v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">LIM-LIG at SemEval-2017 Task1: Enhancing the Semantic Similarity for Arabic Sentences with Vectors Weighting</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">International Workshop on Semantic Evaluations (SemEval-2017)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada. pp.125 - 129</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId289" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531255v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Word Embedding-Based Approaches for Measuring Semantic Similarity of Arabic-English Sentences</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId65" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hadda Cherroun</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">6th International Conference on Arabic Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2017, Fez, Morocco</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId290" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683494v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Embeddings in Knowledge-Based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">12th International Conference on Computational Semantics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId291" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599685v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Enhancing Translation Language Models with Word Embedding for Information Retrieval</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId240" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jibril Frej</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId247" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jean-Pierre Chevallet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">9ème Atelier Recherche d'Information SEmantique</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2017, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId292" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01681311v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniformisation de corpus anglais annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve"> 24ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId293" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599578v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Semantic Similarity of Arabic Sentences with Word Embeddings</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId63" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">El Moatez Billah Nagoudi</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Third Arabic Natural Language Processing Workshop</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valencia, France. pp.18 - 24</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId294" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01683485v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GazePlay: Creation of a community to help the development of a Free and Open-source plateform to make eye-tracker Video Games accessible to everyone</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5ème EUROPEAN RETT-SYNDROME CONGRESS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Nov 2017, Berlin, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId295" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01630628v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">CompiLIG at SemEval-2017 Task 1: Cross-Language Plagiarism Detection Methods for Semantic Textual Similarity</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 11th International Workshop on Semantic Evaluations (SemEval-2017),</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2017, Vancouver, Canada</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId296" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01531330v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation vectorielle de sens pour la désambiguïsation lexicale à base de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId297" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01599572v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Using Word Embedding for Cross-Language Plagiarism Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EACL 2017</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2017, Valence, Spain. pp.415 - 421</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId298" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01502146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Multilingual, Multi-Style and Multi-Granularity Dataset for Cross-Language Textual Similarity Detection</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId284" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérémy Ferrero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId286" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Frédéric Agnès</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId223" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Laurent Besacier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">10th edition of the Language Resources and Evaluation Conference</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2016, Portorož, Slovenia</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId299" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01303135v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extension lexicale de définitions grâce à des corpus annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">23ème Conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId300" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01332850v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la traduction automatique d'un corpus annoté</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId277" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Marwa Hadj Salah</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId279" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mounir Zrigui</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JEP-TALN-RECITAL 2016</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2016, Paris, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId301" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680553v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Création rapide et efficace d'un système de désambiguïsation lexicale pour une langue peu dotée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">22ème conférence sur le Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2015, Caen, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId302" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01856098v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">ANT COLONY ALGORITHM APPLIED TO AUTOMATIC SPEECH RECOGNITION GRAPH DECODING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech 2015</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Sep 2015, Dresden, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId304" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01170535v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Induction de sens pour enrichir des ressources lexicales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">21ème conférence sur le Traitement Automatique des Langues Naturelles (TALN 2014)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jul 2014, Marseille, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId305" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003002v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le fait d'avoir stocké des mots garantit nullement leur accès.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources Lexicales et Traitement de la Langue, atelier TALN-2014</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2014, Marseille, France. pp.221--230</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId306" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480407v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Attaching Translations to Proper Lexical Senses in DBnary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">3rd Workshop on Linked Data in Linguistics: Multilingual Knowledge Resources and Natural Language Processing</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2014, Reykjavik, Iceland. pp.5--12</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId307" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00990870v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Décodage de graphe à l'aide de colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">30èmes Journées d'étude de la parole</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2014, Le mans, France. pp.6</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId308" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003001v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fusion strategies applied to multilingual features for an knowledge-based Word Sense Disambiguation algorithm: evaluation and comparison</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 14th International Conference on Intelligent Text Processing and Computational Linguistics (CiCling 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Samos, Greece</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId309" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">GETALP System : Propagation of a Lesk Measure through an Ant Colony Algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId303" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mohammad Nasiruddin</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Second Joint Conference on Lexical and Computational Semantics (*SEM), Volume 2: Proceedings of the Seventh International Workshop on Semantic Evaluation (SemEval 2013)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2013, Atlanta, Georgia, United States. pp.232--240</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId310" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953724v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm for the Unsupervised Word Sense Disambiguation of Texts: Comparison and Evaluation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 25th International Conference on Computational Linguistics (COLING 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mumbai, India. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId311" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953818v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Parameter estimation under uncertainty with Simulated Annealing applied to an ant colony based probabilistic WSD algorithm</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings of the 1st International Workshop on Optimization Techniques for Human Language Technology, on behalf of (COLING 2012)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2012, Mumbai, India. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId312" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00953822v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical grâce à un assistant ludique pour le &amp;quot; mot sur le bout de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId313" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00832991v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">A Global Ant Colony Algorithm for Word Sense Disambiguation based on Semantic Relatedness</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAAMS 2011 : 9th Conference on Practical Applications of Agents and Multi-Agent Systems</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Salamanca, Spain. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId315" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959153v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Multimodal Search for Graphic Designers</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId318" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sandra Skaff</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId320" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuel Dellandrea</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId322" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Bellynck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IVAPP'2011 : International Conference on Information Visualization Theory and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Algarve, Portugal. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId317" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959141v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Évaluation et consolidation d'un réseau lexical via un outil pour retrouver le mot sur le bout de la langue</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2011, Montpellier, France. pp.295-306</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId323" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00661659v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Désambigu\&amp;quot;ısation lexicale par propagation de mesures sémantiques locales par algorithmes à colonies de fourmis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId72" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jérôme Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId316" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nathan Guillaume</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN'2011 : Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2011, Montpellier, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId324" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959146v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Classification multilingue et multimédia pour la recherche d'images dans le projet OMNIA</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId326" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Fallaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId327" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Valérie Belinck</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RISE'2010: second atelier Recherche d'Information SEmantique associé à la conférence (INFORSID)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2010, Marseille, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId325" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01381599v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical Access, a Search-Problem</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId329" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nirina Rakotonanahary</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">2nd SIGLEX endorsed COLING Workshop on Cognitive Aspects of the Lexicon, Enhancing the Structure and Look-up Mechanisms of Electronic Dictionaries</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.75-84</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId328" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959192v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ontology driven content extraction using interlingual annotation of texts in the OMNIA project</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId321" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Achille Falaise</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId319" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">David Rouquet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId278" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hervé Blanchon</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId331" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Christian Boitet</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">CLIA workshop, COLING 2010</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2010, Beijing, China. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId330" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959171v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Introduction aux vecteurs conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Séminaire du LIRIS, école centrale de Lyon</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2009, Ecully, France. pp.x-x</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId332" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959260v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Blexisma2: a Distributed Agent Framework for Constructing a Semantic Lexical Database based on Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId334" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian Tze Lim</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">DFMA 2008 International Conference on Distributed Framework and Applications</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Oct 2008, Penang, Malaysia. </w:t></w:r><w:hyperlink r:id="rId335" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1109/ICDFMA.2008.4784421⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId333" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319027v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical access based on underspecified input</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Coling 2008: Proceedings of the Workshop on Cognitive Aspects of the Lexicon (COGALEX 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2008, Manchester, United Kingdom. pp.9--17</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId336" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480459v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits of Lexical Semantic Relatedness with Ontology-based Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId338" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLPCS 2008: Natural Language Processing and Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Barcelone, Spain. </w:t></w:r><w:hyperlink r:id="rId339" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.5220/0001737301530158⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId337" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319015v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Conceptual Vectors, a complementary tool to Lexical Networks</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">NLPCS'07: 4th International Workshop on Natural Language Processing and Cognitive Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId340" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200892v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Les vecteurs conceptuels, un outil complémentaire aux réseaux lexicaux</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, Toulouse, France. pp.293-302</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId342" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200889v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lexical Functions for Ants Based Semantic Analysis</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">ICAI'07: International Conference on Artificial Intelligence</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2007, pp.7</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId343" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00200890v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche évolutive des notions de base pour une représentation thématique des connaissances générales</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId314" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Alain Joubert</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Apr 2006, Louvain, Belgique. pp.512-521</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId344" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00112424v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Estimation Automatique de la Distribution des Sens de Termes</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">INFORSID'05 : INFormatique des Organisations et Systèmes d'Information et de Décision</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2005, Grenoble (France), pp.N/A</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId345" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105982v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Extraction Semi-Supervisée de Couples d'Antonymes grâce à leur Morphologie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2005, Dourdan, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId346" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00105981v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hypothèses pour la Construction et l'Exploitation Conjointe d'une Base Lexicale Sémantique Basée sur les Vecteurs Conceptuels</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2004 - 7es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2004, Louvain-la-Neuve, France. pp.1008-1018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId347" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108944v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Low Cost Automated Conceptual Vector Generation From Mono and Bilingual Resources</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId349" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">F. Rodrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAPILLON'04</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Aug 2004, Grenoble (France), pp.10</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId348" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00108877v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Société d'Agents Apprenants et Sémantique Lexicale : Comment Construire des Vecteurs Conceptuels à l'Aide de la Double Boucle</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">RECITAL'03</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Batz-sur-Mer (France), pp. 478-489</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId350" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00269768v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de Liens entre Acceptions par Fonctions Lexicales Vectorielles Symétriques</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN 2003 - 10ème Conférence Internationale sur le Traitement Automatique du Langage Naturel</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2003, Batz-sur-Mer, France. pp.235-244</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId351" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00269562v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Vers l'Apprentissage Automatique pour et par les Vecteurs Conceptuels de Fonctions Lexiales - L'exemple de l'Antonymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN: Traitement Automatique des Langues Naturelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2002, Nancy, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId352" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268559v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amélioration de la Représentation Sémantique Lexicale par les Vecteurs Conceptuels : Le Rôle de l'Antonymie</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">JADT 2002 - 6es Journées internationales d'Analyse statistique des Données Textuelles</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jan 2002, St Malo, France. pp.701-712</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId353" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268623v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Antonymy and Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId86" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Violaine Prince</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">COLING'02: 19th Conference on Computational Linguistics</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Taipei, Japan, pp.904-910</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId354" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268558v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Hardening of Acceptions Links Through Vectorized Lexical Functions</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId83" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mathieu Lafourcade</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">PAPILLON'02</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Tokyo, Japan, pp.P nd</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Communication dans un congrès</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId355" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">lirmm-00268557v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Poster de conférence (8)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Cross-lingual access to textual evidence and impacts of weather and climate extreme events</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId357" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Fernando Domínguez-Castro</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId358" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorenzo Augello</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId359" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordi Bernad</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId360" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Carlos Bobed</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId361" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ahmed El Kenawy</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">EGU General Assembly 2026</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, May 2026, Vienna (Austria), Austria. pp.EGU26-18763</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId356" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-05552373v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The Eye-Tracked Brief Evaluation of Receptive Aphasia: a new tool to assess residual language comprehension abilitities in post-comatose patients</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId363" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Charlène Aubinet</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId364" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lucie Mazué</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId365" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Mélanie Mulero</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId142" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jordan Arrigo</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">The 14th World Congress on Brain Injury</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Mar 2023, Dublin, Ireland</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId362" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04039719v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">LREC</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018, Miyazaki, Japan</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId366" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02093190v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Uniformisation de corpus anglais annotés en sens</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">24ème Conférence sur le Traitement Automatique des Langues Naturelles (TALN)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId367" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01955673v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sense Embeddings in Knowledge-Based Word Sense Disambiguation</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">IWCS</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Montpellier, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId368" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094762v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Représentation vectorielle de sens pour la désambiguïsation lexicale à base de connaissances</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALN</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2017, Orléans, France</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId369" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094759v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ant Colony Algorithm Applied to Automatic speech Recognition Graph Decoding</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Interspeech</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2015, Dresde, Germany</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId370" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-02094738v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Limits of Lexical Semantic Relatedness with Ontology-based Conceptual Vectors</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId372" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lian-Tze Lim</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">5th International Workshop on Natural Language Processing and Cognitive Science (NLPCS 2008)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Jun 2008, Barcelone, Spain</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Poster de conférence</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId371" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03319019v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ouvrages (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence conjointe JEP-TALN-RECITAL 2012. Volume 3 : RECITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mauricio Molina Mejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId375" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Serasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Association Francophone pour la Communication Parlée (AFCP) et Association pour le Traitement Automatique des Langues (ATALA). 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId373" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">halshs-02012881v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de la conférence conjointe JEP-TALN-RECITAL 2012, volume 3: RECITAL</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId374" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jorge Mauricio Molina Mejia</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Molina Mejia, Jorge Mauricio and Schwab, Didier and Sérasset, Gilles. ATALA/AFCP, pp.x-x, 2012</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId376" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959243v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Modélisation, Détection Et Exploitation de Fonctions Lexicales : Approches lexicales et thématique pour la modélisation, la détection et l'exploitation des fonctions lexicales en vue de l'analyse sémantique de texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Éditions Universitaires Européennes, pp.x-x, 2010</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ouvrages</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId377" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959233v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Chapitre d'ouvrage (6)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Le projet GazePlay : des jeux ouverts, gratuits et une communauté pour les personnes en situation de polyhandicap</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId379" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Johana Marku</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">1024 – Bulletin de la Société informatique de France</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2020</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId378" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03004915v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WordNet and beyond.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Christiane Fellbaum and Piek Vossen and Verginica Mititelu and Corina Forăscu. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">8th International Global WordNet conference (http://gwc2016.racai.ro)</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, pp.436-444, 2016</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId380" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480394v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Comparisons of Relatedness Measures through a Word Sense Disambiguation Task</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId70" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Andon Tchechmedjiev</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId382" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Jerome Goulian</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId113" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Gilles Sérasset</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Advances in Language Production, Cognition and the Lexicon,</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Springer, pp.23, 2014</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId381" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01003000v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">L'index, une ressource vitale pour guider les auteurs à trouver le mot bloqué sur le bout de la langue.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Nuria Gala and Michael Zock. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Ressources lexicales : construction et utilisation</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 10, Lingvisticae Investigationes, John Benjamins, Amsterdam, The Netherlands, pp.313--354, 2013</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId383" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480419v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Si tous les chemins mènent à Rome, ils ne se valent pas tous. Le problème d'accès lexical.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId76" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Michael Zock</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Ataa Allah Fadoual. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Invited paper to the 4th international workshop on Amazighe and new Technologies</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, IRCAM, Institut Royal, pp.1-9, 2011</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId384" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01480429v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Grid-enabled Blexisma2</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId386" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Tang Enya Kong</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId341" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lim Lian Tze</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId387" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Ye Hong Hoe</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Belaton, Bahari and Lian Tze, Lim. </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Grid Computing Cluster: The Development and Integration of Grid Applications and Services</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, Platform for Information &amp; Communication Technology Research, Universiti Sains Malaysia, pp.23--26, 2009, 9789833986583</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Chapitre d'ouvrage</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId385" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-00959234v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Rapport (7)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">EFFECT OF PERSONALIZED CALIBRATION ON GAZE ESTIMATION USING DEEP-LEARNING</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nairit Bandyopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">getalp; LIG (Laboratoire informatique de Grenoble); UGA. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId388" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04125057v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Webcam as Alternate Option for Eye-Trackers in Gaze Gaming Software: GazePlay</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId389" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Nairit Bandyopadhyay</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId244" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Sébastien Riou</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] Groupe d’Étude en Traduction Automatique/Traitement Automatisé des Langues et de la Parole; LIG (Laboratoire informatique de Grenoble); Université Grenoble Alpes. 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId390" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-03357649v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Automatic pictogram generation from speech to help the implementation of a mediated communication</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId262" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Céline Vaschalde</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId261" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pauline Trial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId126" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Emmanuelle Esperança-Rodier</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG; UGA (Université Grenoble Alpes). 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId391" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01887439v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche supervisée à base de cellules LSTM bidirectionnelles pour la désambiguïsation lexicale.</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Rapport de recherche] UGA - Université Grenoble Alpes. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId392" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01753343v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">WSD</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG. 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId393" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01940293v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">The GazePlay Project : Overview in February 2018</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId271" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Amela Fejza</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId272" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Yann Robert</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] LIG lab. 2018, pp.1-5</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId394" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01981318v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">UFSAC: Unification of Sense Annotated Corpora and Tools</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId61" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Loïc Vial</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId56" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Benjamin Lecouteux</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">[Research Report] UGA - Université Grenoble Alpes. 2017</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Rapport</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve"> (rapport de recherche)</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId395" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01680739v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Thèse (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Approche hybride - lexicale et thématique - pour la modélisation, la détection et l'exploitation des fonctions lexicales en vue de l'analyse sémantique de texte</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Interface homme-machine [cs.HC]. Université Montpellier II - Sciences et Techniques du Languedoc, 2005. Français. </w:t></w:r><w:hyperlink r:id="rId397" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨NNT : ⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Thèse</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId396" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-00333334v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">HDR (1)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Contributions au Traitement Automatique des Langues et à un domaine d’application, la Communication Alternative et Augmentée</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Informatique et langage [cs.CL]. Université Grenoble Alpes, 2021</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">HDR</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId398" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">tel-03535726v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:spacing w:before="200"/></w:pPr></w:p><w:p><w:pPr><w:pStyle w:val="Heading2"/></w:pPr><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/></w:rPr><w:t xml:space="preserve">Proceedings/Recueil des communications (3)</w:t></w:r></w:p><w:p><w:pPr><w:spacing w:after="100"/></w:pPr></w:p><w:tbl><w:tblGrid><w:gridCol/></w:tblGrid><w:tblPr><w:tblW w:w="0" w:type="auto"/><w:tblLayout w:type="autofit"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Quénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Maria Di Nunzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference of the CLEF Association, CLEF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14959, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId402" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71908-0⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId399" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739095v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Experimental IR Meets Multilinguality, Multimodality, and Interaction</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId161" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Lorraine Goeuriot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId118" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Philippe Mulhem</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId400" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Georges Quénot</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId401" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Giorgio Maria Di Nunzio</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">et al.</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">15th International Conference of the CLEF Association, CLEF 2024</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, </w:t></w:r><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">Lecture Notes in Computer Science</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 14958, Springer Nature Switzerland, 2024, Lecture Notes in Computer Science, </w:t></w:r><w:hyperlink r:id="rId404" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">⟨10.1007/978-3-031-71736-9⟩</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId403" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-04739091v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:noWrap/></w:tcPr><w:p><w:pPr><w:spacing w:after="200"/></w:pPr><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="1e198e"/><w:b w:val="1"/><w:bCs w:val="1"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Actes de TALIA 2018 - Journée « Traitement Automatique des Langues & Intelligence Artificielle »</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:hyperlink r:id="rId28" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Didier Schwab</w:t></w:r></w:hyperlink><w:r><w:rPr/><w:t xml:space="preserve">,</w:t></w:r><w:hyperlink r:id="rId406" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">Pierre Zweigenbaum</w:t></w:r></w:hyperlink></w:p><w:p><w:pPr/><w:r><w:rPr><w:i w:val="1"/><w:iCs w:val="1"/></w:rPr><w:t xml:space="preserve">TALIA 2018</w:t></w:r><w:r><w:rPr/><w:t xml:space="preserve">, 2018</w:t></w:r></w:p><w:p><w:pPr/><w:r><w:rPr/><w:t xml:space="preserve">Proceedings/Recueil des communications</w:t></w:r></w:p><w:p><w:pPr/><w:hyperlink r:id="rId405" w:history="1"><w:r><w:rPr><w:color w:val="#410a8c"/><w:u w:val="single"/></w:rPr><w:t xml:space="preserve">hal-01979573v1</w:t></w:r></w:hyperlink></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId407"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/><w:cols w:num="1" w:space="720"/><w:pgNumType w:start="1"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -107,51 +107,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="FCFE10E9"/>
+    <w:nsid w:val="43C22568"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -255,51 +255,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="E183D1B8"/>
+    <w:nsid w:val="F4D069C5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -403,51 +403,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="E13E89F1"/>
+    <w:nsid w:val="2B610153"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -551,51 +551,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:cs="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="4">
-    <w:nsid w:val="98A9F4D1"/>
+    <w:nsid w:val="90D9294F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -791,51 +791,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-schwab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2462-8148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069192359" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/schwab_d_2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fondation-grenoble-inp.fr/nos-actions/augmentia/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lig-getalp.imag.fr/fr/accueil/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liglab.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-cognition.com/innovez-par-la-cognition/cognition-et-langage/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-cognition.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/revuetal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/comitepermanent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/association" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?hl=fr&amp;user=eKDJXyUAAAAJ" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aac4all.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-21-CE19-0051" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tel.archives-ouvertes.fr/tel-01721390" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tel.archives-ouvertes.fr/tel-01425123/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980322v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Andrieu-Devilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gandit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Quillion-Dupr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2025.100885" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581509v2" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Niaouri" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lopez" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonzalez-Saez" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nackl&#233;" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441389v1" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Parcollet" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2024.101622" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Zemmal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Eddine Benzebouchi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Azizi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Belhaouari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299022v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ziani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Zenakhra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monther Aldwairi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.05.067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896690v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Contesse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pinchaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2021.102468" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vial" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706138v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Moatez Billah Nagoudi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khorsi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadda Cherroun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/cait-2018-0011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684576v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhouche Abdelaali" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Tlili-Guiassa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andon Tchechmedjiev" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953645v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goulian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953647v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953650v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zock" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953648v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953672v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480432v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953694v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953695v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200272v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lafourcade" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37936/ecti-cit.200622.53279" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268443v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Prince" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03348508v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279934v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan-Cristian Stanciu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-Georgiana Andrei" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedkhan Radzhabov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_17" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329774v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aubertin" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadek" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;rasset" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Prieur" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nakanyseth Vuth" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066146v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongwoo Kang" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lopez" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.insights-1.3" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324909v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Zhou" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383666v1" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074816v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Tsourakis" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291305v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junaid Baber" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hili" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Challier" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Satrin" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia250513" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046641v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Verdy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730443v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hagel" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688334" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687483v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dion" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2024-490" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776868v1" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623014v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731828v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Tsourakis" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708092v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623003v1" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Arrigo" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623007v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534234v1" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782410v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638945v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhle" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562783v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Dr&#259;gulinescu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Idrissi-Yaghir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623002v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Alavoine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gallienne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos-Emiliano Gonz&#225;lez-Gallardo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04534338v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708175v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giordano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cousot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.09.542" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743962v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Dr&#515;gulinescu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes R&#252;ckert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ben Abacha" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208583v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167619v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241457v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117237v1" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong-Hang Le" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Gong" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhan Wang" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pino" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299041v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hansen" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhl&#233;" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.30" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213523v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nahas" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283197v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208581v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04439105v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253978v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mauro" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04359942v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130185v1" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schwab Didier" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130199v2" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118893v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rochet-Capellan" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625303v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schang" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751159v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751158v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakia Saidi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Jarray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767742v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Le" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Alisamir" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ringeval" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891881v1" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kelodjoue" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707064v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722458v1" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407172v1" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Ha Nguyen" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265922v1" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299010v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zae Myung Kim" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilina Nikoulina" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157085v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294912v1" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiatao Gu" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642341v1" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zae Kim" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyeop Kang" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.codi-main.16" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298854v2" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Barbier" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.iwslt-1.20" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317730v3" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798538v3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896668v2" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chasseur" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dohen" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Riou" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373625.3418018" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784776v3" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jibril Frej" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991564v1" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024756v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevallet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3397271.3401211" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02977382v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonzalez Saez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474706v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890258v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263784v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263816v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127237v2" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127258v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trial" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vaschalde" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429730v1" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-6453-961-4" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131872v1" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443412v1" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150003v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raki Lachraf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ayachi" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abdelali" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806290v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718237v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880744v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781188v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hadj Salah" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchon" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Zrigui" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781185v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806449v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781183v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804271v1" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amela Fejza" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Robert" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94277-3_41" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781181v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876781v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683494v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ferrero" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599685v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683511v1" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Chekkai" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531255v1" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599578v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681311v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683485v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502146v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Agn&#232;s" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531330v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630628v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599572v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531346v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531886v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332850v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303135v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680553v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856098v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nasiruddin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170535v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990870v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480407v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003001v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003002v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953726v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953724v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953818v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953822v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661659v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joubert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959141v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Skaff" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouquet" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dellandrea" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Falaise" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bellynck" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959153v1" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guillaume" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959146v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00832991v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381599v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Fallaise" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Belinck" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959192v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirina Rakotonanahary" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959171v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boitet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959260v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480459v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319015v1" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Lim" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001737301530158" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319027v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Tze Lim" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDFMA.2008.4784421" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200892v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lim Lian Tze" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200889v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200890v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00112424v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105982v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105981v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108944v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108877v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodrigo" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269768v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269562v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268623v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268559v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268558v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268557v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039719v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Aubinet" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazu&#233;" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mulero" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093190v1" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094762v1" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955673v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094759v1" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094738v1" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319019v1" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian-Tze Lim" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012881v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mauricio Molina Mejia" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serasset" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959243v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959233v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004915v1" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Marku" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480394v1" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003000v1" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Goulian" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480419v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480429v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959234v1" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Enya Kong" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Hong Hoe" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357649v1" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nairit Bandyopadhyay" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125057v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753343v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940293v1" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981318v1" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887439v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680739v1" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00333334v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03535726v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739091v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Maria Di Nunzio" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71736-9" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739095v1" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979573v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-schwab" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0002-2462-8148" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/069192359" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://arxiv.org/a/schwab_d_2" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fondation-grenoble-inp.fr/nos-actions/augmentia/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://lig-getalp.imag.fr/fr/accueil/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.liglab.fr" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-cognition.com/innovez-par-la-cognition/cognition-et-langage/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.institut-cognition.com" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/revuetal" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/comitepermanent" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.atala.org/association" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://scholar.google.com/citations?hl=fr&amp;user=eKDJXyUAAAAJ" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.aac4all.org" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://anr.fr/Projet-ANR-21-CE19-0051" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tel.archives-ouvertes.fr/tel-01721390" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://tel.archives-ouvertes.fr/tel-01425123/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04980322v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre-Alexandre Andrieu-Devilly" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Gandit" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Schwab" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lisa Quillion-Dupr&#233;" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Monfort" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.irbm.2025.100885" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04441389v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Titouan Parcollet" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ha Nguyen" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sol&#232;ne Evain" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marcely Zanon Boito" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Pupier" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.csl.2024.101622" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04581509v2" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marco Dinarelli" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitra Niaouri" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Lopez" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonzalez-Saez" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nackl&#233;" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751155v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nawel Zemmal" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacer Eddine Benzebouchi" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nabiha Azizi" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Belhaouari" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299022v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amel Ziani" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Djamel Zenakhra" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Monther Aldwairi" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2021.05.067" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02896690v2" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Benjamin Lecouteux" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Adrien Contesse" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pinchaud" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bspc.2021.102468" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02010901v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lo&#239;c Vial" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01706138v1" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Moatez Billah Nagoudi" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Khorsi" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hadda Cherroun" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2478/cait-2018-0011" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01684576v1" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bakhouche Abdelaali" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yamina Tlili-Guiassa" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Andon Tchechmedjiev" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953648v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#244;me Goulian" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953647v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953645v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953650v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael Zock" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953672v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480432v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953694v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953695v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Ferret" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200272v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Lafourcade" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.37936/ecti-cit.200622.53279" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-03348508v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Violaine Prince" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268443v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05279934v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bogdan Ionescu" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Henning M&#252;ller" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dan-Cristian Stanciu" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandra-Georgiana Andrei" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmedkhan Radzhabov" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-032-04354-2_17" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05074816v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucia Ormaechea-Grijalba" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Tsourakis" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierrette Bouillon" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05291305v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Junaid Baber" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Hili" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;o Challier" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cilia Satrin" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3233/faia250513" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05066146v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jeongwoo Kang" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maximin Coavoux" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;dric Lopez" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2025.insights-1.3" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-05329774v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Aubertin" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Gadek" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles S&#233;rasset" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Prieur" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nakanyseth Vuth" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05324909v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yongxin Zhou" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Mulhem" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05383666v1" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Macaire" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diandra Fabre" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04782410v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Verdy" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04638945v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhle" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Esperan&#231;a-Rodier" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04622997v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vincent Segonne" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aidan Mannion" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Alonzo-Canul" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Audibert" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xingyu Liu" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05046641v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04730443v1" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Hagel" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3652620.3688334" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04687483v1" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Dion" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.21437/Interspeech.2024-490" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623007v1" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04534234v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordan Arrigo" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claire Lemaire" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623003v1" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04535557v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Cristina Alonzo Canul" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708092v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623014v1" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04776868v1" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04731828v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikos Tsourakis" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04562783v1" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana Maria Dr&#259;gulinescu" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Idrissi-Yaghir" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-56072-9_6" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04623002v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nad&#232;ge Alavoine" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Romane Gallienne" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos-Emiliano Gonz&#225;lez-Gallardo" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04534338v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorraine Goeuriot" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04708175v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bastien Giordano" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=K&#233;vin Cousot" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.procs.2024.09.542" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04743962v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ana-Maria Dr&#515;gulinescu" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johannes R&#252;ckert" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Asma Ben Abacha" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130199v2" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04118893v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Am&#233;lie Rochet-Capellan" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04213523v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christelle Nahas" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04299041v1" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonz&#225;lez" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Damien Hansen" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mariam Nakhl&#233;" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Behnoosh Namdarzadeh" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2023.wmt-1.30" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04117237v1" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Phuong-Hang Le" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hongyu Gong" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Changhan Wang" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juan Pino" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04241457v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Luc&#237;a Ormaechea" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johanna Gerlach" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208597v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04167619v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Chevalier" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208583v1" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283197v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04208581v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04283267v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04359942v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04130185v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Schwab Didier" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04253978v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fran&#231;ois Portet" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Juliette Mauro" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-04439105v1" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03722458v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03625303v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Schang" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751158v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rakia Saidi" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fethi Jarray" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03751159v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767742v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hang Le" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sina Alisamir" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fabien Ringeval" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03707064v1" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salima Mdhaffar" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03891881v1" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuelle Kelodjoue" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03317730v3" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03642341v1" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zae Kim" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vassilina Nikoulina" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dongyeop Kang" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Besacier" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.codi-main.16" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03294912v1" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jiatao Gu" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03407172v1" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manh Ha Nguyen" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03265922v1" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03157085v1" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03299010v1" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zae Myung Kim" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03298854v2" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florentin Barbier" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Natalia Tomashenko" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18653/v1/2021.iwslt-1.20" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02798538v3" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02991564v1" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02784776v3" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jibril Frej" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02896668v2" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Chasseur" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marion Dohen" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S&#233;bastien Riou" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3373625.3418018" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03024756v1" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Pierre Chevallet" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/3397271.3401211" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.univ-grenoble-alpes.fr/hal-02977382v1" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gabriela Gonzalez Saez" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02474706v1" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02890258v1" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263784v1" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03263816v1" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02443412v1" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02150003v1" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Raki Lachraf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Youcef Ayachi" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed Abdelali" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127258v1" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Trial" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;line Vaschalde" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02429730v1" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.36253/978-88-6453-961-4" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02127237v2" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02131872v1" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01876781v1" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781183v1" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806449v1" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01804271v1" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Amela Fejza" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Robert" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-319-94277-3_41" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01806290v1" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01718237v1" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781185v1" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marwa Hadj Salah" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Herv&#233; Blanchon" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mounir Zrigui" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781188v1" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01880744v1" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01781181v1" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531886v1" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Ferrero" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531346v1" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Agn&#232;s" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683511v1" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassira Chekkai" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531255v1" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683494v1" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599685v1" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01681311v1" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599578v1" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01683485v1" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01630628v1" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01531330v1" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01599572v1" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01502146v1" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01303135v1" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01332850v1" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680553v1" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01856098v1" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammad Nasiruddin" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01170535v1" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003002v1" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480407v1" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00990870v1" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003001v1" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953726v1" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-00953724v1" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953818v1" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00953822v1" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00832991v1" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alain Joubert" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959153v1" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathan Guillaume" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959141v1" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandra Skaff" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Rouquet" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Emmanuel Dellandrea" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Falaise" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Bellynck" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00661659v1" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959146v1" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01381599v1" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Achille Fallaise" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Belinck" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959192v1" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nirina Rakotonanahary" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959171v1" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christian Boitet" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959260v1" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319027v1" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Tze Lim" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICDFMA.2008.4784421" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480459v1" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319015v1" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian Lim" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5220/0001737301530158" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200892v1" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lim Lian Tze" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200889v1" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00200890v1" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00112424v1" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105982v1" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00105981v1" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108944v1" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00108877v1" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Rodrigo" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269768v1" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00269562v1" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268559v1" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268623v1" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268558v1" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal-lirmm.ccsd.cnrs.fr/lirmm-00268557v1" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05552373v1" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fernando Dom&#237;nguez-Castro" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lorenzo Augello" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jordi Bernad" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Carlos Bobed" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmed El Kenawy" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04039719v1" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Charl&#232;ne Aubinet" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Mazu&#233;" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M&#233;lanie Mulero" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093190v1" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01955673v1" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094762v1" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094759v1" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02094738v1" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03319019v1" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lian-Tze Lim" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://shs.hal.science/halshs-02012881v1" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jorge Mauricio Molina Mejia" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Serasset" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959243v1" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959233v1" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03004915v1" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Johana Marku" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480394v1" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01003000v1" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jerome Goulian" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480419v1" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01480429v1" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00959234v1" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tang Enya Kong" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ye Hong Hoe" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04125057v1" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nairit Bandyopadhyay" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03357649v1" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01887439v1" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01753343v1" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01940293v1" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01981318v1" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01680739v1" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00333334v1" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-03535726v1" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739095v1" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Georges Qu&#233;not" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Giorgio Maria Di Nunzio" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71908-0" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04739091v1" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-3-031-71736-9" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01979573v1" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Zweigenbaum" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>