--- v0 (2026-03-05)
+++ v1 (2026-03-25)
@@ -585,616 +585,616 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04985646v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Domain Decomposition and Model Order Reduction for Electromagnetic Field Simulations in Carbon Fiber Composite Materials</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">Eddy current-based measurement system for evaluating fiber distribution to predict cracks in steel fiber-reinforced concrete: experimental study</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Loukmane Gherdaoui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nacira Saoudi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hamza Houassine</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Applied Sciences</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3390/app14146013⟩</w:t>
+              <w:t xml:space="preserve">Metrology and Measurement Systems / Metrologia i Systemy Pomiarowe</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 82 (10), pp.691-691. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24425/mms.2024.152047⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04648748v1</w:t>
+                <w:t xml:space="preserve">hal-04970548v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology optimization of non-linear electromagnetic actuator based on Reluctance Network Analysis</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Ming Yin</w:t>
+                <w:t xml:space="preserve">Domain Decomposition and Model Order Reduction for Electromagnetic Field Simulations in Carbon Fiber Composite Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suyang Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Applied Sciences</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 14 (14), pp.6013. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/app14146013⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2024.172174⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04650053v1</w:t>
+                <w:t xml:space="preserve">hal-04648748v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId33" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Integration of inter-ply electrical percolation phenomena in the multiphysics modelling of laminated composite materials</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">Topology optimization of non-linear electromagnetic actuator based on Reluctance Network Analysis</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Naidjate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-03-2024-0114⟩</w:t>
+              <w:t xml:space="preserve">Journal of Magnetism and Magnetic Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 602, pp.172174. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.jmmm.2024.172174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId32" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04675986v1</w:t>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04650053v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Eddy current-based measurement system for evaluating fiber distribution to predict cracks in steel fiber-reinforced concrete: experimental study</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Integration of inter-ply electrical percolation phenomena in the multiphysics modelling of laminated composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nacira Saoudi</w:t>
+                <w:t xml:space="preserve">Banda Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hamza Houassine</w:t>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Metrology and Measurement Systems / Metrologia i Systemy Pomiarowe</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 82 (10), pp.691-691. </w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.24425/mms.2024.152047⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-03-2024-0114⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04970548v1</w:t>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04675986v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Complex Magnetic Permeability Evaluation of Steel Fibers Using Eddy Current NDE and Inverse Problem Methods</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Loukmane Gherdaoui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hamza Houassine</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId38" w:history="1">
+            <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nacira Saoudi</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Progress In Electromagnetics Research Letters</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2023, 113, pp.81-90. </w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
@@ -1397,51 +1397,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Revue des composites et des matériaux avancés = Journal of Composite and Advanced Materials</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2021, 31 (2), pp.73-79. </w:t>
@@ -1473,464 +1473,464 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04075356v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Coupled Numerical and Experimental Identification of Geometrical Parameters for Predicting the Electrical Conductivity of CFRP Layers</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Focalization of electromagnetic power at the interface between two composites materials for induction welding</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2019.2954198⟩</w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 91 (1), pp.10902. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2020200022⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074863v1</w:t>
+                <w:t xml:space="preserve">hal-04074695v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId52" w:history="1">
+            <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Challenges of dynamic simulation of high-speed electromagnetic valves of gas distribution devices</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Yu A Yelanskyi</w:t>
+                <w:t xml:space="preserve">Coupled Numerical and Experimental Identification of Geometrical Parameters for Predicting the Electrical Conductivity of CFRP Layers</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banda Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrical Engineering &amp; Electromechanics = Èlektrotehnika i èlektromehanika</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.20998/2074-272X.2020.5.01⟩</w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 56 (2), pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2019.2954198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId52" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074827v1</w:t>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074863v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId55" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focalization of electromagnetic power at the interface between two composites materials for induction welding</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">Challenges of dynamic simulation of high-speed electromagnetic valves of gas distribution devices</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">E I Baida</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B V Klymenko</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Michael G Pantelyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId59" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+                <w:t xml:space="preserve">Yu A Yelanskyi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2020, 91 (1), pp.10902. </w:t>
+              <w:t xml:space="preserve">Electrical Engineering &amp; Electromechanics = Èlektrotehnika i èlektromehanika</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 5, pp.3-11. </w:t>
             </w:r>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjap/2020200022⟩</w:t>
+                <w:t xml:space="preserve">⟨10.20998/2074-272X.2020.5.01⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId58" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04074695v1</w:t>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074827v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Simulation of induction thermography NDT technique using SIBC</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2042,51 +2042,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A. Peterzol</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId68" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2019, 55 (6), pp.1-4. </w:t>
@@ -2284,51 +2284,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Y.I. Bajda</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">B.V. Klymenko</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Michael G Pantelyat</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2405,51 +2405,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">H.K. Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId62" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Ba</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -2490,1600 +2490,1609 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04074843v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical Conductivity Tensor Modeling of Stratified Woven-Fabric Carbon Fiber Reinforced Polymer Composite Materials</w:t>
+                <w:t xml:space="preserve">Multiphysics modeling and optimization of the driving strategy of a light duty fuel cell vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fiacre Senghor</w:t>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samuel Branchu</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
+                <w:t xml:space="preserve">Stéphane Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2017.2660529⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 42 (43), pp.26943-26955. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2017.06.243⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074858v1</w:t>
+                <w:t xml:space="preserve">hal-04019002v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysics modeling and optimization of the driving strategy of a light duty fuel cell vehicle</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+                <w:t xml:space="preserve">Electrical Conductivity Tensor Modeling of Stratified Woven-Fabric Carbon Fiber Reinforced Polymer Composite Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
-[...18 lines deleted...]
-                <w:t xml:space="preserve">Bruno Auvity</w:t>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Christophe Josset</w:t>
+                <w:t xml:space="preserve">Samuel Branchu</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2017, 42 (43), pp.26943-26955. </w:t>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2017, 53 (6), pp.9401604. </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2017.06.243⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2017.2660529⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04019002v2</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04074858v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Degenerated Hexahedral Whitney Elements for Electromagnetic Fields Computation in Multi-Layer Anisotropic Thin Regions</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Study on flaw detectability of NDT induction thermography technique for laminated CFRP composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2016, 52 (3), pp.1-4. </w:t>
+              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 73 (1), pp.10902. </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2497462⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1051/epjap/2015150360⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId91" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074934v1</w:t>
+                <w:t xml:space="preserve">hal-04086533v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Application of Phase Shifting Technique for Reducing the Magnetomotive Force Space Harmonics of Tooth Concentrated Windings</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Bekka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Hadi Zaïm</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electric Power Components and Systems</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 44 (15), pp.1707-1720. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId95" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1080/15325008.2016.1183722⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId91" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-03633791v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId96" w:history="1">
+            <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of Degenerated Hexahedral Whitney Elements in the Modeling of NDT Induction Thermography of Laminated CFRP Composite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Degenerated Hexahedral Whitney Elements for Electromagnetic Fields Computation in Multi-Layer Anisotropic Thin Regions</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2016, 52 (3), pp.1-4. </w:t>
             </w:r>
+            <w:hyperlink r:id="rId98" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2497462⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04074944v1</w:t>
+                <w:t xml:space="preserve">hal-04074934v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId98" w:history="1">
+            <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">A Novel Methodology for Optimal Design of Fractional Slot With Concentrated Windings</w:t>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Nicolas Bernard</w:t>
+                <w:t xml:space="preserve">Application of Degenerated Hexahedral Whitney Elements in the Modeling of NDT Induction Thermography of Laminated CFRP Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 52 (3), pp.1-4. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TEC.2016.2552546⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-03633830v1</w:t>
+                <w:t xml:space="preserve">hal-04074944v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId100" w:history="1">
+            <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study on flaw detectability of NDT induction thermography technique for laminated CFRP composites</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">A Novel Methodology for Optimal Design of Fractional Slot With Concentrated Windings</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nassim Bekka</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Hadi Zaïm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Physical Journal: Applied Physics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IEEE Transactions on Energy Conversion</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2016, 31 (3), pp.1153-1160. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId102" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TEC.2016.2552546⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1051/epjap/2015150360⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04086533v1</w:t>
+                <w:t xml:space="preserve">hal-03633830v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Optimal Design of a Rotating Eddy-Current Probe—Application to Characterization of Anisotropic Conductive Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Samir Bensaid</w:t>
+                <w:t xml:space="preserve">Performance Assessment of Induction Thermography Technique Applied to Carbon-Fiber-Reinforced Polymer Material</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Javad Fouladgar</w:t>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 51 (3), pp.1-4. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId105" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363174⟩</w:t>
+            <w:hyperlink r:id="rId104" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363079⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId103" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02454616v1</w:t>
+                <w:t xml:space="preserve">hal-02454602v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId106" w:history="1">
+            <w:hyperlink r:id="rId105" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Performance Assessment of Induction Thermography Technique Applied to Carbon-Fiber-Reinforced Polymer Material</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">Optimal Design of a Rotating Eddy-Current Probe—Application to Characterization of Anisotropic Conductive Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2015, 51 (3), pp.1-4. </w:t>
             </w:r>
             <w:hyperlink r:id="rId107" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363079⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2014.2363174⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId106" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02454602v1</w:t>
+            <w:hyperlink r:id="rId105" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02454616v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Detection of Cells State-of-Health in PEM Fuel Cell Stack Using EIS Measurements Coupled with Multiphysics Modeling</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Thermo inductive nondestructive testing method applied to CFRP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId106" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Javad Fouladgar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chevalier</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Fuel Cells</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/fuce.201300209⟩</w:t>
+              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 33 (1/2), pp. 167-180. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId110" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2012-0233⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId114" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086516v1</w:t>
+                <w:t xml:space="preserve">hal-04086512v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId115" w:history="1">
+            <w:hyperlink r:id="rId111" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermo inductive nondestructive testing method applied to CFRP</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+                <w:t xml:space="preserve">Detection of Cells State-of-Health in PEM Fuel Cell Stack Using EIS Measurements Coupled with Multiphysics Modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId114" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J. Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPEL: The International Journal for Computation and Mathematics in Electrical and Electronic Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Fuel Cells</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 14 (3), pp.416-429. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId116" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fuce.201300209⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1108/COMPEL-10-2012-0233⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04086512v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04086516v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3-D Modeling of Thermo Inductive Non Destructive Testing Method Applied to Multilayer Composite</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Wasselynck</w:t>
+                <w:t xml:space="preserve">Experimental validation of an identification procedure of PEMFC stack state of health using EIS combined with a physical impedance modelling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Chevalier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">G. Berthiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 33, pp.1015-1020. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId119" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3303/CET1333170⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId118" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00996912v1</w:t>
+                <w:t xml:space="preserve">hal-04086498v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId120" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">3-D Modeling of Thermo Inductive Non Destructive Testing Method Applied to Multilayer Composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (5), pp.1949-1952. </w:t>
@@ -4115,712 +4124,703 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04077727v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Multiphysics DC and AC models of a PEMFC for the detection of degraded cell parameters</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">3-D Modeling of Thermo Inductive Non Destructive Testing Method Applied to Multilayer Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">G. Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">S. Chevalier</w:t>
-[...25 lines deleted...]
-                <w:t xml:space="preserve">B. Auvity</w:t>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">J.C. Olivier</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">C. Josset</w:t>
+                <w:t xml:space="preserve">G. Berthiaud</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 49 (5), pp.1949 - 1952</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId125" w:history="1">
-[...10 lines deleted...]
-            <w:pPr/>
             <w:hyperlink r:id="rId122" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04077734v1</w:t>
+                <w:t xml:space="preserve">hal-00996912v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Determination of the Electrical Conductivity Tensor of a CFRP Composite Using a 3-D Percolation Model</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2013, 49 (5), pp.1825-1828. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId127" w:history="1">
+            <w:hyperlink r:id="rId125" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMAG.2013.2241039⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId126" w:history="1">
+            <w:hyperlink r:id="rId124" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04077719v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Experimental validation of an identification procedure of PEMFC stack state of health using EIS combined with a physical impedance modelling</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Bruno Auvity</w:t>
+                <w:t xml:space="preserve">Multiphysics DC and AC models of a PEMFC for the detection of degraded cell parameters</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId112" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">S. Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId113" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">B. Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">J.C. Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId115" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">C. Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Chemical Engineering Transactions</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">International Journal of Hydrogen Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2013, 38 (26), pp.11609-11618. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ijhydene.2013.04.057⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId129" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.3303/CET1333170⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04086498v1</w:t>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId126" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04077734v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Light-Duty Fuel-Cell Vehicle Designed for Energetic Race: High Efficiency Power Converter design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId84" w:history="1">
+                <w:t xml:space="preserve">Design and testing of a fuel cell powertrain with energy constraints</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Bruno Auvity</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Josset</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Philippe Maindru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Energy</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 38 (1), pp.414-424. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId131" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.energy.2011.11.022⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId132" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">istex</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId130" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04086485v1</w:t>
+                <w:t xml:space="preserve">hal-04077715v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId132" w:history="1">
+            <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Design and testing of a fuel cell powertrain with energy constraints</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Light-Duty Fuel-Cell Vehicle Designed for Energetic Race: High Efficiency Power Converter design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Josset</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId134" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Maindru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Energy</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">European Journal of Electrical Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 15 (1), pp.39-61</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.energy.2011.11.022⟩</w:t>
-[...30 lines deleted...]
-                <w:t xml:space="preserve">hal-04077715v1</w:t>
+                <w:t xml:space="preserve">hal-04086485v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId135" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Electromagnetic and Thermal Modeling of Composite Materials Using Multilayer Shell Elements</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -4932,51 +4932,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5153,51 +5153,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Non Linear Homogenization for Calculation of Electromagnetic Properties of Soft Magnetic Composite Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId136" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M. Belkadi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
+            <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5283,51 +5283,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.-I. Lamghari-Jamal</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">J. Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Hadi Zaïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5400,51 +5400,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2002, 36 (4), pp.1193-1196. </w:t>
             </w:r>
             <w:hyperlink r:id="rId152" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5517,51 +5517,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">M.E. Zaïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">IEEE Transactions on Magnetics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2000, 36 (4), pp.1826-1829. </w:t>
             </w:r>
             <w:hyperlink r:id="rId155" w:history="1">
               <w:r>
                 <w:rPr>
@@ -5608,51 +5608,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">An estimator for equivalent properties of a bundle of conductors using the inverse problem method</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId157" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">G. Develey</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5852,64 +5852,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId160" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology Optimization of Coaxial Magnetic Gear based on Reluctance Network Analysis</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Naidjate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -5976,204 +5976,217 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04843170v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modélisation multiphysique des matériaux à bas point de Curie magnétique</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Hakim Oueslati</w:t>
+                <w:t xml:space="preserve">Topology Optimization of Magnetic Actuator based on Reluctance Network Modeling and Adjoint Variable Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ming Yin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohammed Naidjate</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Simon Morville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium du Génie Electrique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, L2ep, Jul 2023, Lille, France</w:t>
+              <w:t xml:space="preserve">INTERMAG 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2023, Sendai, Japan</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId162" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04526792v1</w:t>
+                <w:t xml:space="preserve">hal-04317244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId163" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Highlighting and Modeling of Inter-ply Percolation Phenomenon in Stratified Composite</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 24nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, May 2023, Kyoto, Japan. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -6300,286 +6313,273 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04526761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Comparison of three methodologies to simulate induction heating in carbon fiber reinforced polymer</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Pierquin</w:t>
+                <w:t xml:space="preserve">Modélisation multiphysique des matériaux à bas point de Curie magnétique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hakim Oueslati</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId166" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Olivier Chadebec</w:t>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Simon Morville</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">The 13th International Symposium on Electric and Magnetic Fields (EMF 2023)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
+              <w:t xml:space="preserve">Symposium du Génie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, L2ep, Jul 2023, Lille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04194717v1</w:t>
+                <w:t xml:space="preserve">hal-04526792v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId167" w:history="1">
+            <w:hyperlink r:id="rId166" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Topology Optimization of Magnetic Actuator based on Reluctance Network Modeling and Adjoint Variable Method</w:t>
-[...43 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Comparison of three methodologies to simulate induction heating in carbon fiber reinforced polymer</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId167" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Olivier Chadebec</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INTERMAG 2023</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2023, Sendai, Japan</w:t>
+              <w:t xml:space="preserve">The 13th International Symposium on Electric and Magnetic Fields (EMF 2023)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2023, Marseille, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId167" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04317244v1</w:t>
+            <w:hyperlink r:id="rId166" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04194717v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId168" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Topology optimization of magnetic actuator based on the ON/OFF method and reluctance network modeling</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ming Yin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohammed Naidjate</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -6637,265 +6637,265 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04586656v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electromagnetic Field Targeting Enhancement for Carbon Fiber Reinforced Polymers Induction Welding Application</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+                <w:t xml:space="preserve">Losses Calculation In Carbon Fiber Composite Materials Using Model Order Reduction Coupled With Domain Decomposition</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Suyang Lou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Pierquin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nicolas Bracikowski</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2021 23rd Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2022 IEEE 20th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2022, Denver, United States. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId170" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEFC55061.2022.9940822⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId169" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04537640v1</w:t>
+                <w:t xml:space="preserve">hal-04074640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId170" w:history="1">
+            <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Losses Calculation In Carbon Fiber Composite Materials Using Model Order Reduction Coupled With Domain Decomposition</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Suyang Lou</w:t>
+                <w:t xml:space="preserve">Electromagnetic Field Targeting Enhancement for Carbon Fiber Reinforced Polymers Induction Welding Application</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mansor Ndiaye</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2022 IEEE 20th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2021 23rd Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jan 2022, Cancun, Mexico</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/CEFC55061.2022.9940822⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04074640v1</w:t>
+                <w:t xml:space="preserve">hal-04537640v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Model order reduction of electromagnetic field simulations in carbon fiber composite materials</w:t>
               </w:r>
@@ -7127,51 +7127,51 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Coupled Numerical and Experimental Identification of Geometrical Parameter for Predicting the Electrical Conductivity of CFRP layers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -7189,526 +7189,526 @@
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1-2, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId51" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1109/TMAG.2019.2954198⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId179" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">3D Finite Element Model using SIBC to Accelerate Electromagnetic Thermal Simulation of Induction Thermography Technique</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Banda Kane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId62" w:history="1">
-[...25 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
             </w:r>
             <w:hyperlink r:id="rId181" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097101⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096915⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId180" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03554046v1</w:t>
+                <w:t xml:space="preserve">hal-04074872v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Study of Inter-Ply Electrical Percolation Phenomena in CFRP Composite Materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Banda Kane</w:t>
+                <w:t xml:space="preserve">3D Finite Element Model using SIBC to Accelerate Electromagnetic Thermal Simulation of Induction Thermography Technique</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Ba</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.K. Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, Nancy, France. pp.1-2, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId183" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9097101⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId182" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04518069v1</w:t>
+                <w:t xml:space="preserve">hal-03554046v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId183" w:history="1">
+            <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId33" w:history="1">
+                <w:t xml:space="preserve">Study of Inter-Ply Electrical Percolation Phenomena in CFRP Composite Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2019 19th International Symposium on Electromagnetic Fields in Mechatronics, Electrical and Electronic Engineering (ISEF)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">2019 22nd International Conference on the Computation of Electromagnetic Fields (COMPUMAG)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jul 2019, Paris, France. pp.1-2</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId184" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1109/ISEF45929.2019.9096915⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04074872v1</w:t>
+                <w:t xml:space="preserve">hal-04518069v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId185" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Focusing of Electromagnetic Field for Induction Welding of Composite Materials by Optimization of Fold Sequence</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 18th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Oct 2018, Hangzhou, China. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7733,103 +7733,103 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId186" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of Eddy Currents in Highly Anisotropic CFRP Materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2018 18th Biennial Conference on Electromagnetic Field Computation (CEFC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, IEEE, Oct 2018, Hangzhou, China. pp.1-2</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -7854,77 +7854,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId187" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Fonctionnalisation électrique et magnétique d’un matériau composite à l’aide d’une approche hybride couplée à un algorithme d’optimisation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -7956,900 +7956,900 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04518084v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Application of degenerated hexahedral Whitney elements in the modeling of NDT induction thermography of laminated CFRP composite</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+                <w:t xml:space="preserve">Electrical conductivity tensor modelling of stratified woven-fabric carbon fiber reinforced polymer composite materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+            <w:hyperlink r:id="rId87" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samuel Branchu</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">,</w:t>
-[...9 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
+              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Nov 2016, Miami, United States. pp.1-1, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId189" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/CEFC.2016.7816051⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId188" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460068v1</w:t>
+                <w:t xml:space="preserve">hal-04074914v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId189" w:history="1">
+            <w:hyperlink r:id="rId190" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Formulation analytique de la matrice impédance de matériaux composites stratiﬁés anisotropes en ﬁbres de carbone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+                <w:t xml:space="preserve">Application of degenerated hexahedral Whitney elements in the modeling of NDT induction thermography of laminated CFRP composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada. pp.1-4, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1109/TMAG.2015.2492362⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId189" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01361642v1</w:t>
+            <w:hyperlink r:id="rId190" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02460068v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Electrical conductivity tensor modelling of stratified woven-fabric carbon fiber reinforced polymer composite materials</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Senghor</w:t>
+                <w:t xml:space="preserve">Formulation analytique de la matrice impédance de matériaux composites stratiﬁés anisotropes en ﬁbres de carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
-[...24 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">et al.</w:t>
-            </w:r>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2016 IEEE Conference on Electromagnetic Field Computation (CEFC)</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">Symposium de Genie Electrique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2016, Grenoble, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId191" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04074914v1</w:t>
+                <w:t xml:space="preserve">hal-01361642v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Etude de la detectabilite de defaut dans les composites de carbone stratifies par la technique de CND par thermographie inductive</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Huu Kien Bui</w:t>
+                <w:t xml:space="preserve">Modeling of Electrical Percolation Threshold of Carbon Graphite Composite</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMELEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
+              <w:t xml:space="preserve">COMPUMAG</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId193" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460080v1</w:t>
+                <w:t xml:space="preserve">hal-02460072v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Modeling of Electrical Percolation Threshold of Carbon Graphite Composite</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+                <w:t xml:space="preserve">Etude de la detectabilite de defaut dans les composites de carbone stratifies par la technique de CND par thermographie inductive</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">COMPUMAG</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Montréal, Canada</w:t>
+              <w:t xml:space="preserve">NUMELEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId194" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02460072v1</w:t>
+                <w:t xml:space="preserve">hal-02460080v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Evaluation du Seuil de Percolation Electrique de Matériaux Composites en Graphite de Carbone</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+                <w:t xml:space="preserve">Inductive thermography nondestructive testing applied to carbon composite materials: multiphysics and multiscale modeling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">H.K. Bui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gerard Berthiau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">NUMELEC</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
+              <w:t xml:space="preserve">8th International Conference on Electromagnetic Processing of Materials</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId195" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02463149v1</w:t>
+                <w:t xml:space="preserve">hal-01334989v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inductive thermography nondestructive testing applied to carbon composite materials: multiphysics and multiscale modeling</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Evaluation du Seuil de Percolation Electrique de Matériaux Composites en Graphite de Carbone</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId192" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Fiacre Djonkone Senghor</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Trichet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
-              </w:r>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">8th International Conference on Electromagnetic Processing of Materials</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2015, Cannes, France</w:t>
+              <w:t xml:space="preserve">NUMELEC</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2015, Saint-Nazaire, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId196" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01334989v1</w:t>
+                <w:t xml:space="preserve">hal-02463149v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId197" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiphysics Modeling and Driving Strategy Optimization of an Urban-Concept Vehicle</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId84" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jean-Christophe Olivier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId81" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Chevalier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId87" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Josset</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Bruno Auvity</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2015 IEEE Vehicle Power and Propulsion Conference (VPPC)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2015, Montreal, Canada. pp.1-6, </w:t>
@@ -8887,90 +8887,90 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId199" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Degenerated hexahedral Whitney elements for electromagnetic fields computation in multi-layer anisotropic thin regions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">COMPUMAG</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2015, Montréal, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -8995,77 +8995,77 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId200" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Optimisation de la FMM de machines à bobinage dentaire</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId92" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nassim Bekka</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId95" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mohamed El Hadi Zaïm</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId94" w:history="1">
-              <w:r>
-[...11 lines deleted...]
-            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Bernard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -9233,90 +9233,90 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magneto-thermal modeling of induction machines using inverse problem methodology</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId151" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Chauveau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mohamed El Hadi Zaïm</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId137" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">T. Saidi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrimacs99'</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 1999, Lisbonne, Portugal</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -9386,77 +9386,77 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Modeling of electromagnetic phenomena within laminate composite materials</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gerard Berthiau</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
@@ -9556,77 +9556,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Huu Kien Bui</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Pierquin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Banda Kane</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">27th International Symposium SIEMA'2024 "Problems of Electrical Power Engineering, Electrical Engineering and Electromechanics"</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, ISBN 978-617-05-0506-4</w:t>
@@ -9649,57 +9649,57 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05036681v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapitre 5 : Chauffage par Induction des matériaux composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Chapter 5. Induction Heating of Composites Materials</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -9711,293 +9711,297 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrothermie</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 978-2-7462-2147-5</w:t>
+              <w:t xml:space="preserve">Electrothermics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 978-1-84821-242-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId206" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04940501v1</w:t>
+                <w:t xml:space="preserve">hal-04940508v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Non Destructive Testing by Thermo-Inductive Method</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Chauffage par induction des matériaux composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId116" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
-          </w:p>
-[...1 lines deleted...]
-            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Samir Bensaid</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Hermes. </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrothermics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Wiley editions, Chapitre IV, 2012, 978-1-84821-242-8</w:t>
+              <w:t xml:space="preserve">ELECTROTHERMIE</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Lavoisier, 2012, 978-2-7462-2147-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId207" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00821027v1</w:t>
+                <w:t xml:space="preserve">hal-04578524v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thermal and Electromagnetic Coupling</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Non Destructive Testing by Thermo-Inductive Method</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Brahim Ramdane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Electrothermics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">, Wiley editions, Chapitre I, 2012</w:t>
+              <w:t xml:space="preserve">, Wiley editions, Chapitre IV, 2012, 978-1-84821-242-8</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId208" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00821023v1</w:t>
+                <w:t xml:space="preserve">hal-00821027v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chapter 5. Induction Heating of Composites Materials</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Chapitre 5 : Chauffage par Induction des matériaux composites</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -10009,172 +10013,168 @@
                 </w:rPr>
                 <w:t xml:space="preserve">Samir Bensaid</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Wasselynck</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Electrothermics</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2012, 978-1-84821-242-8</w:t>
+              <w:t xml:space="preserve">Electrothermie</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 978-2-7462-2147-5</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04940508v1</w:t>
+                <w:t xml:space="preserve">hal-04940501v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chauffage par induction des matériaux composites</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId104" w:history="1">
+                <w:t xml:space="preserve">Thermal and Electromagnetic Coupling</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...14 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId109" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Brahim Ramdane</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">ELECTROTHERMIE</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Lavoisier, 2012, 978-2-7462-2147-5</w:t>
+              <w:t xml:space="preserve">Electrothermics</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Wiley editions, Chapitre I, 2012</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Chapitre d'ouvrage</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId210" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04578524v1</w:t>
+                <w:t xml:space="preserve">hal-00821023v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Brevet (2)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -10192,51 +10192,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId211" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dynamic induction Welding installation</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Didier Trichet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -10306,51 +10306,51 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Florian Chotard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId214" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cyrille Collart</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId104" w:history="1">
+            <w:hyperlink r:id="rId106" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Javad Fouladgar</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">France, Patent n° : US9770892B2. 2015</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Brevet</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -10715,51 +10715,51 @@
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">/</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve">NUMPAGES</w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="3785C69F"/>
+    <w:nsid w:val="4EDBE297"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="◦"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10946,51 +10946,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-trichet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8763-8696" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11330630X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268453v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Oueslati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morville" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173496" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269274v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyang Lou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bracikowski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2024-0427" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985646v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Aissaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-025-01168-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648748v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14146013" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650053v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Naidjate" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2024.172174" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675986v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banda Kane" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-03-2024-0114" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970548v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loukmane Gherdaoui" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Saoudi" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Houassine" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/mms.2024.152047" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl23090804" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763159v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansor Ndiaye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu-Kien Bui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2022.3178868" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075356v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.310202" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074863v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2954198" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074827v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E I Baida" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B V Klymenko" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Pantelyat" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu A Yelanskyi" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20998/2074-272X.2020.5.01" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074695v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2020200022" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086607v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074838v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Azzabi Zouraq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Bui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peterzol" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2898733" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Senghor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2742979" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086599v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Bajda" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.V. Klymenko" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074843v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012048" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074858v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Senghor" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Branchu" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2660529" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019002v2" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.06.243" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074934v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2497462" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633791v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Bekka" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Hadi Za&#239;m" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325008.2016.1183722" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074944v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2492362" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633830v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2016.2552546" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086533v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150360" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-C96ZF3X1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454616v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363174" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454602v1" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363079" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086516v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auvity" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Olivier" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Josset" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201300209" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L42KKCSH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086512v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2012-0233" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996912v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthiaud" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077727v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241037" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077734v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Olivier" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.04.057" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND2FVS4B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077719v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241039" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086498v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1333170" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086485v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maindru" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077715v1" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.11.022" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0F61SVW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086467v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belkadi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saidi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2075918" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086476v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2073456" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077231v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ramdane" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouldagar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2045359" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077229v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2024218" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077207v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-I. Lamghari-Jamal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871956" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406654v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chauveau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877653" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406643v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Za&#239;m" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877800" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076155v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Develey" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.717672" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005069v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843170v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700558" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526792v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518089v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526761v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04194717v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317244v1" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586656v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537640v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04074640v1" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC55061.2022.9940822" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537623v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518068v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03554046v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097101" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518069v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074872v1" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096915" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518079v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518075v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518084v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460068v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361642v1" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Djonkone Senghor" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074914v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2016.7816051" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460080v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460072v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463149v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334989v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458634v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352981" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460063v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065337v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406698v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadi Zaim" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406674v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036681v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940501v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821027v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821023v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940508v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578524v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641949v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465318v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chotard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Collart" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505233v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Allain" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arnoux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skandar Basrour" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04086660v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/didier-trichet" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0001-8763-8696" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.idref.fr/11330630X" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05268453v1" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hakim Oueslati" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Wasselynck" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Trichet" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Simon Morville" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2025.173496" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05269274v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Pierquin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Suyang Lou" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bracikowski" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2024-0427" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985646v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Aissaoui" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samir Bensaid" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s10921-025-01168-y" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04970548v1" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Loukmane Gherdaoui" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nacira Saoudi" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamza Houassine" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24425/mms.2024.152047" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04648748v1" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/app14146013" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04650053v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ming Yin" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohammed Naidjate" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jmmm.2024.172174" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04675986v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Banda Kane" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gerard Berthiau" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-03-2024-0114" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578411v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2528/pierl23090804" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03763159v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mansor Ndiaye" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu-Kien Bui" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2022.3178868" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04075356v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Omar Adib Safer" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.18280/rcma.310202" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074695v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Huu Kien Bui" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2020200022" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074863v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2954198" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074827v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=E I Baida" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B V Klymenko" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Michael G Pantelyat" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yu A Yelanskyi" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.20998/2074-272X.2020.5.01" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086607v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Ba" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-01-2020-0007" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074838v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Azzabi Zouraq" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=H.K. Bui" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Peterzol" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Wasselynck" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2019.2898733" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074854v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=F. Senghor" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouladgar" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2742979" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086599v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y.I. Bajda" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B.V. Klymenko" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074843v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1757-899X/424/1/012048" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04019002v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Christophe Olivier" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Chevalier" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bruno Auvity" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Josset" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2017.06.243" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074858v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Senghor" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samuel Branchu" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2017.2660529" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086533v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/epjap/2015150360" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/80W-C96ZF3X1-6/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633791v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nassim Bekka" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bernard" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mohamed El Hadi Za&#239;m" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/15325008.2016.1183722" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074934v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2497462" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074944v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2015.2492362" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03633830v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TEC.2016.2552546" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454602v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363079" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02454616v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Javad Fouladgar" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2014.2363174" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086512v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Brahim Ramdane" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1108/COMPEL-10-2012-0233" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086516v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=S. Chevalier" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Auvity" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Olivier" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C. Josset" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fuce.201300209" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/WNG-L42KKCSH-9/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086498v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3303/CET1333170" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077727v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241037" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00996912v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Berthiaud" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077719v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2013.2241039" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077734v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J.C. Olivier" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ijhydene.2013.04.057" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ND2FVS4B-R/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077715v1" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.energy.2011.11.022" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-K0F61SVW-B/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086485v1" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Maindru" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086467v1" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Belkadi" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=T. Saidi" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2075918" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04086476v1" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2073456" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077231v1" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=B. Ramdane" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J. Fouldagar" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2010.2045359" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077229v1" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2009.2024218" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04077207v1" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.-I. Lamghari-Jamal" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/TMAG.2006.871956" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406654v1" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Chauveau" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877653" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406643v1" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M.E. Za&#239;m" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.877800" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04076155v1" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G. Develey" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/20.717672" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05005069v1" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04843170v1" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ICEM60801.2024.10700558" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04317244v1" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518089v1" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526761v1" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04526792v1" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://cnrs.hal.science/hal-04194717v1" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Olivier Chadebec" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04586656v1" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/hal-04074640v1" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC55061.2022.9940822" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537640v1" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04537623v1" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03767635v1" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ildar Daminov" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Blavette" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Salvy Bourguet" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hamid Ben Ahmed" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pierre Warlop" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518068v1" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074872v1" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9096915" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://nantes-universite.hal.science/hal-03554046v1" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/ISEF45929.2019.9097101" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518069v1" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518079v1" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518075v1" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04518084v1" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04074914v1" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/CEFC.2016.7816051" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460068v1" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01361642v1" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fiacre Djonkone Senghor" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460072v1" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460080v1" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01334989v1" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02463149v1" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02458634v1" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/VPPC.2015.7352981" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02460063v1" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01065337v1" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406698v1" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=El Hadi Zaim" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01406674v1" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04514608v1" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05036681v1" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940508v1" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04578524v1" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821027v1" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04940501v1" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00821023v1" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04641949v1" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02465318v1" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florian Chotard" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Collart" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04505233v1" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Tourni&#233;" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Allain" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathieu Arnoux" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nathalie Bardou" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Skandar Basrour" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-04086660v1" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>