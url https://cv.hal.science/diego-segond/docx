--- v0 (2026-03-04)
+++ v1 (2026-03-24)
@@ -66,2599 +66,2599 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
+        <w:t xml:space="preserve">Article dans une revue (15)</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblLayout w:type="autofit"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Minimal influence of milling technique in contrast to sourdough on the nutritional and organoleptic quality of bread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Mietton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Mata-Orozco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guezenec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 118, pp.104426. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2023.104426⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId7" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04515406v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Artisanal and farmer bread making practices differently shape fungal species community composition in French sourdoughs</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Estelle Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sandrine Bubbendorf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Léocadie Lapicque</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Peer Community Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 3, pp.e11. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.24072/pcjournal.237⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04206586v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbial community dispersal from wheat grains to sourdoughs : a contribution of participatory research</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas von Gastrow</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elisa Michel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Judith Legrand</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Rémy Amelot</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Ecology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2023, 32 (10), pp.2413-2427. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/mec.16630⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03741463v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Impact of Leavening Agent and Wheat Variety on Bread Organoleptic and Nutritional Quality</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId8" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lauriane Mietton</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Françoise Samson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thérèse Marlin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Valérie Nolleau</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stéphane Guezenec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 10 (7), pp.1416. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms10071416⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId27" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03749787v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Whole-Genome Sequences of Two Kazachstania barnettii Strains Isolated from Anthropic Environments</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Véronique Sarilar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cécile Grondin</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lieven Sterck</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Genome Biology and Evolution</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 14 (2), pp.evac007. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1093/gbe/evac007⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03664873v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Evidence for Two Main Domestication Trajectories in Saccharomyces cerevisiae Linked to Distinct Bread-Making Processes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Frédéric Bigey</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anne Friedrich</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guezenec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aurélie Bourgais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Current Biology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 31, pp.722-732. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId41" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.cub.2020.11.016⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03110131v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sourdough yeast-bacteria interactions can change ferulic acid metabolism during fermentation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId44" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Chahinez Aouf</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hugo Devillers</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Microbiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 98, pp.103790. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId46" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.fm.2021.103790⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03225011v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ferulic acid content variation from wheat to bread</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId43" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sonia Boudaoud</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId45" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Delphine Sicard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Lucas Suc</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Geneviève Conéjèro</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Food Science &amp; Nutrition</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2021, 9 (5), pp.2446-2457. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1002/fsn3.2171⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03192534v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Interactions between Kazachstania humilis Yeast Species and Lactic Acid Bacteria in Sourdough</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId52" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maria Belen Carbonetto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stephane Guezenec</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marc Perez</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Microorganisms</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2020, 8 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.3390/microorganisms8020240⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId51" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02641199v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Heme interplay between IlsA and IsdC: Two structurally different surface proteins from [i]Bacillus[/i] cereus.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Abi Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId57" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Tyson Terpstra</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gwenaëlle André-Leroux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Kallassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Biochimica et Biophysica Acta (BBA) - Lipids and Lipid Metabolism</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2015, 1850 (9), pp.1930-1941. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId60" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.bbagen.2015.06.006⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01187879v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iron Acquisition in Bacillus cereus: The Roles of IlsA and Bacillibactin in Exogenous Ferritin Iron Mobilization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Elise Abi Khalil</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Buisson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId63" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nadine Daou</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mireille Kallassy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PLoS Pathogens</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2014, 10 (2), </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId64" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1371/journal.ppat.1003935⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId61" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01204315v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Iron deficiency affects plant defence responses and confers resistance to Dickeya dadantii and Botrytis cinerea</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aude Aznar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Caroline Kunz</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marie-Christine Soulie</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Molecular Plant Pathology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2012, 13 (8), pp.816 - 827. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1364-3703.2012.00790.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId65" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01190715v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Microbial siderophores exert a subtle role in Arabidopsis during infection by manipulating the immune response and the iron status</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alia Dellagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Mathilde M. Fagard</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clara Simon</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plant Physiology</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 150 (4), pp.1687-1696. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId75" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1104/pp.109.138636⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02659166v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">NRAMP genes function in Arabidopsis thaliana resistance to Erwinia chrysanthemi infection.</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Diego Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId72" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alia Dellagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId77" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Viviane Lanquar</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Martine Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId78" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Oriane Patrit</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2009, 58 (2), pp.195-207. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId79" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2008.03775.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId76" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00855505v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Siderophore-mediated up-regulation of Arabidopsis ferritin expression in response to Erwinia chrysanthemi infection</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">A. Dellagi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId82" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Rigault</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">D. Segond</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Clément Roux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Y. Kraepiel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Plant Journal</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2005, 43, pp.262-272. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId86" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1111/j.1365-313X.2005.02451.x⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-00086157v1</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:color w:val="1e198e"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
         <w:t xml:space="preserve">Poster de conférence (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Unveiling the Diversity of Maudiozyma humilis (ex Kazachstania humilis): Genomic Insights and Phenotypic Variations in Sourdough Yeast</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId8" w:history="1">
+            <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Manon Lebleux</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9" w:history="1">
+            <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jess Rouïl</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId10" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thibault Nidelet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Delphine Sicard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Arnould</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">16. International Congress on Yeasts</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2024, Cape Town, South Africa</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId7" w:history="1">
+            <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04948244v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Yeast dispersion is the main driver of microbial community diversity in sourdough bread-making</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId14" w:history="1">
+            <w:hyperlink r:id="rId8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lauriane Mietton</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jennifer Mata-Orozco</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hugo Devillers</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Théo Guillerminet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guezenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">PYYF8 - 8. Conference on Physiology of Yeasts and Filamentous Fungi</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2023, Cork, Ireland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04237767v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Genome and gene copy number variation in bakery yeast domestication</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Segond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Anne Friedrich</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stephane Guezenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourgais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">EMBL Conference: Molecular Mechanisms in Evolution and Ecology</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2020, Online, Germany</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02952117v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Multiple genetic origins of Saccharomyces cerevisiae in bakery</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Frédéric Bigey</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Segond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucie Huyghe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Nicolas Agier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Aurélie Bourgais</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Comparative genomics of eukaryotic microbes: genomes in flux, and flux between genomes</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2019, Sant Feliu de Guixols, Spain</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Poster de conférence</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId25" w:history="1">
+            <w:hyperlink r:id="rId94" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02950887v1</w:t>
-              </w:r>
-[...2036 lines deleted...]
-                <w:t xml:space="preserve">hal-00086157v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -2676,103 +2676,103 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Drivers of microbial communities dynamic in sourdough</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thibault Nidelet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jennifer Mata-Orozco</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Thibault Nidelet</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guezenec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId29" w:history="1">
+            <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thérèse Marlin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marie-Françoise Samson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Séminaire sur le bilan des recherches sur le palmier à huile au Bénin</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Société Française de Microbiologie, Oct 2022, Montpellier, France</w:t>
@@ -2833,77 +2833,77 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Microbial community dispersal in sourdough</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId39" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Lucas von Gastrow</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Rémy Amelot</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Diego Segond</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId99" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stéphane Guézennec</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -3120,51 +3120,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948244v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lebleux" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Rou&#239;l" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sicard" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arnould" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237767v1" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mietton" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mata-Orozco" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guillerminet" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guezenec" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952117v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bigey" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Friedrich" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guezenec" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950887v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huyghe" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Agier" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515406v1" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Marlin" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Samson" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2023.104426" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206586v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Michel" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Masson" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bubbendorf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ocadie Lapicque" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.237" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741463v2" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas von Gastrow" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Legrand" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Amelot" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16630" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749787v1" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10071416" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03664873v1" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sarilar" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evac007" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110131v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03225011v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boudaoud" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinez Aouf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2021.103790" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192534v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#232;ro" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.2171" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641199v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Belen Carbonetto" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8020240" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187879v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Abi Khalil" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson Terpstra" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Kallassy" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2015.06.006" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204315v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisson" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Daou" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003935" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190715v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Aznar" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kunz" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Soulie" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2012.00790.x" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659166v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Fagard" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Simon" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.138636" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855505v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lanquar" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Patrit" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03775.x" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086157v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dellagi" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rigault" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Segond" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kraepiel" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02451.x" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237728v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531897v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;zennec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-04515406v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lauriane Mietton" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jennifer Mata-Orozco" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Guezenec" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;r&#232;se Marlin" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Fran&#231;oise Samson" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2023.104426" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206586v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elisa Michel" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Estelle Masson" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sandrine Bubbendorf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=L&#233;ocadie Lapicque" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thibault Nidelet" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.24072/pcjournal.237" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03741463v2" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas von Gastrow" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Judith Legrand" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=R&#233;my Amelot" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Diego Segond" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/mec.16630" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03749787v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Val&#233;rie Nolleau" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms10071416" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://agroparistech.hal.science/hal-03664873v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hugo Devillers" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=V&#233;ronique Sarilar" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;cile Grondin" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lieven Sterck" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1093/gbe/evac007" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03110131v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Fr&#233;d&#233;ric Bigey" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anne Friedrich" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Stephane Guezenec" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aur&#233;lie Bourgais" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.cub.2020.11.016" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03225011v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sonia Boudaoud" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chahinez Aouf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Delphine Sicard" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.fm.2021.103790" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03192534v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucas Suc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Genevi&#232;ve Con&#233;j&#232;ro" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/fsn3.2171" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02641199v1" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maria Belen Carbonetto" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marc Perez" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3390/microorganisms8020240" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01187879v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Elise Abi Khalil" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Tyson Terpstra" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gwena&#235;lle Andr&#233;-Leroux" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mireille Kallassy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.bbagen.2015.06.006" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01204315v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Buisson" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nadine Daou" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1371/journal.ppat.1003935" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01190715v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aude Aznar" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Martine Rigault" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Caroline Kunz" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marie-Christine Soulie" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1364-3703.2012.00790.x" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02659166v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alia Dellagi" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Mathilde M. Fagard" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Clara Simon" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1104/pp.109.138636" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00855505v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Viviane Lanquar" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oriane Patrit" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2008.03775.x" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00086157v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=A. Dellagi" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Rigault" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Segond" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cl&#233;ment Roux" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Y. Kraepiel" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1111/j.1365-313X.2005.02451.x" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04948244v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Manon Lebleux" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jess Rou&#239;l" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Arnould" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237767v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Th&#233;o Guillerminet" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-02952117v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02950887v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Lucie Huyghe" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Agier" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04237728v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.inrae.fr/hal-03531897v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;phane Gu&#233;zennec" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Florence Valence" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>