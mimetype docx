--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -323,160 +323,173 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05395720v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">PRODEC for human systems integration of increasingly autonomous systems</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Guy André Boy</w:t>
+                <w:t xml:space="preserve">Reality anchor methodology: how to design a digital twin to support situation awareness</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stélian Camara Dit Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId18" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Chloé Morel</w:t>
+                <w:t xml:space="preserve">Guy Boy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Urfels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Systems Engineering</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/sys.21751⟩</w:t>
+              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 35 (6), pp.775-799. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId21" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/09544828.2024.2336838⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04495104v1</w:t>
+                <w:t xml:space="preserve">hal-04572286v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Defining and characterizing the operational context for human systems integration</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
@@ -485,844 +498,831 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22" w:history="1">
+            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy‐andré Boy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Systems Engineering</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, </w:t>
             </w:r>
-            <w:hyperlink r:id="rId23" w:history="1">
+            <w:hyperlink r:id="rId24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1002/sys.21775⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId21" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04681904v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId24" w:history="1">
+            <w:hyperlink r:id="rId25" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Reality anchor methodology: how to design a digital twin to support situation awareness</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+                <w:t xml:space="preserve">PRODEC for human systems integration of increasingly autonomous systems</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy André Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Guy Boy</w:t>
+                <w:t xml:space="preserve">Élise Durnerin</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laetitia Urfels</w:t>
+                <w:t xml:space="preserve">Chloé Morel</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journal of Engineering Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2024, 35 (6), pp.775-799. </w:t>
+              <w:t xml:space="preserve">Systems Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 27 (5), pp.1-22. </w:t>
             </w:r>
             <w:hyperlink r:id="rId28" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/09544828.2024.2336838⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/sys.21751⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId24" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04572286v1</w:t>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04495104v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Is virtual reality the solution? A comparison between 3D and 2D creative sketching tools in the early design process</w:t>
+                <w:t xml:space="preserve">Toward product transparency: communicating traceability information to consumers</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Samory Houzangbe</w:t>
+                <w:t xml:space="preserve">Pantxika Ospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
+                <w:t xml:space="preserve">Cédrick Béler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Sylvain Fleury</w:t>
-[...24 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...2 lines deleted...]
-            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.3389/frvir.2022.958223⟩</w:t>
+              <w:t xml:space="preserve">International Journal of Fashion Design, Technology and Education</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, pp.1-12. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1080/17543266.2022.2142677⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03836214v1</w:t>
+                <w:t xml:space="preserve">hal-03879884v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId36" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward product transparency: communicating traceability information to consumers</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Decision Support System for technology selection based on multi-criteria ranking: Application to NZEB refurbishment</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Laguna Salvadó</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Pantxika Ospital</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Masson</w:t>
+                <w:t xml:space="preserve">Audrey Abi Akle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédrick Béler</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+                <w:t xml:space="preserve">Nicolas Bur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Journal of Fashion Design, Technology and Education</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, pp.1-12. </w:t>
+              <w:t xml:space="preserve">Building and Environment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 212, </w:t>
             </w:r>
             <w:hyperlink r:id="rId39" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1080/17543266.2022.2142677⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2022.108786⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId36" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03879884v1</w:t>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03552184v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Support System for technology selection based on multi-criteria ranking: Application to NZEB refurbishment</w:t>
+                <w:t xml:space="preserve">Is virtual reality the solution? A comparison between 3D and 2D creative sketching tools in the early design process</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laura Laguna Salvadó</w:t>
-[...19 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Samory Houzangbe</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Audrey Abi Akle</w:t>
+                <w:t xml:space="preserve">Sylvain Fleury</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Nicolas Bur</w:t>
-[...1 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">David Antonio Gómez Jáuregui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Building and Environment</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 212, </w:t>
+              <w:t xml:space="preserve">Frontiers in Virtual Reality</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 3, pp.958223. </w:t>
             </w:r>
             <w:hyperlink r:id="rId44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.buildenv.2022.108786⟩</w:t>
+                <w:t xml:space="preserve">⟨10.3389/frvir.2022.958223⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId40" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03552184v1</w:t>
+                <w:t xml:space="preserve">hal-03836214v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward total traceability and full transparency communication in textile industry supply chain</w:t>
-[...30 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Towards a Circular Product (Re)Design Methodology: Proposition of the Unlinear Method to Foster Circularity</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId46" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Cédrick Beler</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Bixente Demarcq</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">INCOSE International Symposium</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1002/iis2.12866⟩</w:t>
+              <w:t xml:space="preserve">TEHNIČKI GLASNIK</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, 16 (2), pp.246-251. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId48" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.31803/tg-20220410142313⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03462235v1</w:t>
+                <w:t xml:space="preserve">hal-03669358v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId48" w:history="1">
+            <w:hyperlink r:id="rId49" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Towards a Circular Product (Re)Design Methodology: Proposition of the Unlinear Method to Foster Circularity</w:t>
-[...24 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Masson</w:t>
+                <w:t xml:space="preserve">Toward total traceability and full transparency communication in textile industry supply chain</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantxika Ospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Antoine Millet</w:t>
-[...6 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+                <w:t xml:space="preserve">Cédrick Beler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">TEHNIČKI GLASNIK</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, 2022, 16 (2), pp.246-251. </w:t>
+              <w:t xml:space="preserve">INCOSE International Symposium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2022, INCOSE International Symposium, Supplement: INCOSE Human Systems Integration Conference, November 16–19, 2021, Virtual Event (32), pp.1-7. </w:t>
             </w:r>
             <w:hyperlink r:id="rId51" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.31803/tg-20220410142313⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1002/iis2.12866⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId48" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03669358v1</w:t>
+            <w:hyperlink r:id="rId49" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03462235v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (28)</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -1442,477 +1442,477 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04825131v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">TOWARD DEVELOPING A DATA MODEL FOR A DIGITAL PRODUCT PASSPORT TO ENHANCE CIRCULARITY IN FASHION</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+                <w:t xml:space="preserve">Toward a Human Systems Integration approach to the design and operation of a remote and virtual air traffic control center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Disdier</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId54" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thomas Brethomé</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Marija Jankovic</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId55" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy-André Boy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Sustainable innovation 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Design Society, Jul 2023, Bordeaux, France. pp.3561-3570, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId56" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1017/pds.2023.357⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04082862v1</w:t>
+                <w:t xml:space="preserve">hal-04064881v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId54" w:history="1">
+            <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Toward a Human Systems Integration approach to the design and operation of a remote and virtual air traffic control center</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Disdier</w:t>
+                <w:t xml:space="preserve">Méthodologie de conception de jumeau numérique pour supporter la conscience de la situation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Stélian Camara Dit Pinto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
-[...31 lines deleted...]
-                <w:t xml:space="preserve">Guy-André Boy</w:t>
+            <w:hyperlink r:id="rId58" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guy Andre Boy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Urfels</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">24th International Conference on Engineering Design (ICED23)</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">CIGI Qualita MOSIM 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2023, Trois Rivières (Québec), Canada. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId59" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.60662/6sm3-5f44⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1017/pds.2023.357⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04064881v1</w:t>
+                <w:t xml:space="preserve">hal-04206938v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId58" w:history="1">
+            <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Méthodologie de conception de jumeau numérique pour supporter la conscience de la situation</w:t>
-[...63 lines deleted...]
-                <w:t xml:space="preserve">Laetitia Urfels</w:t>
+                <w:t xml:space="preserve">TOWARD DEVELOPING A DATA MODEL FOR A DIGITAL PRODUCT PASSPORT TO ENHANCE CIRCULARITY IN FASHION</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantxika Ospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId50" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédrick Beler</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CIGI Qualita MOSIM 2023</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Sustainable innovation 2023</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, University for the creative arts, Mar 2023, Epsom, United Kingdom. 8 p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId60" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.60662/6sm3-5f44⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-04206938v1</w:t>
+                <w:t xml:space="preserve">hal-04082862v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId61" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Exploration of Physiological Arousal in Divergent and Convergent Thinking using 2D screen and VR Sketching Tools.</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Samory Houzangbe</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId42" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Sylvain Fleury</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId62" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">David Antonio Gomez Jauregui</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId32" w:history="1">
-              <w:r>
-[...37 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">2023 11th International Conference on Affective Computing and Intelligent Interaction (ACII)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Sep 2023, Cambridge, United States. </w:t>
@@ -1944,683 +1944,683 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04416687v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">NAASCube program, an innovative aerospace program for students, driven by the Nouvelle Aquitaine Academic Space Center</w:t>
-[...69 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Passeport produit numérique pour permettre traçabilité et transparence dans la supply chain textile et tout au long du cycle de vie d’un produit</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Pantxika Ospital</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Cédrick Béler</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">4th Symposium on Space Educational Activities</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2022, Barcelone (Espagne), Spain. pp.838-839</w:t>
+              <w:t xml:space="preserve">Journées SAGIP de printemps 2022</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, May 2022, Bidart, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-04300180v1</w:t>
+                <w:t xml:space="preserve">hal-03720549v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">A DIGITAL PRODUCT PASSPORT TO SUPPORT PRODUCT TRANSPARENCY AND CIRCULARITY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pantxika Ospital</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédrick Beler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Fashion Conference 2022</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Nov 2022, Berlin, Germany. 11 p</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId70" w:history="1">
+            <w:hyperlink r:id="rId65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04082837v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId71" w:history="1">
+            <w:hyperlink r:id="rId66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Passeport produit numérique pour permettre traçabilité et transparence dans la supply chain textile et tout au long du cycle de vie d’un produit</w:t>
-[...52 lines deleted...]
-            </w:hyperlink>
+                <w:t xml:space="preserve">NAASCube program, an innovative aerospace program for students, driven by the Nouvelle Aquitaine Academic Space Center</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId67" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Didier Lasseux</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId68" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Philippe Cais</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId69" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Ferré</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId70" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Anthony Ghiotto</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId71" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gildas Lalizel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Journées SAGIP de printemps 2022</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, May 2022, Bidart, France</w:t>
+              <w:t xml:space="preserve">4th Symposium on Space Educational Activities</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2022, Barcelone (Espagne), Spain. pp.838-839</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId71" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03720549v1</w:t>
+            <w:hyperlink r:id="rId66" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04300180v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Digital twin design requirements in downgraded situations management</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">From requirements to prototyping: application of human-system integration methodology to digital twin design</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stélian Camara Dit Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Andre Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId73" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laetitia Urfels</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">17th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFAC, Jun 2021, Budapest (virtual), Hungary. pp.869-873</w:t>
+              <w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId72" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03262607v1</w:t>
+                <w:t xml:space="preserve">hal-03356551v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId74" w:history="1">
+            <w:hyperlink r:id="rId73" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">From requirements to prototyping: application of human-system integration methodology to digital twin design</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId25" w:history="1">
+                <w:t xml:space="preserve">Digital twin design requirements in downgraded situations management</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Stélian Camara Dit Pinto</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Andre Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
-[...7 lines deleted...]
-            </w:hyperlink>
+            <w:hyperlink r:id="rId74" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Thierry Baron</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">23rd International Conference on Engineering Design (ICED21)</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2021, Gothenburg, Sweden</w:t>
+              <w:t xml:space="preserve">17th IFAC Symposium on Information Control Problems in Manufacturing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC, Jun 2021, Budapest (virtual), Hungary. pp.869-873</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId74" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-03356551v1</w:t>
+            <w:hyperlink r:id="rId73" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-03262607v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId75" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">TRACEABILITY INFORMATION TO COMMUNICATE TO CONSUMER IN TOTAL TRANSPARENCY</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46" w:history="1">
+            <w:hyperlink r:id="rId50" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Cédrick Beler</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pantxika Ospital</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Global Fashion Conference 2021</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Oct 2021, Warsaw, Poland</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -2645,64 +2645,64 @@
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">The paradox of diversity's influence on the creative teams Lessons learned from the analysis of 14 editions of &amp;quot;The 24h of innovation&amp;quot; hackathon</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId77" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Mickaël Gardoni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
@@ -2747,1077 +2747,1077 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02881482v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Définition d'un espace sémantique Sport-Santé</w:t>
-[...50 lines deleted...]
-                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+                <w:t xml:space="preserve">Decision Making in Near Zero Energy Building Refurbishment: A Technology Alternatives Ranking Tool</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId80" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laura Laguna Salvado</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Eric Villeneuve</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">S.Mart</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">9th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2019</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC, Aug 2019, Berlin, Germany. pp.313-318, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId81" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.196⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02151626v1</w:t>
+                <w:t xml:space="preserve">hal-02362849v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Décision dans les systèmes cyber-physiques et humains : application à l’élevage de précision</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
+            <w:hyperlink r:id="rId83" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Christophe Merlo</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
+            <w:hyperlink r:id="rId84" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Terrasson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Abi Akle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGI QUALITA 2019 - 13th International Conference CIGI QUALITA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montréal, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId80" w:history="1">
+            <w:hyperlink r:id="rId82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268577v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId83" w:history="1">
+            <w:hyperlink r:id="rId85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Definition of a “Sport-Health” Semantic Space</w:t>
-[...5 lines deleted...]
-            <w:hyperlink r:id="rId50" w:history="1">
+                <w:t xml:space="preserve">Définition d'un espace sémantique Sport-Santé</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Antoine Millet</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Abi Akle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">International Conference on Engineering Design</w:t>
-[...13 lines deleted...]
-            </w:hyperlink>
+              <w:t xml:space="preserve">S.Mart</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2019, Les Karellis, France</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId83" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-02432825v1</w:t>
+            <w:hyperlink r:id="rId85" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-02151626v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Outil de classement de technologies pour l’aide à la décision en rénovation de bâtiments</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId86" w:history="1">
+            <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Laguna Salvado</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">CIGI QUALITA 2019 - 13th International Conference CIGI QUALITA</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jun 2019, Montréal, Québec, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId85" w:history="1">
+            <w:hyperlink r:id="rId86" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02268562v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision support in precision sheep farming</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId42" w:history="1">
+                <w:t xml:space="preserve">Definition of a “Sport-Health” Semantic Space</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId47" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Antoine Millet</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId37" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Audrey Abi Akle</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82" w:history="1">
-[...11 lines deleted...]
-            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémy Legardeur</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">2nd IFAC Conference on Cyber-Physical &amp; Human-Systems</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFAC-PapersOnline, Vol. 51(34), Dec 2018, Miami (FL), United States. pp.236-241, </w:t>
+              <w:t xml:space="preserve">International Conference on Engineering Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2019, delft, Netherlands. pp.3841-3850, </w:t>
             </w:r>
             <w:hyperlink r:id="rId88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.01.048⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1017/dsi.2019.391⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01973339v1</w:t>
+                <w:t xml:space="preserve">hal-02432825v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Decision Making in Near Zero Energy Building Refurbishment: A Technology Alternatives Ranking Tool</w:t>
-[...17 lines deleted...]
-            </w:r>
+                <w:t xml:space="preserve">Decision support in precision sheep farming</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Abi Akle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId83" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Christophe Merlo</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId84" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Guillaume Terrasson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">9th IFAC Conference on Manufacturing Modelling, Management and Control MIM 2019</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, IFAC, Aug 2019, Berlin, Germany. pp.313-318, </w:t>
+              <w:t xml:space="preserve">2nd IFAC Conference on Cyber-Physical &amp; Human-Systems</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, IFAC-PapersOnline, Vol. 51(34), Dec 2018, Miami (FL), United States. pp.236-241, </w:t>
             </w:r>
             <w:hyperlink r:id="rId90" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.11.196⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1016/j.ifacol.2019.01.048⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId89" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-02362849v2</w:t>
+                <w:t xml:space="preserve">hal-01973339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">IdeaBulb: A Smart and Tangible User Interface for Monitoring Ideation During Creative Sessions</w:t>
+                <w:t xml:space="preserve">Fostering Collaborative Project Emergence Through Divergence of Opinion</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ambrosino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId93" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Audrey Abi Akle</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">SMART INTERFACES 2017, The Symposium for Empowering and Smart Interfaces in Engineering</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Jun 2017, Venice, Italy. pp.70-74</w:t>
+              <w:t xml:space="preserve">21st International Conference on Engineering Design, ICED17</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, The Design Society, Aug 2017, Vancouver, Canada</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId91" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01534697v2</w:t>
+                <w:t xml:space="preserve">hal-01577761v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId94" w:history="1">
+            <w:hyperlink r:id="rId93" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">STAR : une méthodologie d'animation pour faciliter l'émergence de projets en interclustering Application au projet européen NEPTUNE sur la croissance bleue</w:t>
+                <w:t xml:space="preserve">IdeaBulb: A Smart and Tangible User Interface for Monitoring Ideation During Creative Sessions</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ambrosino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">AIP Primeca: Concevoir et produire dans les industries du futur</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Apr 2017, Aime La Plagne, France</w:t>
+              <w:t xml:space="preserve">SMART INTERFACES 2017, The Symposium for Empowering and Smart Interfaces in Engineering</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Jun 2017, Venice, Italy. pp.70-74</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId94" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01513588v1</w:t>
+            <w:hyperlink r:id="rId93" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01534697v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Fostering Collaborative Project Emergence Through Divergence of Opinion</w:t>
+                <w:t xml:space="preserve">STAR : une méthodologie d'animation pour faciliter l'émergence de projets en interclustering Application au projet européen NEPTUNE sur la croissance bleue</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ambrosino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId42" w:history="1">
-[...12 lines deleted...]
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">21st International Conference on Engineering Design, ICED17</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, The Design Society, Aug 2017, Vancouver, Canada</w:t>
+              <w:t xml:space="preserve">AIP Primeca: Concevoir et produire dans les industries du futur</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Apr 2017, Aime La Plagne, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId95" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01577761v1</w:t>
+                <w:t xml:space="preserve">hal-01513588v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId96" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">IdeaValuation : Favoriser les échanges lors d'un atelier de créativité par le vote qualitatif des idées à l'aide d'un outil numérique</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ambrosino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId97" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guillaume Tastet</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4109,330 +4109,330 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04667515v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Examples Galleries Generated by Interactive Genetic Algorithms</w:t>
+                <w:t xml:space="preserve">Inspirer, explorer: Magellan, un environnement interactif evolutionnaire pour la génération d'exemples</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Calvary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">DESIRE'11 - Conference on Creativity and Innovation in Design</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Oct 2011, Eindhoven, Netherlands. pp.61-71, </w:t>
+              <w:t xml:space="preserve">IHM 2011 - Conférence Francophone sur l'Interaction Homme-Machine</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Nice - Sophia Antipolis, France. 7p., </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2079216.2079225⟩</w:t>
+                <w:t xml:space="preserve">⟨10.1145/2044354.2044382⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00758339v1</w:t>
+                <w:t xml:space="preserve">hal-00760160v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Graphs of Models for Exploring Design Spaces in the engineering of Human Computer Interaction</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Examples Galleries Generated by Interactive Genetic Algorithms</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitri Masson</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId100" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Demeure</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Calvary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IUI 2011 - International Conference on Intelligent User Interfaces</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">DESIRE'11 - Conference on Creativity and Innovation in Design</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Oct 2011, Eindhoven, Netherlands. pp.61-71, </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId111" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1145/2079216.2079225⟩</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-00760416v1</w:t>
+                <w:t xml:space="preserve">hal-00758339v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId111" w:history="1">
+            <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Inspirer, explorer: Magellan, un environnement interactif evolutionnaire pour la génération d'exemples</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Graphs of Models for Exploring Design Spaces in the engineering of Human Computer Interaction</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId100" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Alexandre Demeure</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Alexandre Demeure</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId101" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Gaëlle Calvary</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">IHM 2011 - Conférence Francophone sur l'Interaction Homme-Machine</w:t>
-[...4 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">IUI 2011 - International Conference on Intelligent User Interfaces</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Feb 2011, Palo Alto, CA, United States. 5p</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Communication dans un congrès</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
             <w:hyperlink r:id="rId112" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">⟨10.1145/2044354.2044382⟩</w:t>
-[...18 lines deleted...]
-                <w:t xml:space="preserve">hal-00760160v1</w:t>
+                <w:t xml:space="preserve">hal-00760416v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Magellan, an Evolutionary System to Foster User Interface Design Creativity</w:t>
               </w:r>
@@ -4571,77 +4571,77 @@
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexandre Disdier</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId55" w:history="1">
+            <w:hyperlink r:id="rId54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Thomas Brethomé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Marija Jankovic</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59" w:history="1">
+            <w:hyperlink r:id="rId58" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Andre Boy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Rencontres Académie-Industrie</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Dec 2022, Toulouse, France. 2022</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
@@ -4698,51 +4698,51 @@
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId116" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ergo'IA '18: Proceedings of the 16th Ergo'IA “Ergonomie Et Informatique Avancée” Conference</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId117" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Alexis Clay</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4818,51 +4818,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Operations room design for the control of a fleet of robots</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId119" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Chloé Rolos</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Guy Boy</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -4938,64 +4938,64 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">D. 1.1 Methodology of project emergence in interclustering and intersectoral context (1)</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId92" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Julien Ambrosino</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId121" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Pauline Théophane</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5174,51 +5174,51 @@
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Tamarin</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laura Laguna Salvadó</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Eric Villeneuve</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
@@ -5252,216 +5252,216 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04690779v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">DialoJ</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">Ideavaluation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId92" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Julien Ambrosino</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
-            <w:r>
-[...11 lines deleted...]
-            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId126" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01969832v1</w:t>
+                <w:t xml:space="preserve">hal-01969818v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId128" w:history="1">
+            <w:hyperlink r:id="rId127" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ideavaluation</w:t>
-[...18 lines deleted...]
-            <w:hyperlink r:id="rId31" w:history="1">
+                <w:t xml:space="preserve">DialoJ</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId128" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Jérémie Faham</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitri H. Masson</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Jérémy Legardeur</w:t>
               </w:r>
             </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId94" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Maxime Daniel</w:t>
+              </w:r>
+            </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2016</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Logiciel</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId128" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-01969818v1</w:t>
+            <w:hyperlink r:id="rId127" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-01969832v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId129"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -5616,51 +5616,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494451v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disdier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Masson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233; Boy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.D0538" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05395720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.70014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495104v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Durnerin" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Morel" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21751" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681904v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy&#8208;andr&#233; Boy" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21775" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572286v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;lian Camara Dit Pinto" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Boy" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Urfels" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2024.2336838" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836214v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samory Houzangbe" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri H. Masson" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antonio G&#243;mez J&#225;uregui" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Legardeur" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2022.958223" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879884v1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxika Ospital" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick B&#233;ler" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17543266.2022.2142677" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552184v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laguna Salvad&#243;" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Abi Akle" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bur" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2022.108786" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462235v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Beler" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/iis2.12866" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669358v1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bixente Demarcq" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Millet" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31803/tg-20220410142313" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082862v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064881v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brethom&#233;" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Andr&#233; Boy" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.357" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206938v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre Boy" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60662/6sm3-5f44" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antonio Gomez Jauregui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acii59096.2023.10388141" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300180v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cais" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Lalizel" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082837v1" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720549v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262607v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356551v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881482v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gardoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusol Pimapunsri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151626v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268577v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terrasson" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432825v1" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.391" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268562v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laguna Salvado" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973339v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.048" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362849v2" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.196" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534697v2" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ambrosino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Daniel" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513588v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577761v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346087v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tastet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492576v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Pe~na-Arr&#225;zola" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demeure" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Calvary" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Laurillau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2783446.2783614" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667515v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Abu-Aisheh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2639189.2641200" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758339v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2079216.2079225" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760416v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760160v1" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2044354.2044382" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00498580v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Calvary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971460v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446096v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Clay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340856v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rolos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440894v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Th&#233;ophane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01549303v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENM054" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690779v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:5ba104c6264446deb0e062488323356955ff5897" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969832v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Faham" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969818v1" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05494451v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Disdier" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri Masson" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marija Jankovic" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andr&#233; Boy" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/1.D0538" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://u-bordeaux.hal.science/hal-05395720v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Eric Villeneuve" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.70014" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04572286v1" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=St&#233;lian Camara Dit Pinto" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Boy" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laetitia Urfels" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/09544828.2024.2336838" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04681904v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy&#8208;andr&#233; Boy" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21775" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04495104v1" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=&#201;lise Durnerin" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Morel" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/sys.21751" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03879884v1" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pantxika Ospital" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick B&#233;ler" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;my Legardeur" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1080/17543266.2022.2142677" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03552184v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laguna Salvad&#243;" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitri H. Masson" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Audrey Abi Akle" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nicolas Bur" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.buildenv.2022.108786" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03836214v1" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Samory Houzangbe" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sylvain Fleury" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antonio G&#243;mez J&#225;uregui" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3389/frvir.2022.958223" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03669358v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Bixente Demarcq" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Antoine Millet" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.31803/tg-20220410142313" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462235v1" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C&#233;drick Beler" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1002/iis2.12866" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04825131v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04064881v1" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thomas Brethom&#233;" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy-Andr&#233; Boy" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/pds.2023.357" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04206938v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guy Andre Boy" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.60662/6sm3-5f44" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082862v1" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04416687v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=David Antonio Gomez Jauregui" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1109/acii59096.2023.10388141" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03720549v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04082837v1" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04300180v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Didier Lasseux" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Philippe Cais" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Ferr&#233;" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anthony Ghiotto" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gildas Lalizel" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03356551v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03262607v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Thierry Baron" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03462333v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02881482v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Micka&#235;l Gardoni" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kusol Pimapunsri" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02362849v2" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laura Laguna Salvado" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.11.196" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268577v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Christophe Merlo" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Terrasson" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02151626v1" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02268562v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02432825v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1017/dsi.2019.391" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01973339v1" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.ifacol.2019.01.048" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01577761v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Julien Ambrosino" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01534697v2" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Maxime Daniel" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01513588v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01346087v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Tastet" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01492576v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Sergio Pe~na-Arr&#225;zola" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexandre Demeure" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ga&#235;lle Calvary" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yann Laurillau" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2783446.2783614" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04667515v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Zeina Abu-Aisheh" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gilles Bisson" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2639189.2641200" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760160v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2044354.2044382" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00758339v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1145/2079216.2079225" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00760416v1" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://inria.hal.science/inria-00498580v1" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Gaelle Calvary" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03971460v1" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02446096v1" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alexis Clay" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02340856v1" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Chlo&#233; Rolos" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01440894v1" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Pauline Th&#233;ophane" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-01549303v1" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/2014GRENM054" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04690779v1" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://archive.softwareheritage.org/browse/swh:1:rev:5ba104c6264446deb0e062488323356955ff5897" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969818v1" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01969832v1" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=J&#233;r&#233;mie Faham" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>