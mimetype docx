--- v0 (2026-03-07)
+++ v1 (2026-03-27)
@@ -75,51 +75,51 @@
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Publications</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Pré-publication, Document de travail (4)</w:t>
+        <w:t xml:space="preserve">Pré-publication, Document de travail (3)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
@@ -227,855 +227,1005 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05447975v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Discharge dynamics in a cylindrical SDBD prototype reactor under ns-pulsed and sinusoidal AC operation</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Ultrafast ps–TALIF and streak camera diagnostics of atomic hydrogen in a helium microplasma jet</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Konstantinos Giotis</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Dimitrios Stefas</w:t>
+                <w:t xml:space="preserve">Yanis Agha</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Agha</w:t>
+                <w:t xml:space="preserve">Laurent Invernizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId17" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Hans Höft</w:t>
+                <w:t xml:space="preserve">João Santos Sousa</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Xavier Duten</w:t>
+                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId14" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-05093837v1</w:t>
+                <w:t xml:space="preserve">hal-05150015v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Ultrafast ps–TALIF and streak camera diagnostics of atomic hydrogen in a helium microplasma jet</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Hexagonal boron nitride thin film synthesis with a ns-pulsed MHCD: in-situ plasma diagnostics and post-growth film characterization</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId10" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Belkacem Menacer</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Stefas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId16" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">Yanis Agha</w:t>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Nikolaos Chazapis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Laurent Invernizzi</w:t>
+                <w:t xml:space="preserve">Kassiogé Dembélé</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
             <w:hyperlink r:id="rId21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">João Santos Sousa</w:t>
-[...12 lines deleted...]
-                <w:t xml:space="preserve">Swaminathan Prasanna</w:t>
+                <w:t xml:space="preserve">Karim Ouaras</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">2025</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Pré-publication, Document de travail</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId19" w:history="1">
-              <w:r>
-[...116 lines deleted...]
-            <w:hyperlink r:id="rId23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-05146732v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
-        <w:t xml:space="preserve">Article dans une revue (2)</w:t>
+        <w:t xml:space="preserve">Article dans une revue (4)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId26" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Gas temperature measurements from ps-TALIF in highly collisional plasmas</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Aerosol Jet Printed plasma actuators: Optical and electromechanical characteristics</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId23" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Kourtzanidis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId24" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">M. Karani</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId25" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">N. Vlachos</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId26" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">P. Dimitrakellis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Abdoulaye Constant Siby</w:t>
-[...51 lines deleted...]
-                <w:t xml:space="preserve">Kristaq Gazeli</w:t>
+                <w:t xml:space="preserve">D. Tsekourakis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">Physics of Plasmas</w:t>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">⟨10.1063/5.0189326⟩</w:t>
+              <w:t xml:space="preserve">Sensors and Actuators A: Physical </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2026, 403, pp.117702. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1016/j.sna.2026.117702⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId26" w:history="1">
-[...5 lines deleted...]
-                <w:t xml:space="preserve">hal-04202967v2</w:t>
+            <w:hyperlink r:id="rId22" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05548382v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
+                <w:t xml:space="preserve">Discharge dynamics in a cylindrical SDBD prototype reactor under ns-pulsed and sinusoidal AC operation</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId30" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Konstantinos Giotis</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId31" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Hans Höft</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId32" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Xavier Duten</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2025, 32 (11), pp.113510. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId33" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0284119⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-05093837v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId34" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
                 <w:t xml:space="preserve">Machine learning assisted optical diagnostics on a cylindrical atmospheric pressure surface dielectric barrier discharge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Stefas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Konstantinos Giotis</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId20" w:history="1">
+            <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Laurent Invernizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17" w:history="1">
+            <w:hyperlink r:id="rId31" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Hans Höft</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId31" w:history="1">
+            <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Khaled Hassouni</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">Journal of Physics D: Applied Physics</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, 2024, 57 (45), pp.455206. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId32" w:history="1">
+            <w:hyperlink r:id="rId36" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.1088/1361-6463/ad6ba1⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Article dans une revue</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId30" w:history="1">
+            <w:hyperlink r:id="rId34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04539599v2</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:spacing w:after="200"/>
+            </w:pPr>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="1e198e"/>
+                  <w:b w:val="1"/>
+                  <w:bCs w:val="1"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Gas temperature measurements from ps-TALIF in highly collisional plasmas</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId38" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Abdoulaye Constant Siby</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dimitrios Stefas</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Laurent Invernizzi</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId39" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Kristaq Gazeli</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">et al.</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr>
+                <w:i w:val="1"/>
+                <w:iCs w:val="1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Physics of Plasmas</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, 2024, 31 (3), pp.3506. </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId40" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">⟨10.1063/5.0189326⟩</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">Article dans une revue</w:t>
+            </w:r>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId37" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">hal-04202967v2</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:spacing w:before="200"/>
       </w:pPr>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:color w:val="1e198e"/>
           <w:b w:val="1"/>
           <w:bCs w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve">Communication dans un congrès (1)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:after="100"/>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLayout w:type="autofit"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Investigation of picosecond laser pulse properties using a streak camera and their utilization for TALIF studies in a microwave plasma torch</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dimitrios Stefas</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId27" w:history="1">
+            <w:hyperlink r:id="rId38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Abdoulaye Constant Siby</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Yanis Agha</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Yanis Agha</w:t>
-[...11 lines deleted...]
-                </w:rPr>
                 <w:t xml:space="preserve">Laurent Invernizzi</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId34" w:history="1">
+            <w:hyperlink r:id="rId42" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">C.Y. Duluard</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">et al.</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
               <w:t xml:space="preserve">AIAA Science and Technology Forum and Exposition (AIAA SciTech Forum)</w:t>
             </w:r>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">, Jan 2024, Orlando (Florida), United States. </w:t>
             </w:r>
-            <w:hyperlink r:id="rId35" w:history="1">
+            <w:hyperlink r:id="rId43" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨10.2514/6.2024-0806⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId41" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">hal-04230342v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
-      <w:footerReference w:type="default" r:id="rId36"/>
+      <w:footerReference w:type="default" r:id="rId44"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
@@ -1222,51 +1372,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447975v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Stefas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Menacer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Remigy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Chazapis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lombardi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093837v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Giotis" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Agha" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans H&#246;ft" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duten" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150015v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Invernizzi" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Santos Sousa" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminathan Prasanna" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146732v1" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassiog&#233; Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ouaras" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202967v2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Constant Siby" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristaq Gazeli" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0189326" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539599v2" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6ba1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230342v1" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Duluard" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-0806" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/section_image1.jpg"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05447975v1" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dimitrios Stefas" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Belkacem Menacer" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Alice Remigy" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nikolaos Chazapis" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Guillaume Lombardi" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05150015v1" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Yanis Agha" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Laurent Invernizzi" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jo&#227;o Santos Sousa" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Swaminathan Prasanna" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05146732v1" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kassiog&#233; Demb&#233;l&#233;" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Karim Ouaras" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05548382v1" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Kourtzanidis" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Karani" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Vlachos" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=P. Dimitrakellis" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=D. Tsekourakis" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.sna.2026.117702" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05093837v2" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Konstantinos Giotis" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Hans H&#246;ft" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Xavier Duten" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0284119" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04539599v2" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Khaled Hassouni" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1088/1361-6463/ad6ba1" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04202967v2" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Abdoulaye Constant Siby" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Kristaq Gazeli" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/5.0189326" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04230342v1" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=C.Y. Duluard" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.2514/6.2024-0806" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>