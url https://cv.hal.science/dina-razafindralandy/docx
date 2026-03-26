--- v0 (2026-03-06)
+++ v1 (2026-03-26)
@@ -3396,243 +3396,243 @@
                 </w:rPr>
                 <w:t xml:space="preserve">hal-02086629v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Schémas d'intégration temporelle basés sur la technique de resommation de Borel-Laplace de séries divergentes</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Resommation de Borel-Laplace et intégration numérique des EDP</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId9" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId19" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Ahmad Deeb</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">,</w:t>
             </w:r>
-            <w:hyperlink r:id="rId13" w:history="1">
-[...11 lines deleted...]
-            </w:r>
             <w:hyperlink r:id="rId35" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Erwan Liberge</w:t>
-              </w:r>
-[...11 lines deleted...]
-                <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
+              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId78" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-01717831v1</w:t>
+                <w:t xml:space="preserve">hal-03441293v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">Resommation de Borel-Laplace et intégration numérique des EDP</w:t>
-[...4 lines deleted...]
-            <w:pPr/>
+                <w:t xml:space="preserve">Schémas d'intégration temporelle basés sur la technique de resommation de Borel-Laplace de séries divergentes</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+          <w:p>
+            <w:pPr/>
+            <w:hyperlink r:id="rId19" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Ahmad Deeb</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Aziz Hamdouni</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
+            <w:hyperlink r:id="rId35" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:color w:val="#410a8c"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:t xml:space="preserve">Erwan Liberge</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">,</w:t>
+            </w:r>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Razafindralandy</w:t>
-              </w:r>
-[...37 lines deleted...]
-                <w:t xml:space="preserve">Erwan Liberge</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr>
                 <w:i w:val="1"/>
                 <w:iCs w:val="1"/>
               </w:rPr>
-              <w:t xml:space="preserve">CFM 2013 - 21ème Congrès Français de Mécanique</w:t>
-[...3 lines deleted...]
-              <w:t xml:space="preserve">, Aug 2013, Bordeaux, France</w:t>
+              <w:t xml:space="preserve">11e colloque national en calcul des structures</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr/>
+              <w:t xml:space="preserve">, CSMA, May 2013, Giens, France</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Communication dans un congrès</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">hal-03441293v1</w:t>
+                <w:t xml:space="preserve">hal-01717831v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Méthode de resommation de séries divergentes utilisée comme schéma d’intégration temporelle</w:t>
               </w:r>
@@ -5842,149 +5842,149 @@
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude mathématique et numérique de la simulation des grandes échelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mécanique des fluides [physics.class-ph]. Université de la Rochelle, 2005. Français. </w:t>
+              <w:t xml:space="preserve">Mécanique [physics.med-ph]. Université de la Rochelle, 2005. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId108" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-02093367v1</w:t>
+                <w:t xml:space="preserve">tel-00009762v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:noWrap/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:spacing w:after="200"/>
             </w:pPr>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="1e198e"/>
                   <w:b w:val="1"/>
                   <w:bCs w:val="1"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Contribution à l'étude mathématique et numérique de la simulation des grandes échelles</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">Dina Razafindralandy</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
-              <w:t xml:space="preserve">Mécanique [physics.med-ph]. Université de la Rochelle, 2005. Français. </w:t>
+              <w:t xml:space="preserve">Mécanique des fluides [physics.class-ph]. Université de la Rochelle, 2005. Français. </w:t>
             </w:r>
             <w:hyperlink r:id="rId109" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:t xml:space="preserve">⟨NNT : ⟩</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:r>
               <w:rPr/>
               <w:t xml:space="preserve">Thèse</w:t>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr/>
             <w:hyperlink r:id="rId110" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:color w:val="#410a8c"/>
                   <w:u w:val="single"/>
                 </w:rPr>
-                <w:t xml:space="preserve">tel-00009762v1</w:t>
+                <w:t xml:space="preserve">tel-02093367v1</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId111"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
       <w:pgNumType w:start="1"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
@@ -6139,51 +6139,51 @@
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="Footnote Reference"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading1">
     <w:name w:val="Heading1"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479626v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cosserat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Sel&#231;uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2026.204478" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985641v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2024019" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985628v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry de Saxc&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.242" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2022.127118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Ayoub" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/cpaa.2021062" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093310v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Salnikov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-019-0130-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815561v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marx Chhay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0110-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086675v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972721" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2016003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093306v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Liberge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445033" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086543v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.10.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al Sayed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2012.05.063" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542374v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Al Sayed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536628v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315330v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312284v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-007-0046-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1HWZCD48-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312287v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oberlack" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312286v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Beghein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312283v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312285v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2006.052" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312288v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378354v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2005.04.002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTKX417C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312148v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cadou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.13.57-77" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Kadri Harouna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Mosquera" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Sakout" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611036v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantini Mbangue Lobe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093230v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093191v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465266v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086621v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086629v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717831v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441293v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086590v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086572v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al-Sayed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086493v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Al Sayed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086501v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543662v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378387v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al&#160;sayed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086483v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086468v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093344v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312562v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093844v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312559v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093852v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312556v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216340v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312340v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086603v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086606v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542307v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093336v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-5152-2_13" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/997860FF1B6BD22BA058FD816B6116248507403D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02093367v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009762v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05479626v1" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Oscar Cosserat" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Dina Razafindralandy" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Can Sel&#231;uk" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.euromechflu.2026.204478" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985641v1" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Aziz Hamdouni" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2024019" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04985628v1" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=G&#233;ry de Saxc&#233;" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.5802/crmeca.242" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03641062v1" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Ahmad Deeb" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.amc.2022.127118" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03448661v1" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rama Ayoub" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/cpaa.2021062" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093310v1" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Vladimir Salnikov" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-019-0130-2" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://univ-smb.hal.science/hal-01815561v1" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Marx Chhay" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1186/s40323-018-0110-y" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086675v1" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1063/1.4972721" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086772v1" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3934/dcdss.2016003" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093306v1" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Erwan Liberge" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1051/proc/201445033" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086543v1" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.jcp.2012.10.022" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086514v1" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al Sayed" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.physa.2012.05.063" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542374v1" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N. Al Sayed" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00536628v1" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00315330v1" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Cyrille Allery" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312284v1" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/s00162-007-0046-1" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/VQC-1HWZCD48-F/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312287v1" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=M. Oberlack" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312286v1" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Claudine Beghein" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312283v1" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312285v1" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3842/SIGMA.2006.052" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312288v1" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05378354v1" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1016/j.crme.2005.04.002" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/ark:/67375/6H6-ZTKX417C-2/fulltext.pdf?sid=hal" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312148v1" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Jean-Marc Cadou" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.3166/reef.13.57-77" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-05313126v1" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Souleymane Kadri Harouna" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04823157v1" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Rolando Mosquera" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Anas Sakout" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04611036v1" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Constantini Mbangue Lobe" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03717623v1" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093230v1" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093191v1" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465266v1" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03465248v1" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086621v1" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086629v1" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03441293v1" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-01717831v1" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086590v1" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086572v1" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093346v1" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al-Sayed" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086493v1" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=N Al Sayed" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086501v1" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00543662v1" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-03378387v1" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/search/index/?q=*&amp;authFullName_s=Nazir Al&#160;sayed" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086483v1" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086468v1" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093344v1" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312562v1" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086449v1" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093844v1" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312559v1" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093852v1" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312556v1" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312564v1" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-04216340v1" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00312340v1" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086603v1" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02086606v1" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-00542307v1" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/hal-02093336v1" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dx.doi.org/10.1007/978-1-4020-5152-2_13" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://api.istex.fr/document/997860FF1B6BD22BA058FD816B6116248507403D/fulltext/pdf?sid=hal" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://theses.hal.science/tel-00009762v1" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.theses.fr/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://hal.science/tel-02093367v1" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>